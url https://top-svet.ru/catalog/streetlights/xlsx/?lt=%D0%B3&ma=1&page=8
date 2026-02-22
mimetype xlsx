--- v0 (2025-12-25)
+++ v1 (2026-02-22)
@@ -465,51 +465,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-12-25 21:02</t>
+          <t>2026-02-22 03:29</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Показаны только результаты, подходящие под установленные во время скачивания фильтры. Для скачивания прайс-листа на все товары категории - щёлкните на этот текст.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>УЛИЧНЫЕ И МАГИСТРАЛЬНЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="5" t="inlineStr">
         <is>