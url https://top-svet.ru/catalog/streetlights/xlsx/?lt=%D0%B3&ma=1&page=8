--- v1 (2026-02-22)
+++ v2 (2026-02-22)
@@ -465,51 +465,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2026-02-22 03:29</t>
+          <t>2026-02-22 05:04</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Показаны только результаты, подходящие под установленные во время скачивания фильтры. Для скачивания прайс-листа на все товары категории - щёлкните на этот текст.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>УЛИЧНЫЕ И МАГИСТРАЛЬНЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="5" t="inlineStr">
         <is>