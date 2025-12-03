--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-19 08:56</t>
+          <t>2025-12-03 17:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>СПЕЦИАЛЬНЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>