--- v1 (2025-12-03)
+++ v2 (2026-02-03)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-12-03 17:56</t>
+          <t>2026-02-03 04:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>СПЕЦИАЛЬНЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>
@@ -3543,122 +3543,122 @@
           <t>100234</t>
         </is>
       </c>
       <c r="B90" s="5" t="inlineStr">
         <is>
           <t>УСС-100 АЗС в сборе с рамкой</t>
         </is>
       </c>
       <c r="C90" s="6" t="inlineStr">
         <is>
           <t>Светильник для АЗС Фокус УСС-100 АЗС в сборе с рамкой, 4000K</t>
         </is>
       </c>
       <c r="D90" s="7" t="inlineStr">
         <is>
           <t>100 Вт, 13500 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F90" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G90" s="8" t="inlineStr">
+        <is>
           <t>26 905,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>25 560,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
           <t>100231</t>
         </is>
       </c>
       <c r="B91" s="5" t="inlineStr"/>
       <c r="C91" s="6" t="inlineStr">
         <is>
           <t>Светильник для АЗС Фокус УСС 42 АЗС</t>
         </is>
       </c>
       <c r="D91" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 4900 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F91" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G91" s="8" t="inlineStr">
+        <is>
           <t>16 293,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>15 479,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
           <t>100232</t>
         </is>
       </c>
       <c r="B92" s="5" t="inlineStr"/>
       <c r="C92" s="6" t="inlineStr">
         <is>
           <t>Светильник для АЗС Фокус УСС 84 АЗС</t>
         </is>
       </c>
       <c r="D92" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 9800 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F92" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G92" s="8" t="inlineStr">
+        <is>
           <t>22 166,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>21 058,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
           <t>102409</t>
         </is>
       </c>
       <c r="B93" s="5" t="inlineStr"/>
       <c r="C93" s="6" t="inlineStr">
         <is>
           <t>Светильник для АЗС Ферекс ДВУ 07-104-850-Д110</t>
         </is>
       </c>
       <c r="D93" s="7" t="inlineStr">
         <is>
           <t>104 Вт, 13142 лм, Д, 5000 К, IP66</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
@@ -3921,1607 +3921,1607 @@
     </row>
     <row r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
           <t>100598</t>
         </is>
       </c>
       <c r="B102" s="5" t="inlineStr"/>
       <c r="C102" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС Г1</t>
         </is>
       </c>
       <c r="D102" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 15000 лм, Г (Г1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F102" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G102" s="8" t="inlineStr">
+        <is>
           <t>28 491,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>27 067,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
           <t>100597</t>
         </is>
       </c>
       <c r="B103" s="5" t="inlineStr"/>
       <c r="C103" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС Д</t>
         </is>
       </c>
       <c r="D103" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 16800 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F103" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G103" s="8" t="inlineStr">
+        <is>
           <t>25 727,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>24 440,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
           <t>100599</t>
         </is>
       </c>
       <c r="B104" s="5" t="inlineStr"/>
       <c r="C104" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС К</t>
         </is>
       </c>
       <c r="D104" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 15000 лм, К, 4500 К, IP67</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F104" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G104" s="8" t="inlineStr">
+        <is>
           <t>28 491,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>27 067,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="inlineStr">
         <is>
           <t>100600</t>
         </is>
       </c>
       <c r="B105" s="5" t="inlineStr"/>
       <c r="C105" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС К0</t>
         </is>
       </c>
       <c r="D105" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 15000 лм, К (К0), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F105" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G105" s="8" t="inlineStr">
+        <is>
           <t>28 491,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>27 067,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="inlineStr">
         <is>
           <t>100601</t>
         </is>
       </c>
       <c r="B106" s="5" t="inlineStr"/>
       <c r="C106" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС К1</t>
         </is>
       </c>
       <c r="D106" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 15000 лм, К (К1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F106" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G106" s="8" t="inlineStr">
+        <is>
           <t>28 491,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>27 067,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="inlineStr">
         <is>
           <t>100602</t>
         </is>
       </c>
       <c r="B107" s="5" t="inlineStr"/>
       <c r="C107" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС К1Д</t>
         </is>
       </c>
       <c r="D107" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 16800 лм, К (К1Д), 5000 К, IP67</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F107" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G107" s="8" t="inlineStr">
+        <is>
           <t>28 491,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>27 067,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
           <t>100603</t>
         </is>
       </c>
       <c r="B108" s="5" t="inlineStr"/>
       <c r="C108" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС Ш1-1</t>
         </is>
       </c>
       <c r="D108" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 16800 лм, Ш (Ш1-1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F108" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G108" s="8" t="inlineStr">
+        <is>
           <t>28 491,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>27 067,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
           <t>100604</t>
         </is>
       </c>
       <c r="B109" s="5" t="inlineStr"/>
       <c r="C109" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС Ш2</t>
         </is>
       </c>
       <c r="D109" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 15000 лм, Ш (Ш2), 4000 К, IP67</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F109" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G109" s="8" t="inlineStr">
+        <is>
           <t>28 491,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>27 067,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="inlineStr">
         <is>
           <t>100606</t>
         </is>
       </c>
       <c r="B110" s="5" t="inlineStr"/>
       <c r="C110" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС Г1</t>
         </is>
       </c>
       <c r="D110" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 20000 лм, Г (Г1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F110" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G110" s="8" t="inlineStr">
+        <is>
           <t>37 466,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>35 593,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="inlineStr">
         <is>
           <t>100605</t>
         </is>
       </c>
       <c r="B111" s="5" t="inlineStr"/>
       <c r="C111" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС Д</t>
         </is>
       </c>
       <c r="D111" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 22400 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F111" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G111" s="8" t="inlineStr">
+        <is>
           <t>31 149,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>29 592,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="inlineStr">
         <is>
           <t>100607</t>
         </is>
       </c>
       <c r="B112" s="5" t="inlineStr"/>
       <c r="C112" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС К</t>
         </is>
       </c>
       <c r="D112" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 20000 лм, К, 4500 К, IP67</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F112" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G112" s="8" t="inlineStr">
+        <is>
           <t>37 466,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>35 593,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="inlineStr">
         <is>
           <t>100608</t>
         </is>
       </c>
       <c r="B113" s="5" t="inlineStr"/>
       <c r="C113" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС К0</t>
         </is>
       </c>
       <c r="D113" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 20000 лм, К (К0), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F113" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G113" s="8" t="inlineStr">
+        <is>
           <t>37 466,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>35 593,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="inlineStr">
         <is>
           <t>100609</t>
         </is>
       </c>
       <c r="B114" s="5" t="inlineStr"/>
       <c r="C114" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС К1</t>
         </is>
       </c>
       <c r="D114" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 20000 лм, К (К1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F114" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G114" s="8" t="inlineStr">
+        <is>
           <t>37 466,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>35 593,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="inlineStr">
         <is>
           <t>100610</t>
         </is>
       </c>
       <c r="B115" s="5" t="inlineStr"/>
       <c r="C115" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС К1Д</t>
         </is>
       </c>
       <c r="D115" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 22400 лм, К (К1Д), 5000 К, IP67</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F115" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G115" s="8" t="inlineStr">
+        <is>
           <t>37 466,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>35 593,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="inlineStr">
         <is>
           <t>100611</t>
         </is>
       </c>
       <c r="B116" s="5" t="inlineStr"/>
       <c r="C116" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС Ш1-1</t>
         </is>
       </c>
       <c r="D116" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 22400 лм, Ш (Ш1-1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F116" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G116" s="8" t="inlineStr">
+        <is>
           <t>37 466,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>35 593,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="inlineStr">
         <is>
           <t>100612</t>
         </is>
       </c>
       <c r="B117" s="5" t="inlineStr"/>
       <c r="C117" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС Ш2</t>
         </is>
       </c>
       <c r="D117" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 20000 лм, Ш (Ш2), 4000 К, IP67</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F117" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G117" s="8" t="inlineStr">
+        <is>
           <t>37 466,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>35 593,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="inlineStr">
         <is>
           <t>100614</t>
         </is>
       </c>
       <c r="B118" s="5" t="inlineStr"/>
       <c r="C118" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС Г1</t>
         </is>
       </c>
       <c r="D118" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 25000 лм, Г (Г1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F118" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G118" s="8" t="inlineStr">
+        <is>
           <t>46 536,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>44 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="inlineStr">
         <is>
           <t>100613</t>
         </is>
       </c>
       <c r="B119" s="5" t="inlineStr"/>
       <c r="C119" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС Д</t>
         </is>
       </c>
       <c r="D119" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 28000 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F119" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G119" s="8" t="inlineStr">
+        <is>
           <t>39 158,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>37 200,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="inlineStr">
         <is>
           <t>100615</t>
         </is>
       </c>
       <c r="B120" s="5" t="inlineStr"/>
       <c r="C120" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС К</t>
         </is>
       </c>
       <c r="D120" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 25000 лм, К, 4500 К, IP67</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F120" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G120" s="8" t="inlineStr">
+        <is>
           <t>46 536,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>44 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="inlineStr">
         <is>
           <t>100616</t>
         </is>
       </c>
       <c r="B121" s="5" t="inlineStr"/>
       <c r="C121" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС К0</t>
         </is>
       </c>
       <c r="D121" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 25000 лм, К (К0), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F121" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G121" s="8" t="inlineStr">
+        <is>
           <t>46 536,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>44 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="inlineStr">
         <is>
           <t>100617</t>
         </is>
       </c>
       <c r="B122" s="5" t="inlineStr"/>
       <c r="C122" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС К1</t>
         </is>
       </c>
       <c r="D122" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 25000 лм, К (К1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F122" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G122" s="8" t="inlineStr">
+        <is>
           <t>46 536,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>44 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="inlineStr">
         <is>
           <t>100618</t>
         </is>
       </c>
       <c r="B123" s="5" t="inlineStr"/>
       <c r="C123" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС К1Д</t>
         </is>
       </c>
       <c r="D123" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 28000 лм, К (К1Д), 5000 К, IP67</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F123" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G123" s="8" t="inlineStr">
+        <is>
           <t>46 536,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>44 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="inlineStr">
         <is>
           <t>100619</t>
         </is>
       </c>
       <c r="B124" s="5" t="inlineStr"/>
       <c r="C124" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС Ш1-1</t>
         </is>
       </c>
       <c r="D124" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 28000 лм, Ш (Ш1-1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F124" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G124" s="8" t="inlineStr">
+        <is>
           <t>46 536,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>44 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="inlineStr">
         <is>
           <t>100620</t>
         </is>
       </c>
       <c r="B125" s="5" t="inlineStr"/>
       <c r="C125" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС Ш2</t>
         </is>
       </c>
       <c r="D125" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 25000 лм, Ш (Ш2), 4000 К, IP67</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F125" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G125" s="8" t="inlineStr">
+        <is>
           <t>46 536,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>44 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="inlineStr">
         <is>
           <t>100622</t>
         </is>
       </c>
       <c r="B126" s="5" t="inlineStr"/>
       <c r="C126" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС Г1</t>
         </is>
       </c>
       <c r="D126" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 30000 лм, Г (Г1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F126" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G126" s="8" t="inlineStr">
+        <is>
           <t>52 991,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>50 341,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="inlineStr">
         <is>
           <t>100621</t>
         </is>
       </c>
       <c r="B127" s="5" t="inlineStr"/>
       <c r="C127" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС Д</t>
         </is>
       </c>
       <c r="D127" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 33600 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F127" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G127" s="8" t="inlineStr">
+        <is>
           <t>44 839,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>42 597,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="inlineStr">
         <is>
           <t>100623</t>
         </is>
       </c>
       <c r="B128" s="5" t="inlineStr"/>
       <c r="C128" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС К</t>
         </is>
       </c>
       <c r="D128" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 30000 лм, К, 4500 К, IP67</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F128" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G128" s="8" t="inlineStr">
+        <is>
           <t>52 991,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>50 341,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="inlineStr">
         <is>
           <t>100624</t>
         </is>
       </c>
       <c r="B129" s="5" t="inlineStr"/>
       <c r="C129" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС К0</t>
         </is>
       </c>
       <c r="D129" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 30000 лм, К (К0), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F129" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G129" s="8" t="inlineStr">
+        <is>
           <t>52 991,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>50 341,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="inlineStr">
         <is>
           <t>100625</t>
         </is>
       </c>
       <c r="B130" s="5" t="inlineStr"/>
       <c r="C130" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС К1</t>
         </is>
       </c>
       <c r="D130" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 30000 лм, К (К1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F130" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G130" s="8" t="inlineStr">
+        <is>
           <t>52 991,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>50 341,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="inlineStr">
         <is>
           <t>100626</t>
         </is>
       </c>
       <c r="B131" s="5" t="inlineStr"/>
       <c r="C131" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС К1Д</t>
         </is>
       </c>
       <c r="D131" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 33600 лм, К (К1Д), 5000 К, IP67</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F131" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G131" s="8" t="inlineStr">
+        <is>
           <t>52 991,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>50 341,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="inlineStr">
         <is>
           <t>100627</t>
         </is>
       </c>
       <c r="B132" s="5" t="inlineStr"/>
       <c r="C132" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС Ш1-1</t>
         </is>
       </c>
       <c r="D132" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 33600 лм, Ш (Ш1-1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F132" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G132" s="8" t="inlineStr">
+        <is>
           <t>52 991,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>50 341,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="inlineStr">
         <is>
           <t>100628</t>
         </is>
       </c>
       <c r="B133" s="5" t="inlineStr"/>
       <c r="C133" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС Ш2</t>
         </is>
       </c>
       <c r="D133" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 30000 лм, Ш (Ш2), 4000 К, IP67</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F133" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G133" s="8" t="inlineStr">
+        <is>
           <t>52 991,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>50 341,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="inlineStr">
         <is>
           <t>100582</t>
         </is>
       </c>
       <c r="B134" s="5" t="inlineStr"/>
       <c r="C134" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС Г1</t>
         </is>
       </c>
       <c r="D134" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5000 лм, Г (Г1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F134" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G134" s="8" t="inlineStr">
+        <is>
           <t>13 481,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 807,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="inlineStr">
         <is>
           <t>100581</t>
         </is>
       </c>
       <c r="B135" s="5" t="inlineStr"/>
       <c r="C135" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС Д</t>
         </is>
       </c>
       <c r="D135" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5600 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F135" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G135" s="8" t="inlineStr">
+        <is>
           <t>12 301,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>11 686,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="inlineStr">
         <is>
           <t>100583</t>
         </is>
       </c>
       <c r="B136" s="5" t="inlineStr"/>
       <c r="C136" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС К</t>
         </is>
       </c>
       <c r="D136" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5000 лм, К, 4500 К, IP67</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F136" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G136" s="8" t="inlineStr">
+        <is>
           <t>13 481,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 807,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="inlineStr">
         <is>
           <t>100584</t>
         </is>
       </c>
       <c r="B137" s="5" t="inlineStr"/>
       <c r="C137" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС К0</t>
         </is>
       </c>
       <c r="D137" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5000 лм, К (К0), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F137" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G137" s="8" t="inlineStr">
+        <is>
           <t>13 481,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 807,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="inlineStr">
         <is>
           <t>100585</t>
         </is>
       </c>
       <c r="B138" s="5" t="inlineStr"/>
       <c r="C138" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС К1</t>
         </is>
       </c>
       <c r="D138" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5000 лм, К (К1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F138" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G138" s="8" t="inlineStr">
+        <is>
           <t>13 481,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 807,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="inlineStr">
         <is>
           <t>100586</t>
         </is>
       </c>
       <c r="B139" s="5" t="inlineStr"/>
       <c r="C139" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС К1Д</t>
         </is>
       </c>
       <c r="D139" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5600 лм, К (К1Д), 5000 К, IP67</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F139" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G139" s="8" t="inlineStr">
+        <is>
           <t>13 481,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 807,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="inlineStr">
         <is>
           <t>100587</t>
         </is>
       </c>
       <c r="B140" s="5" t="inlineStr"/>
       <c r="C140" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС Ш1-1</t>
         </is>
       </c>
       <c r="D140" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5600 лм, Ш (Ш1-1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F140" s="8" t="inlineStr">
         <is>
-          <t>13 481,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G140" s="8" t="inlineStr">
         <is>
-          <t>12 807,00 ₽</t>
+          <t>16 118,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="inlineStr">
         <is>
           <t>100588</t>
         </is>
       </c>
       <c r="B141" s="5" t="inlineStr"/>
       <c r="C141" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС Ш2</t>
         </is>
       </c>
       <c r="D141" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5000 лм, Ш (Ш2), 4000 К, IP67</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F141" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G141" s="8" t="inlineStr">
+        <is>
           <t>13 481,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 807,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="inlineStr">
         <is>
           <t>100590</t>
         </is>
       </c>
       <c r="B142" s="5" t="inlineStr"/>
       <c r="C142" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС Г1</t>
         </is>
       </c>
       <c r="D142" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10000 лм, Г (Г1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F142" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G142" s="8" t="inlineStr">
+        <is>
           <t>19 194,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 234,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="inlineStr">
         <is>
           <t>100589</t>
         </is>
       </c>
       <c r="B143" s="5" t="inlineStr"/>
       <c r="C143" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС Д</t>
         </is>
       </c>
       <c r="D143" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 11200 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F143" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G143" s="8" t="inlineStr">
+        <is>
           <t>16 530,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>15 704,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="inlineStr">
         <is>
           <t>100591</t>
         </is>
       </c>
       <c r="B144" s="5" t="inlineStr"/>
       <c r="C144" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС К</t>
         </is>
       </c>
       <c r="D144" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10000 лм, К, 4500 К, IP67</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F144" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G144" s="8" t="inlineStr">
+        <is>
           <t>19 194,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 234,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="inlineStr">
         <is>
           <t>100592</t>
         </is>
       </c>
       <c r="B145" s="5" t="inlineStr"/>
       <c r="C145" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС К0</t>
         </is>
       </c>
       <c r="D145" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10000 лм, К (К0), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F145" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G145" s="8" t="inlineStr">
+        <is>
           <t>19 194,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 234,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="inlineStr">
         <is>
           <t>100593</t>
         </is>
       </c>
       <c r="B146" s="5" t="inlineStr"/>
       <c r="C146" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС К1</t>
         </is>
       </c>
       <c r="D146" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10000 лм, К (К1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F146" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G146" s="8" t="inlineStr">
+        <is>
           <t>19 194,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 234,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="inlineStr">
         <is>
           <t>100594</t>
         </is>
       </c>
       <c r="B147" s="5" t="inlineStr"/>
       <c r="C147" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС К1Д</t>
         </is>
       </c>
       <c r="D147" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 11200 лм, К (К1Д), 5000 К, IP67</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F147" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G147" s="8" t="inlineStr">
+        <is>
           <t>19 194,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 234,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="inlineStr">
         <is>
           <t>100595</t>
         </is>
       </c>
       <c r="B148" s="5" t="inlineStr"/>
       <c r="C148" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС Ш1-1</t>
         </is>
       </c>
       <c r="D148" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 11200 лм, Ш (Ш1-1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F148" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G148" s="8" t="inlineStr">
+        <is>
           <t>19 194,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 234,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="inlineStr">
         <is>
           <t>100596</t>
         </is>
       </c>
       <c r="B149" s="5" t="inlineStr"/>
       <c r="C149" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС Ш2</t>
         </is>
       </c>
       <c r="D149" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10000 лм, Ш (Ш2), 4000 К, IP67</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F149" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G149" s="8" t="inlineStr">
+        <is>
           <t>19 194,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 234,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="inlineStr">
         <is>
           <t>102043</t>
         </is>
       </c>
       <c r="B150" s="5" t="inlineStr"/>
       <c r="C150" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Ферекс FWL 12-26-RGBW50, КСС Д, 120° (12-26-RGBW50-C120)</t>
         </is>
       </c>
       <c r="D150" s="7" t="inlineStr">
         <is>
           <t>26 Вт, 3248 лм, Д, RGB, IP66</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
@@ -8536,56 +8536,56 @@
     </row>
     <row r="235">
       <c r="A235" s="5" t="inlineStr">
         <is>
           <t>100382</t>
         </is>
       </c>
       <c r="B235" s="5" t="inlineStr"/>
       <c r="C235" s="6" t="inlineStr">
         <is>
           <t>Светильник для ЖКХ Фокус ЖКХ 08, 5000 К</t>
         </is>
       </c>
       <c r="D235" s="7" t="inlineStr">
         <is>
           <t>8 Вт, 600 лм, Д, 5000 К, IP40</t>
         </is>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F235" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G235" s="8" t="inlineStr">
+        <is>
           <t>1 322,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>1 256,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="inlineStr">
         <is>
           <t>104166</t>
         </is>
       </c>
       <c r="B236" s="5" t="inlineStr">
         <is>
           <t>DS-0090</t>
         </is>
       </c>
       <c r="C236" s="6" t="inlineStr">
         <is>
           <t>Светильник для ЖКХ Dioteck ЖКХ ДБО</t>
         </is>
       </c>
       <c r="D236" s="7" t="inlineStr">
         <is>
           <t>10 Вт, 770 лм, Д, 4000 К, IP40</t>
         </is>
       </c>
       <c r="E236" s="5" t="inlineStr">
@@ -8979,588 +8979,588 @@
     </row>
     <row r="248">
       <c r="A248" s="5" t="inlineStr">
         <is>
           <t>100332</t>
         </is>
       </c>
       <c r="B248" s="5" t="inlineStr"/>
       <c r="C248" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищённый светильник Фокус УСС 12 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D248" s="7" t="inlineStr">
         <is>
           <t>13 Вт, 1500 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E248" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F248" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G248" s="8" t="inlineStr">
+        <is>
           <t>13 338,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 671,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="inlineStr">
         <is>
           <t>100336</t>
         </is>
       </c>
       <c r="B249" s="5" t="inlineStr"/>
       <c r="C249" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищённый светильник Фокус УСС 18 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D249" s="7" t="inlineStr">
         <is>
           <t>21 Вт, 2200 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E249" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F249" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G249" s="8" t="inlineStr">
+        <is>
           <t>13 464,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 791,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="inlineStr">
         <is>
           <t>100340</t>
         </is>
       </c>
       <c r="B250" s="5" t="inlineStr"/>
       <c r="C250" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищенный светильник Фокус УСС 24 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D250" s="7" t="inlineStr">
         <is>
           <t>24 Вт, 2900 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E250" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F250" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G250" s="8" t="inlineStr">
+        <is>
           <t>14 454,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>13 732,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="inlineStr">
         <is>
           <t>100344</t>
         </is>
       </c>
       <c r="B251" s="5" t="inlineStr"/>
       <c r="C251" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищенный светильник Фокус УСС 32 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D251" s="7" t="inlineStr">
         <is>
           <t>32 Вт, 3500 лм, Д, 7000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E251" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F251" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G251" s="8" t="inlineStr">
+        <is>
           <t>15 246,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>14 484,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="inlineStr">
         <is>
           <t>100348</t>
         </is>
       </c>
       <c r="B252" s="5" t="inlineStr"/>
       <c r="C252" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищенный светильник Фокус УСС 36 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D252" s="7" t="inlineStr">
         <is>
           <t>36 Вт, 3600 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E252" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F252" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G252" s="8" t="inlineStr">
+        <is>
           <t>20 395,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>19 375,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="inlineStr">
         <is>
           <t>100352</t>
         </is>
       </c>
       <c r="B253" s="5" t="inlineStr"/>
       <c r="C253" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищенный светильник Фокус УСС 48 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D253" s="7" t="inlineStr">
         <is>
           <t>48 Вт, 5000 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E253" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F253" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G253" s="8" t="inlineStr">
+        <is>
           <t>24 722,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>23 486,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="inlineStr">
         <is>
           <t>100356</t>
         </is>
       </c>
       <c r="B254" s="5" t="inlineStr"/>
       <c r="C254" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищенный светильник Фокус УСС 70 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D254" s="7" t="inlineStr">
         <is>
           <t>72 Вт, 7200 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E254" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F254" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G254" s="8" t="inlineStr">
+        <is>
           <t>32 746,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>31 109,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="inlineStr">
         <is>
           <t>100328</t>
         </is>
       </c>
       <c r="B255" s="5" t="inlineStr"/>
       <c r="C255" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищенный светильник  Фокус УСС 9 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D255" s="7" t="inlineStr">
         <is>
           <t>11 Вт, 1100 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F255" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G255" s="8" t="inlineStr">
+        <is>
           <t>13 327,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 661,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="inlineStr">
         <is>
           <t>100384</t>
         </is>
       </c>
       <c r="B256" s="5" t="inlineStr">
         <is>
           <t>ЖКХ-08 N/M/W DC-10,5-40В</t>
         </is>
       </c>
       <c r="C256" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус ЖКХ 08 НВ, 5000 К</t>
         </is>
       </c>
       <c r="D256" s="7" t="inlineStr">
         <is>
           <t>8 Вт, 600 лм, Д, 5000 К, IP40</t>
         </is>
       </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F256" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G256" s="8" t="inlineStr">
+        <is>
           <t>2 211,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>2 100,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="inlineStr">
         <is>
           <t>100300</t>
         </is>
       </c>
       <c r="B257" s="5" t="inlineStr"/>
       <c r="C257" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 12 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D257" s="7" t="inlineStr">
         <is>
           <t>13 Вт, 1500 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E257" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F257" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G257" s="8" t="inlineStr">
+        <is>
           <t>11 650,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>11 068,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="inlineStr">
         <is>
           <t>100304</t>
         </is>
       </c>
       <c r="B258" s="5" t="inlineStr"/>
       <c r="C258" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 18 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D258" s="7" t="inlineStr">
         <is>
           <t>21 Вт, 2200 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E258" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F258" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G258" s="8" t="inlineStr">
+        <is>
           <t>12 068,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>11 465,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="inlineStr">
         <is>
           <t>100308</t>
         </is>
       </c>
       <c r="B259" s="5" t="inlineStr"/>
       <c r="C259" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 24 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D259" s="7" t="inlineStr">
         <is>
           <t>25 Вт, 2900 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F259" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G259" s="8" t="inlineStr">
+        <is>
           <t>14 313,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>13 597,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="inlineStr">
         <is>
           <t>100312</t>
         </is>
       </c>
       <c r="B260" s="5" t="inlineStr"/>
       <c r="C260" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 32 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D260" s="7" t="inlineStr">
         <is>
           <t>32 Вт, 3500 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F260" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G260" s="8" t="inlineStr">
+        <is>
           <t>14 935,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>14 188,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="inlineStr">
         <is>
           <t>100316</t>
         </is>
       </c>
       <c r="B261" s="5" t="inlineStr"/>
       <c r="C261" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 36 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D261" s="7" t="inlineStr">
         <is>
           <t>36 Вт, 4200 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F261" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G261" s="8" t="inlineStr">
+        <is>
           <t>20 329,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>19 312,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="inlineStr">
         <is>
           <t>100320</t>
         </is>
       </c>
       <c r="B262" s="5" t="inlineStr"/>
       <c r="C262" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 48 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D262" s="7" t="inlineStr">
         <is>
           <t>48 Вт, 5000 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E262" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F262" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G262" s="8" t="inlineStr">
+        <is>
           <t>24 712,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>23 477,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="inlineStr">
         <is>
           <t>100324</t>
         </is>
       </c>
       <c r="B263" s="5" t="inlineStr"/>
       <c r="C263" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 70 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D263" s="7" t="inlineStr">
         <is>
           <t>72 Вт, 8000 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E263" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F263" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G263" s="8" t="inlineStr">
+        <is>
           <t>30 285,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>28 771,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="inlineStr">
         <is>
           <t>100296</t>
         </is>
       </c>
       <c r="B264" s="5" t="inlineStr"/>
       <c r="C264" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 9 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D264" s="7" t="inlineStr">
         <is>
           <t>11 Вт, 1100 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E264" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F264" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G264" s="8" t="inlineStr">
+        <is>
           <t>10 950,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>10 403,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="inlineStr">
         <is>
           <t>102051</t>
         </is>
       </c>
       <c r="B265" s="5" t="inlineStr"/>
       <c r="C265" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Ферекс FWL 24-28-850, КСС Д, 120° (24-28-850-C120)</t>
         </is>
       </c>
       <c r="D265" s="7" t="inlineStr">
         <is>
           <t>28 Вт, 3588 лм, Д, 5000 К, IP66</t>
         </is>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
@@ -9856,56 +9856,56 @@
     </row>
     <row r="275">
       <c r="A275" s="5" t="inlineStr">
         <is>
           <t>100380</t>
         </is>
       </c>
       <c r="B275" s="5" t="inlineStr"/>
       <c r="C275" s="6" t="inlineStr">
         <is>
           <t>Школьный светильник Фокус СПО 30 Стандарт</t>
         </is>
       </c>
       <c r="D275" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3800 лм, Д, 4000 К, IP65</t>
         </is>
       </c>
       <c r="E275" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F275" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G275" s="8" t="inlineStr">
+        <is>
           <t>7 163,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>6 805,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="inlineStr">
         <is>
           <t>109705</t>
         </is>
       </c>
       <c r="B276" s="5" t="inlineStr">
         <is>
           <t>LE-СБО-14-020-1381-20Д</t>
         </is>
       </c>
       <c r="C276" s="6" t="inlineStr">
         <is>
           <t>Школьный светильник LEDeffect РИТЕЙЛ ШКОЛЬНИК, 4000К</t>
         </is>
       </c>
       <c r="D276" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2150 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E276" s="5" t="inlineStr">
@@ -11006,56 +11006,56 @@
     </row>
     <row r="307">
       <c r="A307" s="5" t="inlineStr">
         <is>
           <t>100416</t>
         </is>
       </c>
       <c r="B307" s="5" t="inlineStr"/>
       <c r="C307" s="6" t="inlineStr">
         <is>
           <t>Садово-парковый светильник Фокус ПСС 30 Шар, белый свет</t>
         </is>
       </c>
       <c r="D307" s="7" t="inlineStr">
         <is>
           <t>28 Вт, 1600 лм, М, 5000 К, IP65</t>
         </is>
       </c>
       <c r="E307" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F307" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G307" s="8" t="inlineStr">
+        <is>
           <t>15 839,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>15 047,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="inlineStr">
         <is>
           <t>102448</t>
         </is>
       </c>
       <c r="B308" s="5" t="inlineStr"/>
       <c r="C308" s="6" t="inlineStr">
         <is>
           <t>Садово-парковый светильник Ферекс FGL 01-15-850-S</t>
         </is>
       </c>
       <c r="D308" s="7" t="inlineStr">
         <is>
           <t>15 Вт, 643 лм, СПЕЦ., 5000 К, IP66</t>
         </is>
       </c>
       <c r="E308" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
@@ -11631,463 +11631,463 @@
     </row>
     <row r="326">
       <c r="A326" s="5" t="inlineStr">
         <is>
           <t>100691</t>
         </is>
       </c>
       <c r="B326" s="5" t="inlineStr"/>
       <c r="C326" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УНИС 120 БИО SUN, КСС "Г1Д", крепление скоба, 5000К, 5000K</t>
         </is>
       </c>
       <c r="D326" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 10440 лм, 188 мкМоль/с, Д, 5000 К, IP67</t>
         </is>
       </c>
       <c r="E326" s="5" t="inlineStr">
         <is>
           <t>8 лет</t>
         </is>
       </c>
       <c r="F326" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G326" s="8" t="inlineStr">
+        <is>
           <t>30 916,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>29 371,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="inlineStr">
         <is>
           <t>100692</t>
         </is>
       </c>
       <c r="B327" s="5" t="inlineStr">
         <is>
           <t>УНИС 150 БИО SUN</t>
         </is>
       </c>
       <c r="C327" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УНИС 150 БИО SUN, КСС "Г1Д", крепление скоба, 5000К, 5000K</t>
         </is>
       </c>
       <c r="D327" s="7" t="inlineStr">
         <is>
           <t>150 Вт, 13050 лм, 235 мкМоль/с, Д, 5000 К, IP67</t>
         </is>
       </c>
       <c r="E327" s="5" t="inlineStr">
         <is>
           <t>8 лет</t>
         </is>
       </c>
       <c r="F327" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G327" s="8" t="inlineStr">
+        <is>
           <t>39 980,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>37 985,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="inlineStr">
         <is>
           <t>100688</t>
         </is>
       </c>
       <c r="B328" s="5" t="inlineStr">
         <is>
           <t>УНИС 30 БИО SUN, КСС "Г1Д", подвесное крепление, 5000К</t>
         </is>
       </c>
       <c r="C328" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УНИС 30 БИО SUN, КСС "Г1Д", подвесное крепление, 5000К, 5000K</t>
         </is>
       </c>
       <c r="D328" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 2610 лм, 47 мкМоль/с, Г, 5000 К, IP67</t>
         </is>
       </c>
       <c r="E328" s="5" t="inlineStr">
         <is>
           <t>8 лет</t>
         </is>
       </c>
       <c r="F328" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G328" s="8" t="inlineStr">
+        <is>
           <t>12 851,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="inlineStr">
         <is>
           <t>100689</t>
         </is>
       </c>
       <c r="B329" s="5" t="inlineStr">
         <is>
           <t>УНИС-60 БИО SUN</t>
         </is>
       </c>
       <c r="C329" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УНИС-60 БИО SUN, 5000K</t>
         </is>
       </c>
       <c r="D329" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 5220 лм, 94 мкМоль/с, Г, 5000 К, IP67</t>
         </is>
       </c>
       <c r="E329" s="5" t="inlineStr">
         <is>
           <t>8 лет</t>
         </is>
       </c>
       <c r="F329" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G329" s="8" t="inlineStr">
+        <is>
           <t>19 402,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 432,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="inlineStr">
         <is>
           <t>100690</t>
         </is>
       </c>
       <c r="B330" s="5" t="inlineStr">
         <is>
           <t>УНИС 90 БИО SUN</t>
         </is>
       </c>
       <c r="C330" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УНИС 90 БИО SUN, КСС "Г1Д", крепление скоба, 5000К, 5000K</t>
         </is>
       </c>
       <c r="D330" s="7" t="inlineStr">
         <is>
           <t>90 Вт, 7830 лм, 141 мкМоль/с, Д, 5000 К, IP67</t>
         </is>
       </c>
       <c r="E330" s="5" t="inlineStr">
         <is>
           <t>8 лет</t>
         </is>
       </c>
       <c r="F330" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G330" s="8" t="inlineStr">
+        <is>
           <t>27 036,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>25 685,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="inlineStr">
         <is>
           <t>100363</t>
         </is>
       </c>
       <c r="B331" s="5" t="inlineStr"/>
       <c r="C331" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УСС 120 БИО</t>
         </is>
       </c>
       <c r="D331" s="7" t="inlineStr">
         <is>
           <t>100 Вт, 4000 лм, Д, Специальный, IP67</t>
         </is>
       </c>
       <c r="E331" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F331" s="8" t="inlineStr">
         <is>
-          <t>36 900,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G331" s="8" t="inlineStr">
         <is>
           <t>36 900,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="inlineStr">
         <is>
           <t>100360</t>
         </is>
       </c>
       <c r="B332" s="5" t="inlineStr"/>
       <c r="C332" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УСС 45 БИО</t>
         </is>
       </c>
       <c r="D332" s="7" t="inlineStr">
         <is>
           <t>36 Вт, 400 лм, Д, Специальный, IP67</t>
         </is>
       </c>
       <c r="E332" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F332" s="8" t="inlineStr">
         <is>
-          <t>23 900,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G332" s="8" t="inlineStr">
         <is>
           <t>23 900,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="inlineStr">
         <is>
           <t>100361</t>
         </is>
       </c>
       <c r="B333" s="5" t="inlineStr"/>
       <c r="C333" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УСС 60 БИО</t>
         </is>
       </c>
       <c r="D333" s="7" t="inlineStr">
         <is>
           <t>57 Вт, 2000 лм, Д, Специальный, IP67</t>
         </is>
       </c>
       <c r="E333" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F333" s="8" t="inlineStr">
         <is>
-          <t>32 900,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G333" s="8" t="inlineStr">
         <is>
           <t>32 900,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="inlineStr">
         <is>
           <t>100362</t>
         </is>
       </c>
       <c r="B334" s="5" t="inlineStr"/>
       <c r="C334" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УСС 90 БИО</t>
         </is>
       </c>
       <c r="D334" s="7" t="inlineStr">
         <is>
           <t>71 Вт, 800 лм, Д, Специальный, IP67</t>
         </is>
       </c>
       <c r="E334" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F334" s="8" t="inlineStr">
         <is>
-          <t>33 900,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G334" s="8" t="inlineStr">
         <is>
           <t>33 900,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="inlineStr">
         <is>
           <t>103417</t>
         </is>
       </c>
       <c r="B335" s="5" t="inlineStr"/>
       <c r="C335" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Pandora LED 605 PN-240 PHYTO</t>
         </is>
       </c>
       <c r="D335" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 577 мкМоль/с, Г, Специальный, IP65</t>
         </is>
       </c>
       <c r="E335" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F335" s="8" t="inlineStr">
         <is>
-          <t>65 920,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G335" s="8" t="inlineStr">
         <is>
           <t>65 920,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="inlineStr">
         <is>
           <t>103419</t>
         </is>
       </c>
       <c r="B336" s="5" t="inlineStr"/>
       <c r="C336" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Pandora LED 615 E-150 PHYTO</t>
         </is>
       </c>
       <c r="D336" s="7" t="inlineStr">
         <is>
           <t>150 Вт, 288 мкМоль/с, Л, Специальный, IP65</t>
         </is>
       </c>
       <c r="E336" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F336" s="8" t="inlineStr">
         <is>
-          <t>77 406,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G336" s="8" t="inlineStr">
         <is>
           <t>77 406,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="5" t="inlineStr">
         <is>
           <t>103416</t>
         </is>
       </c>
       <c r="B337" s="5" t="inlineStr"/>
       <c r="C337" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Pandora LED 635 PN-380 PHYTO</t>
         </is>
       </c>
       <c r="D337" s="7" t="inlineStr">
         <is>
           <t>380 Вт, 721 мкМоль/с, Г, Специальный, IP65</t>
         </is>
       </c>
       <c r="E337" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F337" s="8" t="inlineStr">
         <is>
           <t>121 660,00 ₽</t>
         </is>
       </c>
       <c r="G337" s="8" t="inlineStr">
         <is>
-          <t>121 660,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="5" t="inlineStr">
         <is>
           <t>107815</t>
         </is>
       </c>
       <c r="B338" s="5" t="inlineStr"/>
       <c r="C338" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт INDUSTRY.3-085-136 PHYTO, КСС Д, спектр 11 общего назначения</t>
         </is>
       </c>
       <c r="D338" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 130 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
       <c r="E338" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F338" s="8" t="inlineStr">
         <is>
-          <t>9 500,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G338" s="8" t="inlineStr">
         <is>
           <t>9 500,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="5" t="inlineStr">
         <is>
           <t>107816</t>
         </is>
       </c>
       <c r="B339" s="5" t="inlineStr"/>
       <c r="C339" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт INDUSTRY.3-085-136 PHYTO, КСС Д, спектр 12 для выращивания в отсутствие солнечного света</t>
         </is>
       </c>
       <c r="D339" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 130 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
@@ -12208,51 +12208,51 @@
     </row>
     <row r="343">
       <c r="A343" s="5" t="inlineStr">
         <is>
           <t>107830</t>
         </is>
       </c>
       <c r="B343" s="5" t="inlineStr"/>
       <c r="C343" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт INDUSTRY.3-105-148 PHYTO, КСС Д, спектр 11 общего назначения</t>
         </is>
       </c>
       <c r="D343" s="7" t="inlineStr">
         <is>
           <t>93 Вт, 170 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
       <c r="E343" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F343" s="8" t="inlineStr">
         <is>
-          <t>11 200,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G343" s="8" t="inlineStr">
         <is>
           <t>11 200,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="inlineStr">
         <is>
           <t>107831</t>
         </is>
       </c>
       <c r="B344" s="5" t="inlineStr"/>
       <c r="C344" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт INDUSTRY.3-105-148 PHYTO, КСС Д, спектр 12 для выращивания без солнечного света</t>
         </is>
       </c>
       <c r="D344" s="7" t="inlineStr">
         <is>
           <t>93 Вт, 170 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
@@ -12373,51 +12373,51 @@
     </row>
     <row r="348">
       <c r="A348" s="5" t="inlineStr">
         <is>
           <t>107845</t>
         </is>
       </c>
       <c r="B348" s="5" t="inlineStr"/>
       <c r="C348" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт INDUSTRY.3-135-160 PHYTO, КСС Д, спектр 11 общего назначения</t>
         </is>
       </c>
       <c r="D348" s="7" t="inlineStr">
         <is>
           <t>118 Вт, 215 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
       <c r="E348" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F348" s="8" t="inlineStr">
         <is>
-          <t>15 000,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G348" s="8" t="inlineStr">
         <is>
           <t>15 000,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="inlineStr">
         <is>
           <t>107846</t>
         </is>
       </c>
       <c r="B349" s="5" t="inlineStr"/>
       <c r="C349" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт INDUSTRY.3-135-160 PHYTO, КСС Д, спектр 12 для выращивания без солнечного света</t>
         </is>
       </c>
       <c r="D349" s="7" t="inlineStr">
         <is>
           <t>118 Вт, 215 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
@@ -12538,51 +12538,51 @@
     </row>
     <row r="353">
       <c r="A353" s="5" t="inlineStr">
         <is>
           <t>107807</t>
         </is>
       </c>
       <c r="B353" s="5" t="inlineStr"/>
       <c r="C353" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт PlantaLux-35, INTER, межрядный</t>
         </is>
       </c>
       <c r="D353" s="7" t="inlineStr">
         <is>
           <t>35 Вт, 65 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
       <c r="E353" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F353" s="8" t="inlineStr">
         <is>
-          <t>5 500,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G353" s="8" t="inlineStr">
         <is>
           <t>5 500,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="inlineStr">
         <is>
           <t>107809</t>
         </is>
       </c>
       <c r="B354" s="5" t="inlineStr"/>
       <c r="C354" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт PlantaLux-35, UPPER, стеллажный</t>
         </is>
       </c>
       <c r="D354" s="7" t="inlineStr">
         <is>
           <t>35 Вт, 65 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
@@ -12604,51 +12604,51 @@
     </row>
     <row r="355">
       <c r="A355" s="5" t="inlineStr">
         <is>
           <t>107811</t>
         </is>
       </c>
       <c r="B355" s="5" t="inlineStr"/>
       <c r="C355" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт PlantaLux-45, INTER, межрядный</t>
         </is>
       </c>
       <c r="D355" s="7" t="inlineStr">
         <is>
           <t>45 Вт, 65 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
       <c r="E355" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F355" s="8" t="inlineStr">
         <is>
-          <t>6 000,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G355" s="8" t="inlineStr">
         <is>
           <t>6 000,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="inlineStr">
         <is>
           <t>107814</t>
         </is>
       </c>
       <c r="B356" s="5" t="inlineStr"/>
       <c r="C356" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт PlantaLux-45, UPPER, стеллажный</t>
         </is>
       </c>
       <c r="D356" s="7" t="inlineStr">
         <is>
           <t>45 Вт, 65 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
@@ -12714,56 +12714,56 @@
     </row>
     <row r="359">
       <c r="A359" s="5" t="inlineStr">
         <is>
           <t>100379</t>
         </is>
       </c>
       <c r="B359" s="5" t="inlineStr"/>
       <c r="C359" s="6" t="inlineStr">
         <is>
           <t>Торговый светильник Фокус СПО 40 Ритейл</t>
         </is>
       </c>
       <c r="D359" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5000 лм, Д, 4000 К, IP40</t>
         </is>
       </c>
       <c r="E359" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F359" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G359" s="8" t="inlineStr">
+        <is>
           <t>9 600,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>9 120,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="5" t="inlineStr">
         <is>
           <t>102434</t>
         </is>
       </c>
       <c r="B360" s="5" t="inlineStr"/>
       <c r="C360" s="6" t="inlineStr">
         <is>
           <t>Торговый светильник Ферекс FLT 07-43-850</t>
         </is>
       </c>
       <c r="D360" s="7" t="inlineStr">
         <is>
           <t>43 Вт, 6209 лм, Д, 5000 К, IP40</t>
         </is>
       </c>
       <c r="E360" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>