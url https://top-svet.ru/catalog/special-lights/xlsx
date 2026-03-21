--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -412,101 +412,101 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-salux-ssdvz-1eh-02-db-010-006-ip65-agat-10-1eh/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-salux-ssdvz-1eh-02-db-020-006-ip65-agat-20-1eh/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-salux-ssdvz-1eh-02-db-030-006-ip65-agat-30-1eh/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-salux-ssdvz-1eh-02-db-040-006-ip65-agat-40-1eh/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-salux-ssdvz-1eh-02-db-050-006-ip65-agat-50-1eh/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-salux-ssdvz-1eh-02-db-060-006-ip65-agat-60-1eh/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-010-001-ip65-praktik-10/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-010-005-ip65-sota-10/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-020-001-ip65-praktik-20/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-020-005-ip65-sota-20/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-030-001-ip65-praktik-30/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-030-005-ip65-sota-30/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-040-001-ip65-praktik-40/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-040-005-ip65-sota-40/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-050-001-ip65-praktik-50/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-050-005-ip65-sota-50/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-060-001-ip65-praktik-60/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-060-005-ip65-sota-60/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-070-001-ip65-praktik-70/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-070-005-ip65-sota-70/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-080-001-ip65-praktik-80/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-080-005-ip65-sota-80/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-090-001-ip65-praktik-90/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-090-005-ip65-sota-90/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-100-001-ip65-praktik-100/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-100-005-ip65-sota-100/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-110-001-ip65-praktik-110/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-120-001-ip65-praktik-120/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-130-001-ip65-praktik-130/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-140-001-ip65-praktik-140/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-150-001-ip65-praktik-150/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-160-001-ip65-praktik-160/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-170-001-ip65-praktik-170/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-180-001-ip65-praktik-180/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-190-001-ip65-praktik-190/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-200-001-ip65-praktik-200/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-010-002-ip65-briz-10/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-020-002-ip65-briz-20/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-040-002-ip65-briz-40/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-050-002-ip65-briz-50/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-060-002-ip65-briz-60/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-070-002-ip65-briz-70/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-080-002-ip65-briz-80/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-090-002-ip65-briz-90/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-100-002-ip65-briz-100/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-200-002-ip65-briz-200/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-010-001-ip65-flagman-10/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-010-003-ip65-liniya-10/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-020-001-ip65-flagman-20/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-020-003-ip65-liniya-20/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-030-001-ip65-flagman-30/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-030-002-ip65-briz-30/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-030-003-ip65-liniya-30/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-040-001-ip65-flagman-40/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-040-003-ip65-liniya-40/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-050-001-ip65-flagman-50/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-050-003-ip65-liniya-50/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-060-001-ip65-flagman-60/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-060-003-ip65-liniya-60/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-070-001-ip65-flagman-70/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-070-003-ip65-liniya-70/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-080-001-ip65-flagman-80/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-080-003-ip65-liniya-80/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-090-001-ip65-flagman-90/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-090-003-ip65-liniya-90/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-100-001-ip65-flagman-100/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-100-003-ip65-liniya-100/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-120-001-ip65-flagman-120/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-140-001-ip65-flagman-140/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-150-001-ip65-flagman-150/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-160-001-ip65-flagman-160/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-180-001-ip65-flagman-180/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-200-001-ip65-flagman-200/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/svet-nn-ssdp-03-azs-100/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/svet-nn-ssdp-03-azs-40/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/svet-nn-ssdp-03-azs-50/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/svet-nn-ssdp-03-azs-60/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/svet-nn-ssdp-03-azs-70/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/svet-nn-ssdp-03-azs-80/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/svet-nn-ssdp-03-azs-90/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/fokus-uss-100-azs-v-sbore-s-ramkoj/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/focus-uss-42-azs/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/focus-uss-84-azs/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/fereks-dvu-07-104/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/fereks-dvu-07-130/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/fereks-dvu-07-78/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/fereks-dvu-27-104/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/fereks-dvu-27-130/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/fereks-dvu-27-78/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/ledel-l-industry-48-azs/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/lidc-deep1/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/lidc-conc/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/lidc-conc0/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/lidc-conc1/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/lidc-conc1deep/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/lidc-wide1-1/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/lidc-wide2/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/lidc-deep1/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/lidc-conc/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/lidc-conc0/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/lidc-conc1/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/lidc-conc1deep/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/lidc-wide1-1/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/lidc-wide2/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/lidc-deep1/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/lidc-conc/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/lidc-conc0/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/lidc-conc1/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/lidc-conc1deep/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/lidc-wide1-1/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/lidc-wide2/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/lidc-deep1/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/lidc-conc/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/lidc-conc0/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/lidc-conc1/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/lidc-conc1deep/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/lidc-wide1-1/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/lidc-wide2/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/lidc-deep1/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/lidc-conc/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/lidc-conc0/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/lidc-conc1/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/lidc-conc1deep/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/lidc-wide1-1/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/lidc-wide2/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/lidc-deep1/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/lidc-conc/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/lidc-conc0/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/lidc-conc1/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/lidc-conc1deep/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/lidc-wide1-1/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/lidc-wide2/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-12-26/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-12-40/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-14-52/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-24-14/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-24-27/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-45/mag/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-45/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-45/f30-mag/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-45/f30/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-dbu-07-70-rgb/g60/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-dbu-07-70-rgb/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-dbu-07-70-rgb/k15/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-dbu-07-70-rgb/k30/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-13/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-19/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-25/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-rgbw-20/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-rgbw-30/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-rgbw-40/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-slim-13/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-slim-19/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-slim-25/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/g50-3000/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/g50-5000/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/g50-rgbw/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/g55-3000/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/g55-5000/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/g55-rgbw/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/k13-3000/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/k13-rgbw/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/k30-3000/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/k30-5000/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/k30-rgbw/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/g50-3000/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/g50-5000/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/g50-rgbw/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/g55-3000/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/g55-5000/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/g55-rgbw/" TargetMode="External" Id="rId180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/k13-3000/" TargetMode="External" Id="rId181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/" TargetMode="External" Id="rId182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/k13-rgbw/" TargetMode="External" Id="rId183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/k30-3000/" TargetMode="External" Id="rId184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/k30-5000/" TargetMode="External" Id="rId185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/k30-rgbw/" TargetMode="External" Id="rId186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-optima-sbu-18/" TargetMode="External" Id="rId187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-optima-sbu-25/" TargetMode="External" Id="rId188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-optima-sbu-36/" TargetMode="External" Id="rId189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-10/5000k-opal/" TargetMode="External" Id="rId190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-10/" TargetMode="External" Id="rId191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-15/5000k-opal/" TargetMode="External" Id="rId192"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-15/" TargetMode="External" Id="rId193"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-20/5000k-opal/" TargetMode="External" Id="rId194"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-20/" TargetMode="External" Id="rId195"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-5-opal/" TargetMode="External" Id="rId196"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-5/" TargetMode="External" Id="rId197"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-optic-12/" TargetMode="External" Id="rId198"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-optic-15/" TargetMode="External" Id="rId199"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-optic-18/" TargetMode="External" Id="rId200"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-optic-3/" TargetMode="External" Id="rId201"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-optic-6/" TargetMode="External" Id="rId202"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-optic-9/" TargetMode="External" Id="rId203"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledel-l-line-1500/" TargetMode="External" Id="rId204"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledel-l-line-a-025/" TargetMode="External" Id="rId205"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/leaderlight-ds-lfl-24-12/" TargetMode="External" Id="rId206"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/leaderlight-ds-lfl-8-3/" TargetMode="External" Id="rId207"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/leaderlight-fasad-1000/" TargetMode="External" Id="rId208"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/leaderlight-fasad-500/" TargetMode="External" Id="rId209"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svet-nn-ssdo-02-kompakt-10/" TargetMode="External" Id="rId210"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svet-nn-ssdo-02-kompakt-5/" TargetMode="External" Id="rId211"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-meduza-10/" TargetMode="External" Id="rId212"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svet-nn-ssdo-02-medyza-10-ip-54/" TargetMode="External" Id="rId213"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-meduza-5/" TargetMode="External" Id="rId214"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ssdo-02-medyza-ip-54/" TargetMode="External" Id="rId215"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-10/" TargetMode="External" Id="rId216"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-10/ip54-5000-k-ssdo-01-010-001-bocman-10/" TargetMode="External" Id="rId217"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-15/" TargetMode="External" Id="rId218"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-15/ip54-5000-k-ssdo-01-015-001-bocman-15/" TargetMode="External" Id="rId219"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-20/" TargetMode="External" Id="rId220"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-20/ip54-5000-k-ssdo-01-020-001-bocman-20/" TargetMode="External" Id="rId221"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-5/" TargetMode="External" Id="rId222"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-5/ip54-5000-k-ssdo-01-005-001-bocman-5/" TargetMode="External" Id="rId223"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/focus-jkh-08/" TargetMode="External" Id="rId224"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/dioteck-jkh-dbo/" TargetMode="External" Id="rId225"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svetodiodnyj-svetilnik-geniled-public-15v/" TargetMode="External" Id="rId226"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svetodiodnyj-svetilnik-geniled-public-smart-15v/" TargetMode="External" Id="rId227"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledeffect-meridian/" TargetMode="External" Id="rId228"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledeffect-sssr/" TargetMode="External" Id="rId229"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledel-l-one/" TargetMode="External" Id="rId230"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledel-l-one-5x2/" TargetMode="External" Id="rId231"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledel-sveteco-new-8/" TargetMode="External" Id="rId232"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/leaderlight-delta-2/" TargetMode="External" Id="rId233"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/leaderlight-delta-3/" TargetMode="External" Id="rId234"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-12-nv-2ex/" TargetMode="External" Id="rId235"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-18-nv-2ex/" TargetMode="External" Id="rId236"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-24-nv-2ex/" TargetMode="External" Id="rId237"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-32-nv-2ex/" TargetMode="External" Id="rId238"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-36-nv-2ex/" TargetMode="External" Id="rId239"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-48-nv-2ex/" TargetMode="External" Id="rId240"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-70-nv-2ex/" TargetMode="External" Id="rId241"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-9-nv-2ex/" TargetMode="External" Id="rId242"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-jkh-08-nv/" TargetMode="External" Id="rId243"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-12-nv/" TargetMode="External" Id="rId244"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-18-nv/" TargetMode="External" Id="rId245"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-24-nv/" TargetMode="External" Id="rId246"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-32-nv/" TargetMode="External" Id="rId247"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-36-nv/" TargetMode="External" Id="rId248"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-48-nv/" TargetMode="External" Id="rId249"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-70-nv/" TargetMode="External" Id="rId250"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-9-nv/" TargetMode="External" Id="rId251"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/fereks-fwl-24-28/" TargetMode="External" Id="rId252"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/fereks-dso-12-1224/" TargetMode="External" Id="rId253"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/fereks-dso-12-36/" TargetMode="External" Id="rId254"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/fereks-dso-24-1224/" TargetMode="External" Id="rId255"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/fereks-dso-24-36/" TargetMode="External" Id="rId256"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/ledel-sveteco-new-8/" TargetMode="External" Id="rId257"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/leaderlight-spot-17-220/" TargetMode="External" Id="rId258"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/svetodiodnyj-svetilnik-svet-nn-ssdo-opal-school/" TargetMode="External" Id="rId259"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/focus-spo-30-standart/" TargetMode="External" Id="rId260"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledeffect-retail-shkolnik/" TargetMode="External" Id="rId261"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledeffect-titan-shkolnik-28/" TargetMode="External" Id="rId262"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledeffect-titan-shkolnik-53/" TargetMode="External" Id="rId263"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledel-l-school-16-premium/" TargetMode="External" Id="rId264"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledel-l-school-16-standart/" TargetMode="External" Id="rId265"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledel-l-school-32-premium/" TargetMode="External" Id="rId266"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledel-l-school-32-s-premium/" TargetMode="External" Id="rId267"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledel-l-school-32-standart/" TargetMode="External" Id="rId268"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledel-l-school-55-premium/" TargetMode="External" Id="rId269"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledel-l-school-55-standart/" TargetMode="External" Id="rId270"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-04-040-001-ip23-sfera-1h40-4003400/" TargetMode="External" Id="rId271"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-04-080-001-ip23-sfera-2h40-4003400/" TargetMode="External" Id="rId272"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-04-120-001-ip23-sfera-3h40-4003400/" TargetMode="External" Id="rId273"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-040-005-ip67-sota-g-1h40-4403000/" TargetMode="External" Id="rId274"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-040-015-ip67-krona-g-1h40-3000/" TargetMode="External" Id="rId275"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-040-016-ip65-stela-40-3001200/" TargetMode="External" Id="rId276"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-040-017-ip65-segment-g-1h40/" TargetMode="External" Id="rId277"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-080-005-ip67-sota-f-2h40-4403000/" TargetMode="External" Id="rId278"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-080-005-ip67-sota-t-2h40-4403000/" TargetMode="External" Id="rId279"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-080-015-ip67-krona-y-2h40-3000/" TargetMode="External" Id="rId280"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-080-015-ip67-krona-t-2h40-3000/" TargetMode="External" Id="rId281"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-080-016-ip65-stela-80-6002100/" TargetMode="External" Id="rId282"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-080-017-ip65-segment-f-2h40/" TargetMode="External" Id="rId283"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-080-017-ip65-segment-t-2h40/" TargetMode="External" Id="rId284"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-120-016-ip65-stela-120-9003000/" TargetMode="External" Id="rId285"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/svet-nn-ssdu-02-sfera-10/" TargetMode="External" Id="rId286"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/svet-nn-ssdu-02-sfera-20/" TargetMode="External" Id="rId287"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/svet-nn-ssdu-02-sfera-30/" TargetMode="External" Id="rId288"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/svet-nn-ssdu-02-sfera-40/" TargetMode="External" Id="rId289"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/focus-pss-30-shar/" TargetMode="External" Id="rId290"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/fereks-fgl-01-15/" TargetMode="External" Id="rId291"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/fereks-dtu-04-40/" TargetMode="External" Id="rId292"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/ledeffect-kashtan-27/" TargetMode="External" Id="rId293"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/ledeffect-kashtan-54/" TargetMode="External" Id="rId294"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/ledeffect-mayak-stu-10/" TargetMode="External" Id="rId295"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/ledeffect-mayak-sbu-10/" TargetMode="External" Id="rId296"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/ledeffect-mayak-ssu-10/" TargetMode="External" Id="rId297"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-ball-400-30/" TargetMode="External" Id="rId298"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-ball-400-30/4000k/" TargetMode="External" Id="rId299"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-ball-400-60/" TargetMode="External" Id="rId300"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-ball-400-60/4000k/" TargetMode="External" Id="rId301"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-ledpark-01-075/" TargetMode="External" Id="rId302"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-ledpark-02-028/" TargetMode="External" Id="rId303"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-street-18-055/" TargetMode="External" Id="rId304"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-street-27-055/" TargetMode="External" Id="rId305"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-street-56-055/" TargetMode="External" Id="rId306"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/fokus-unis-120-bio-sun-kss-g1d-kreplenie-skoba-5000k/" TargetMode="External" Id="rId307"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/fokus-unis-150-bio-sun-kss-g1d-kreplenie-skoba-5000k/" TargetMode="External" Id="rId308"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/fokus-unis-30-bio-sun-kss-g1d-podvesnoe-kreplenie-5000k/" TargetMode="External" Id="rId309"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/fokus-unis-60-bio-sun/" TargetMode="External" Id="rId310"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/fokus-unis-90-bio-sun-kss-g1d-kreplenie-skoba-5000k/" TargetMode="External" Id="rId311"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/focus-uss-120-bio/" TargetMode="External" Id="rId312"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/focus-uss-45-bio/" TargetMode="External" Id="rId313"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/focus-uss-60-bio/" TargetMode="External" Id="rId314"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/focus-uss-90-bio/" TargetMode="External" Id="rId315"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/pandora-led-605-pn-240/" TargetMode="External" Id="rId316"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/pandora-led-615-e-150/" TargetMode="External" Id="rId317"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/pandora-led-635-pn-380/" TargetMode="External" Id="rId318"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-085-136-phyto/" TargetMode="External" Id="rId319"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-085-136-phyto/lidc-cos-02/" TargetMode="External" Id="rId320"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-085-136-phyto/lidc-cos-03/" TargetMode="External" Id="rId321"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-085-136-phyto/lidc-cos-06/" TargetMode="External" Id="rId322"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-085-136-phyto/lidc-cos-07/" TargetMode="External" Id="rId323"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-105-148-phyto/" TargetMode="External" Id="rId324"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-105-148-phyto/lidc-cos-02/" TargetMode="External" Id="rId325"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-105-148-phyto/lidc-cos-03/" TargetMode="External" Id="rId326"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-105-148-phyto/lidc-cos-06/" TargetMode="External" Id="rId327"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-105-148-phyto/lidc-cos-07/" TargetMode="External" Id="rId328"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-135-160-phyto/" TargetMode="External" Id="rId329"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-135-160-phyto/lidc-cos-02/" TargetMode="External" Id="rId330"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-135-160-phyto/lidc-cos-03/" TargetMode="External" Id="rId331"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-135-160-phyto/lidc-cos-06/" TargetMode="External" Id="rId332"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-135-160-phyto/lidc-cos-07/" TargetMode="External" Id="rId333"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-plantalux-35/" TargetMode="External" Id="rId334"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-plantalux-35/upper-08/" TargetMode="External" Id="rId335"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-plantalux-45/" TargetMode="External" Id="rId336"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-plantalux-45/upper-09/" TargetMode="External" Id="rId337"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/focus-spo-40-retail/" TargetMode="External" Id="rId338"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/fereks-flt-07-43/" TargetMode="External" Id="rId339"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/fereks-flt-07-60/" TargetMode="External" Id="rId340"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/dioteck-ds-trade-17/" TargetMode="External" Id="rId341"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/dioteck-ds-trade-34/" TargetMode="External" Id="rId342"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/dioteck-ds-trade-50-12/" TargetMode="External" Id="rId343"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/dioteck-ds-trade-50-15/" TargetMode="External" Id="rId344"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ds-n30-40vt-ip-65/" TargetMode="External" Id="rId345"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-20/" TargetMode="External" Id="rId346"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-40/" TargetMode="External" Id="rId347"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-55/" TargetMode="External" Id="rId348"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-lite-100/" TargetMode="External" Id="rId349"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-lite/" TargetMode="External" Id="rId350"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-optic-25/" TargetMode="External" Id="rId351"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-svo-25/" TargetMode="External" Id="rId352"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-svo-40/" TargetMode="External" Id="rId353"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-track-40/" TargetMode="External" Id="rId354"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-16-standart/" TargetMode="External" Id="rId355"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-16-standart-easy-lock/" TargetMode="External" Id="rId356"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-32-standart/" TargetMode="External" Id="rId357"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-32-standart-easy-lock/" TargetMode="External" Id="rId358"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-55-standart/" TargetMode="External" Id="rId359"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-55-standart-easy-lock/" TargetMode="External" Id="rId360"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-12/" TargetMode="External" Id="rId361"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-130/" TargetMode="External" Id="rId362"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-130-easy-lock/" TargetMode="External" Id="rId363"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-20/" TargetMode="External" Id="rId364"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-20-easy-lock/" TargetMode="External" Id="rId365"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-45/" TargetMode="External" Id="rId366"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-45-easy-lock/" TargetMode="External" Id="rId367"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-65/" TargetMode="External" Id="rId368"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-65-easy-lock/" TargetMode="External" Id="rId369"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-20/" TargetMode="External" Id="rId370"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-30/" TargetMode="External" Id="rId371"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-35/" TargetMode="External" Id="rId372"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-40/" TargetMode="External" Id="rId373"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-45/" TargetMode="External" Id="rId374"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-50/" TargetMode="External" Id="rId375"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-60/" TargetMode="External" Id="rId376"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-70/" TargetMode="External" Id="rId377"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-clean-room-80/" TargetMode="External" Id="rId378"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/pandora-led-520-125/" TargetMode="External" Id="rId379"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/dioteck-ds-n-32-mini-bap/" TargetMode="External" Id="rId380"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-office-32-em-premium/" TargetMode="External" Id="rId381"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-office-32-em-standart/" TargetMode="External" Id="rId382"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-office-32-s-em-premium/" TargetMode="External" Id="rId383"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-office-55-em-premium/" TargetMode="External" Id="rId384"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-office-55-em-standart/" TargetMode="External" Id="rId385"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-school-16-em-premium/" TargetMode="External" Id="rId386"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-school-16-em-standart/" TargetMode="External" Id="rId387"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-school-32-em-premium/" TargetMode="External" Id="rId388"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-school-32-em-standart/" TargetMode="External" Id="rId389"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-school-32-s-em-premium/" TargetMode="External" Id="rId390"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-school-55-em-premium/" TargetMode="External" Id="rId391"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-school-55-em-standart/" TargetMode="External" Id="rId392"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/fotolitografiya-mikroelektronika/svet-nn-ssdo-03-fl-001-30/" TargetMode="External" Id="rId393"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId394"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-salux-ssdvz-1eh-02-db-010-006-ip65-agat-10-1eh/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-salux-ssdvz-1eh-02-db-020-006-ip65-agat-20-1eh/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-salux-ssdvz-1eh-02-db-030-006-ip65-agat-30-1eh/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-salux-ssdvz-1eh-02-db-040-006-ip65-agat-40-1eh/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-salux-ssdvz-1eh-02-db-050-006-ip65-agat-50-1eh/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-salux-ssdvz-1eh-02-db-060-006-ip65-agat-60-1eh/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-010-001-ip65-praktik-10/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-010-005-ip65-sota-10/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-020-001-ip65-praktik-20/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-020-005-ip65-sota-20/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-030-001-ip65-praktik-30/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-030-005-ip65-sota-30/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-040-001-ip65-praktik-40/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-040-005-ip65-sota-40/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-050-001-ip65-praktik-50/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-050-005-ip65-sota-50/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-060-001-ip65-praktik-60/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-060-005-ip65-sota-60/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-070-001-ip65-praktik-70/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-070-005-ip65-sota-70/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-080-001-ip65-praktik-80/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-080-005-ip65-sota-80/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-090-001-ip65-praktik-90/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-090-005-ip65-sota-90/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-100-001-ip65-praktik-100/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-100-005-ip65-sota-100/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-110-001-ip65-praktik-110/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-120-001-ip65-praktik-120/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-130-001-ip65-praktik-130/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-140-001-ip65-praktik-140/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-150-001-ip65-praktik-150/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-160-001-ip65-praktik-160/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-170-001-ip65-praktik-170/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-180-001-ip65-praktik-180/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-190-001-ip65-praktik-190/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/salux-ssds-03-200-001-ip65-praktik-200/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-010-002-ip65-briz-10/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-020-002-ip65-briz-20/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-040-002-ip65-briz-40/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-050-002-ip65-briz-50/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-060-002-ip65-briz-60/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-070-002-ip65-briz-70/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-080-002-ip65-briz-80/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-090-002-ip65-briz-90/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-100-002-ip65-briz-100/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-200-002-ip65-briz-200/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-010-001-ip65-flagman-10/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-010-003-ip65-liniya-10/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-020-001-ip65-flagman-20/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-020-003-ip65-liniya-20/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-030-001-ip65-flagman-30/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-030-002-ip65-briz-30/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-030-003-ip65-liniya-30/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-040-001-ip65-flagman-40/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-040-003-ip65-liniya-40/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-050-001-ip65-flagman-50/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-050-003-ip65-liniya-50/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-060-001-ip65-flagman-60/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-060-003-ip65-liniya-60/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-070-001-ip65-flagman-70/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-070-003-ip65-liniya-70/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-080-001-ip65-flagman-80/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-080-003-ip65-liniya-80/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-090-001-ip65-flagman-90/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-090-003-ip65-liniya-90/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-100-001-ip65-flagman-100/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-100-003-ip65-liniya-100/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-120-001-ip65-flagman-120/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-140-001-ip65-flagman-140/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-150-001-ip65-flagman-150/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-160-001-ip65-flagman-160/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-180-001-ip65-flagman-180/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sudovoj-svetodiodnyj-svetilnik-ssds-01-200-001-ip65-flagman-200/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/svet-nn-ssdp-03-azs-100/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/svet-nn-ssdp-03-azs-40/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/svet-nn-ssdp-03-azs-50/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/svet-nn-ssdp-03-azs-60/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/svet-nn-ssdp-03-azs-70/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/svet-nn-ssdp-03-azs-80/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/svet-nn-ssdp-03-azs-90/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/fokus-uss-100-azs-v-sbore-s-ramkoj/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/focus-uss-42-azs/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/focus-uss-84-azs/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/fereks-dvu-07-104/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/fereks-dvu-07-130/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/fereks-dvu-07-78/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/fereks-dvu-27-104/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/fereks-dvu-27-130/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/fereks-dvu-27-78/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/filling-stations/ledel-l-industry-48-azs/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/lidc-deep1/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/lidc-conc/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/lidc-conc0/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/lidc-conc1/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/lidc-conc1deep/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/lidc-wide1-1/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-120-expert-slim/lidc-wide2/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/lidc-deep1/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/lidc-conc/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/lidc-conc0/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/lidc-conc1/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/lidc-conc1deep/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/lidc-wide1-1/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-160-expert-slim/lidc-wide2/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/lidc-deep1/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/lidc-conc/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/lidc-conc0/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/lidc-conc1/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/lidc-conc1deep/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/lidc-wide1-1/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-200-expert-slim/lidc-wide2/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/lidc-deep1/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/lidc-conc/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/lidc-conc0/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/lidc-conc1/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/lidc-conc1deep/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/lidc-wide1-1/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fokus-uss-240-expert-slim/lidc-wide2/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/lidc-deep1/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/lidc-conc/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/lidc-conc0/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/lidc-conc1/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/lidc-conc1deep/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/lidc-wide1-1/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-40-expert-slim/lidc-wide2/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/lidc-deep1/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/lidc-conc/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/lidc-conc0/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/lidc-conc1/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/lidc-conc1deep/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/lidc-wide1-1/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/focus-uss-80-expert-slim/lidc-wide2/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-12-26/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-12-40/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-14-52/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-24-14/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-24-27/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-45/mag/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-45/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-45/f30-mag/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-fwl-45/f30/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-dbu-07-70-rgb/g60/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-dbu-07-70-rgb/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-dbu-07-70-rgb/k15/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/fereks-dbu-07-70-rgb/k30/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-13/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-19/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-25/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-rgbw-20/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-rgbw-30/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-rgbw-40/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-slim-13/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-slim-19/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-architector-slim-25/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/g50-3000/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/g50-5000/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/g50-rgbw/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/g55-3000/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/g55-5000/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/g55-rgbw/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/k13-3000/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/k13-rgbw/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/k30-3000/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/k30-5000/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-10/k30-rgbw/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/g50-3000/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/g50-5000/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/g50-rgbw/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/g55-3000/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/g55-5000/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/g55-rgbw/" TargetMode="External" Id="rId180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/k13-3000/" TargetMode="External" Id="rId181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/" TargetMode="External" Id="rId182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/k13-rgbw/" TargetMode="External" Id="rId183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/k30-3000/" TargetMode="External" Id="rId184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/k30-5000/" TargetMode="External" Id="rId185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-kubik-20/k30-rgbw/" TargetMode="External" Id="rId186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-optima-sbu-18/" TargetMode="External" Id="rId187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-optima-sbu-25/" TargetMode="External" Id="rId188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-optima-sbu-36/" TargetMode="External" Id="rId189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-10/5000k-opal/" TargetMode="External" Id="rId190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-10/" TargetMode="External" Id="rId191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-15/5000k-opal/" TargetMode="External" Id="rId192"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-15/" TargetMode="External" Id="rId193"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-20/5000k-opal/" TargetMode="External" Id="rId194"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-20/" TargetMode="External" Id="rId195"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-5-opal/" TargetMode="External" Id="rId196"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-5/" TargetMode="External" Id="rId197"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-optic-12/" TargetMode="External" Id="rId198"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-optic-15/" TargetMode="External" Id="rId199"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-optic-18/" TargetMode="External" Id="rId200"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-optic-3/" TargetMode="External" Id="rId201"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-optic-6/" TargetMode="External" Id="rId202"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledeffect-shtrih-optic-9/" TargetMode="External" Id="rId203"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledel-l-line-1500/" TargetMode="External" Id="rId204"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/ledel-l-line-a-025/" TargetMode="External" Id="rId205"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/leaderlight-ds-lfl-24-12/" TargetMode="External" Id="rId206"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/leaderlight-ds-lfl-8-3/" TargetMode="External" Id="rId207"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/leaderlight-fasad-1000/" TargetMode="External" Id="rId208"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/architectural-lighting/leaderlight-fasad-500/" TargetMode="External" Id="rId209"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svet-nn-ssdo-02-kompakt-10/" TargetMode="External" Id="rId210"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svet-nn-ssdo-02-kompakt-5/" TargetMode="External" Id="rId211"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-meduza-10/" TargetMode="External" Id="rId212"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svet-nn-ssdo-02-medyza-10-ip-54/" TargetMode="External" Id="rId213"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-meduza-5/" TargetMode="External" Id="rId214"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ssdo-02-medyza-ip-54/" TargetMode="External" Id="rId215"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-10/" TargetMode="External" Id="rId216"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-10/ip54-5000-k-ssdo-01-010-001-bocman-10/" TargetMode="External" Id="rId217"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-15/" TargetMode="External" Id="rId218"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-15/ip54-5000-k-ssdo-01-015-001-bocman-15/" TargetMode="External" Id="rId219"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-20/" TargetMode="External" Id="rId220"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-20/ip54-5000-k-ssdo-01-020-001-bocman-20/" TargetMode="External" Id="rId221"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-5/" TargetMode="External" Id="rId222"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-5/ip54-5000-k-ssdo-01-005-001-bocman-5/" TargetMode="External" Id="rId223"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/focus-jkh-08/" TargetMode="External" Id="rId224"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/dioteck-jkh-dbo/" TargetMode="External" Id="rId225"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svetodiodnyj-svetilnik-geniled-public-15v/" TargetMode="External" Id="rId226"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svetodiodnyj-svetilnik-geniled-public-smart-15v/" TargetMode="External" Id="rId227"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledeffect-meridian/" TargetMode="External" Id="rId228"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledeffect-sssr/" TargetMode="External" Id="rId229"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledel-l-one/" TargetMode="External" Id="rId230"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledel-l-one-5x2/" TargetMode="External" Id="rId231"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledel-sveteco-new-8/" TargetMode="External" Id="rId232"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/leaderlight-delta-2/" TargetMode="External" Id="rId233"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/leaderlight-delta-3/" TargetMode="External" Id="rId234"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-12-nv-2ex/" TargetMode="External" Id="rId235"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-18-nv-2ex/" TargetMode="External" Id="rId236"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-24-nv-2ex/" TargetMode="External" Id="rId237"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-32-nv-2ex/" TargetMode="External" Id="rId238"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-36-nv-2ex/" TargetMode="External" Id="rId239"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-48-nv-2ex/" TargetMode="External" Id="rId240"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-70-nv-2ex/" TargetMode="External" Id="rId241"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-9-nv-2ex/" TargetMode="External" Id="rId242"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-jkh-08-nv/" TargetMode="External" Id="rId243"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-12-nv/" TargetMode="External" Id="rId244"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-18-nv/" TargetMode="External" Id="rId245"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-24-nv/" TargetMode="External" Id="rId246"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-32-nv/" TargetMode="External" Id="rId247"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-36-nv/" TargetMode="External" Id="rId248"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-48-nv/" TargetMode="External" Id="rId249"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-70-nv/" TargetMode="External" Id="rId250"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/focus-uss-9-nv/" TargetMode="External" Id="rId251"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/fereks-fwl-24-28/" TargetMode="External" Id="rId252"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/fereks-dso-12-1224/" TargetMode="External" Id="rId253"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/fereks-dso-12-36/" TargetMode="External" Id="rId254"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/fereks-dso-24-1224/" TargetMode="External" Id="rId255"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/fereks-dso-24-36/" TargetMode="External" Id="rId256"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/ledel-sveteco-new-8/" TargetMode="External" Id="rId257"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/low-voltage/leaderlight-spot-17-220/" TargetMode="External" Id="rId258"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/svetodiodnyj-svetilnik-svet-nn-ssdo-opal-school/" TargetMode="External" Id="rId259"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/focus-spo-30-standart/" TargetMode="External" Id="rId260"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledeffect-retail-shkolnik/" TargetMode="External" Id="rId261"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledeffect-titan-shkolnik-28/" TargetMode="External" Id="rId262"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledeffect-titan-shkolnik-53/" TargetMode="External" Id="rId263"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledel-l-school-16-premium/" TargetMode="External" Id="rId264"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledel-l-school-16-standart/" TargetMode="External" Id="rId265"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledel-l-school-32-premium/" TargetMode="External" Id="rId266"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledel-l-school-32-s-premium/" TargetMode="External" Id="rId267"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledel-l-school-32-standart/" TargetMode="External" Id="rId268"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledel-l-school-55-premium/" TargetMode="External" Id="rId269"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/educational-institutions/ledel-l-school-55-standart/" TargetMode="External" Id="rId270"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-04-040-001-ip23-sfera-1h40-4003400/" TargetMode="External" Id="rId271"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-04-080-001-ip23-sfera-2h40-4003400/" TargetMode="External" Id="rId272"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-04-120-001-ip23-sfera-3h40-4003400/" TargetMode="External" Id="rId273"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-040-005-ip67-sota-g-1h40-4403000/" TargetMode="External" Id="rId274"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-040-015-ip67-krona-g-1h40-3000/" TargetMode="External" Id="rId275"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-040-016-ip65-stela-40-3001200/" TargetMode="External" Id="rId276"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-040-017-ip65-segment-g-1h40/" TargetMode="External" Id="rId277"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-080-005-ip67-sota-f-2h40-4403000/" TargetMode="External" Id="rId278"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-080-005-ip67-sota-t-2h40-4403000/" TargetMode="External" Id="rId279"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-080-015-ip67-krona-y-2h40-3000/" TargetMode="External" Id="rId280"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-080-015-ip67-krona-t-2h40-3000/" TargetMode="External" Id="rId281"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-080-016-ip65-stela-80-6002100/" TargetMode="External" Id="rId282"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-080-017-ip65-segment-f-2h40/" TargetMode="External" Id="rId283"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-080-017-ip65-segment-t-2h40/" TargetMode="External" Id="rId284"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/salux-ksdu-03-120-016-ip65-stela-120-9003000/" TargetMode="External" Id="rId285"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/svet-nn-ssdu-02-sfera-10/" TargetMode="External" Id="rId286"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/svet-nn-ssdu-02-sfera-20/" TargetMode="External" Id="rId287"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/svet-nn-ssdu-02-sfera-30/" TargetMode="External" Id="rId288"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/svet-nn-ssdu-02-sfera-40/" TargetMode="External" Id="rId289"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/focus-pss-30-shar/" TargetMode="External" Id="rId290"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/fereks-fgl-01-15/" TargetMode="External" Id="rId291"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/fereks-dtu-04-40/" TargetMode="External" Id="rId292"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/ledeffect-kashtan-27/" TargetMode="External" Id="rId293"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/ledeffect-kashtan-54/" TargetMode="External" Id="rId294"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/ledeffect-mayak-stu-10/" TargetMode="External" Id="rId295"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/ledeffect-mayak-sbu-10/" TargetMode="External" Id="rId296"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/ledeffect-mayak-ssu-10/" TargetMode="External" Id="rId297"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-ball-400-30/" TargetMode="External" Id="rId298"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-ball-400-30/4000k/" TargetMode="External" Id="rId299"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-ball-400-60/" TargetMode="External" Id="rId300"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-ball-400-60/4000k/" TargetMode="External" Id="rId301"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-ledpark-01-075/" TargetMode="External" Id="rId302"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-ledpark-02-028/" TargetMode="External" Id="rId303"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-street-18-055/" TargetMode="External" Id="rId304"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-street-27-055/" TargetMode="External" Id="rId305"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/parks-and-gardens/leaderlight-street-56-055/" TargetMode="External" Id="rId306"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/fokus-unis-120-bio-sun-kss-g1d-kreplenie-skoba-5000k/" TargetMode="External" Id="rId307"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/fokus-unis-150-bio-sun-kss-g1d-kreplenie-skoba-5000k/" TargetMode="External" Id="rId308"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/fokus-unis-30-bio-sun-kss-g1d-podvesnoe-kreplenie-5000k/" TargetMode="External" Id="rId309"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/fokus-unis-60-bio-sun/" TargetMode="External" Id="rId310"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/fokus-unis-90-bio-sun-kss-g1d-kreplenie-skoba-5000k/" TargetMode="External" Id="rId311"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/focus-uss-120-bio/" TargetMode="External" Id="rId312"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/focus-uss-45-bio/" TargetMode="External" Id="rId313"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/focus-uss-60-bio/" TargetMode="External" Id="rId314"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/focus-uss-90-bio/" TargetMode="External" Id="rId315"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/pandora-led-605-pn-240/" TargetMode="External" Id="rId316"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/pandora-led-615-e-150/" TargetMode="External" Id="rId317"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/pandora-led-635-pn-380/" TargetMode="External" Id="rId318"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-085-136-phyto/" TargetMode="External" Id="rId319"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-085-136-phyto/lidc-cos-02/" TargetMode="External" Id="rId320"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-085-136-phyto/lidc-cos-03/" TargetMode="External" Id="rId321"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-085-136-phyto/lidc-cos-06/" TargetMode="External" Id="rId322"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-085-136-phyto/lidc-cos-07/" TargetMode="External" Id="rId323"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-105-148-phyto/" TargetMode="External" Id="rId324"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-105-148-phyto/lidc-cos-02/" TargetMode="External" Id="rId325"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-105-148-phyto/lidc-cos-03/" TargetMode="External" Id="rId326"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-105-148-phyto/lidc-cos-06/" TargetMode="External" Id="rId327"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-105-148-phyto/lidc-cos-07/" TargetMode="External" Id="rId328"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-135-160-phyto/" TargetMode="External" Id="rId329"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-135-160-phyto/lidc-cos-02/" TargetMode="External" Id="rId330"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-135-160-phyto/lidc-cos-03/" TargetMode="External" Id="rId331"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-135-160-phyto/lidc-cos-06/" TargetMode="External" Id="rId332"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-industry-3-135-160-phyto/lidc-cos-07/" TargetMode="External" Id="rId333"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-plantalux-35/" TargetMode="External" Id="rId334"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-plantalux-35/upper-08/" TargetMode="External" Id="rId335"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-plantalux-45/" TargetMode="External" Id="rId336"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/greenhouses/leaderlight-plantalux-45/upper-09/" TargetMode="External" Id="rId337"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/focus-spo-40-retail/" TargetMode="External" Id="rId338"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/fereks-flt-07-43/" TargetMode="External" Id="rId339"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/fereks-flt-07-60/" TargetMode="External" Id="rId340"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/dioteck-ds-trade-17/" TargetMode="External" Id="rId341"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/dioteck-ds-trade-34/" TargetMode="External" Id="rId342"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/dioteck-ds-trade-50-12/" TargetMode="External" Id="rId343"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/dioteck-ds-trade-50-15/" TargetMode="External" Id="rId344"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ds-n30-40vt-ip-65/" TargetMode="External" Id="rId345"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/" TargetMode="External" Id="rId346"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-3000k-mikroprizma/" TargetMode="External" Id="rId347"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-3000k-mikroprizma-chernyy/" TargetMode="External" Id="rId348"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal/" TargetMode="External" Id="rId349"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-deep/" TargetMode="External" Id="rId350"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-deep-chernyy/" TargetMode="External" Id="rId351"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-4000k-mikroprizma/" TargetMode="External" Id="rId352"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-4000k-mikroprizma-chernyy/" TargetMode="External" Id="rId353"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-4000k-opal/" TargetMode="External" Id="rId354"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-4000k-opal-deep/" TargetMode="External" Id="rId355"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-4000k-opal-deep-chernyy/" TargetMode="External" Id="rId356"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-4000k-opal-chernyy/" TargetMode="External" Id="rId357"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-5000k-mikroprizma/" TargetMode="External" Id="rId358"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-5000k-mikroprizma-chernyy/" TargetMode="External" Id="rId359"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-5000k-opal/" TargetMode="External" Id="rId360"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-5000k-opal-deep/" TargetMode="External" Id="rId361"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-5000k-opal-deep-chernyy/" TargetMode="External" Id="rId362"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-20vt-5000k-opal-chernyy/" TargetMode="External" Id="rId363"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-3000k-mikroprizma/" TargetMode="External" Id="rId364"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-3000k-mikroprizma-chernyy/" TargetMode="External" Id="rId365"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-3000k-opal/" TargetMode="External" Id="rId366"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-3000k-opal-deep/" TargetMode="External" Id="rId367"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-3000k-opal-deep-chernyy/" TargetMode="External" Id="rId368"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-3000k-opal-chernyy/" TargetMode="External" Id="rId369"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-4000k-mikroprizma/" TargetMode="External" Id="rId370"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-4000k-mikroprizma-chernyy/" TargetMode="External" Id="rId371"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-4000k-opal/" TargetMode="External" Id="rId372"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-4000k-opal-deep/" TargetMode="External" Id="rId373"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-4000k-opal-deep-chernyy/" TargetMode="External" Id="rId374"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-4000k-opal-chernyy/" TargetMode="External" Id="rId375"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-5000k-mikroprizma/" TargetMode="External" Id="rId376"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-5000k-mikroprizma-chernyy/" TargetMode="External" Id="rId377"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-5000k-opal/" TargetMode="External" Id="rId378"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-5000k-opal-deep/" TargetMode="External" Id="rId379"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-5000k-opal-deep-chernyy/" TargetMode="External" Id="rId380"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-40vt-5000k-opal-chernyy/" TargetMode="External" Id="rId381"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-3000k-mikroprizma/" TargetMode="External" Id="rId382"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-3000k-mikroprizma-chernyy/" TargetMode="External" Id="rId383"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-3000k-opal/" TargetMode="External" Id="rId384"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-3000k-opal-deep/" TargetMode="External" Id="rId385"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-3000k-opal-deep-chernyy/" TargetMode="External" Id="rId386"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-3000k-opal-chernyy/" TargetMode="External" Id="rId387"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-4000k-mikroprizma/" TargetMode="External" Id="rId388"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-4000k-mikroprizma-chernyy/" TargetMode="External" Id="rId389"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-4000k-opal/" TargetMode="External" Id="rId390"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-4000k-opal-deep/" TargetMode="External" Id="rId391"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-4000k-opal-deep-chernyy/" TargetMode="External" Id="rId392"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-4000k-opal-chernyy/" TargetMode="External" Id="rId393"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-5000k-mikroprizma/" TargetMode="External" Id="rId394"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-5000k-mikroprizma-chernyy/" TargetMode="External" Id="rId395"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-5000k-opal/" TargetMode="External" Id="rId396"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-5000k-opal-deep/" TargetMode="External" Id="rId397"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/svetodiodnyj-svetilnik-geniled-trade-linear-standart-980x65x60-20vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-980x65x60-60vt-5000k-opal-chernyy/" TargetMode="External" Id="rId398"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/" TargetMode="External" Id="rId399"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-3000k-mikroprizma/" TargetMode="External" Id="rId400"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-3000k-mikroprizma-chernyy/" TargetMode="External" Id="rId401"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal/" TargetMode="External" Id="rId402"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-deep/" TargetMode="External" Id="rId403"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-deep-chernyy/" TargetMode="External" Id="rId404"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-4000k-mikroprizma/" TargetMode="External" Id="rId405"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-4000k-mikroprizma-chernyy/" TargetMode="External" Id="rId406"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-4000k-opal/" TargetMode="External" Id="rId407"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-4000k-opal-deep/" TargetMode="External" Id="rId408"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-4000k-opal-deep-chernyy/" TargetMode="External" Id="rId409"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-4000k-opal-chernyy/" TargetMode="External" Id="rId410"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-5000k-mikroprizma/" TargetMode="External" Id="rId411"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-5000k-mikroprizma-chernyy/" TargetMode="External" Id="rId412"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-5000k-opal/" TargetMode="External" Id="rId413"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-5000k-opal-deep/" TargetMode="External" Id="rId414"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-5000k-opal-deep-chernyy/" TargetMode="External" Id="rId415"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-10vt-5000k-opal-chernyy/" TargetMode="External" Id="rId416"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-3000k-mikroprizma/" TargetMode="External" Id="rId417"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-3000k-mikroprizma-chernyy/" TargetMode="External" Id="rId418"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-3000k-opal/" TargetMode="External" Id="rId419"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-3000k-opal-deep/" TargetMode="External" Id="rId420"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-3000k-opal-deep-chernyy/" TargetMode="External" Id="rId421"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-3000k-opal-chernyy/" TargetMode="External" Id="rId422"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-4000k-mikroprizma/" TargetMode="External" Id="rId423"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-4000k-mikroprizma-chernyy/" TargetMode="External" Id="rId424"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-4000k-opal/" TargetMode="External" Id="rId425"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-4000k-opal-deep/" TargetMode="External" Id="rId426"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-4000k-opal-deep-chernyy/" TargetMode="External" Id="rId427"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-4000k-opal-chernyy/" TargetMode="External" Id="rId428"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-5000k-mikroprizma/" TargetMode="External" Id="rId429"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-5000k-mikroprizma-chernyy/" TargetMode="External" Id="rId430"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-5000k-opal/" TargetMode="External" Id="rId431"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-5000k-opal-deep/" TargetMode="External" Id="rId432"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-5000k-opal-deep-chernyy/" TargetMode="External" Id="rId433"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-20vt-5000k-opal-chernyy/" TargetMode="External" Id="rId434"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-3000k-mikroprizma/" TargetMode="External" Id="rId435"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-3000k-mikroprizma-chernyy/" TargetMode="External" Id="rId436"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-3000k-opal/" TargetMode="External" Id="rId437"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-3000k-opal-deep/" TargetMode="External" Id="rId438"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-3000k-opal-deep-chernyy/" TargetMode="External" Id="rId439"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-3000k-opal-chernyy/" TargetMode="External" Id="rId440"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-4000k-mikroprizma/" TargetMode="External" Id="rId441"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-4000k-mikroprizma-chernyy/" TargetMode="External" Id="rId442"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-4000k-opal/" TargetMode="External" Id="rId443"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-4000k-opal-deep/" TargetMode="External" Id="rId444"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-4000k-opal-deep-chernyy/" TargetMode="External" Id="rId445"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-4000k-opal-chernyy/" TargetMode="External" Id="rId446"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-5000k-mikroprizma/" TargetMode="External" Id="rId447"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-5000k-mikroprizma-chernyy/" TargetMode="External" Id="rId448"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-5000k-opal/" TargetMode="External" Id="rId449"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-5000k-opal-deep/" TargetMode="External" Id="rId450"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-5000k-opal-deep-chernyy/" TargetMode="External" Id="rId451"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/torgovyj-svetodiodnyj-svetilnik-geniled-trade-linear-standart-490x65x60-10vt-3000k-opal-chernyj/svetodiodnyy-svetil-nik-geniled-trade-linear-standart-490x65x60-30vt-5000k-opal-chernyy/" TargetMode="External" Id="rId452"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-20/" TargetMode="External" Id="rId453"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-40/" TargetMode="External" Id="rId454"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-55/" TargetMode="External" Id="rId455"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-lite-100/" TargetMode="External" Id="rId456"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-lite/" TargetMode="External" Id="rId457"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-optic-25/" TargetMode="External" Id="rId458"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-svo-25/" TargetMode="External" Id="rId459"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-retail-svo-40/" TargetMode="External" Id="rId460"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledeffect-track-40/" TargetMode="External" Id="rId461"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-16-standart/" TargetMode="External" Id="rId462"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-16-standart-easy-lock/" TargetMode="External" Id="rId463"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-32-standart/" TargetMode="External" Id="rId464"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-32-standart-easy-lock/" TargetMode="External" Id="rId465"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-55-standart/" TargetMode="External" Id="rId466"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-55-standart-easy-lock/" TargetMode="External" Id="rId467"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-12/" TargetMode="External" Id="rId468"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-130/" TargetMode="External" Id="rId469"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-130-easy-lock/" TargetMode="External" Id="rId470"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-20/" TargetMode="External" Id="rId471"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-20-easy-lock/" TargetMode="External" Id="rId472"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-45/" TargetMode="External" Id="rId473"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-45-easy-lock/" TargetMode="External" Id="rId474"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-65/" TargetMode="External" Id="rId475"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/sale-area-lighting/ledel-l-trade-ii-65-easy-lock/" TargetMode="External" Id="rId476"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-20/" TargetMode="External" Id="rId477"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-30/" TargetMode="External" Id="rId478"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-35/" TargetMode="External" Id="rId479"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-40/" TargetMode="External" Id="rId480"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-45/" TargetMode="External" Id="rId481"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-50/" TargetMode="External" Id="rId482"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-60/" TargetMode="External" Id="rId483"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-70/" TargetMode="External" Id="rId484"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svet-nn-ssdo-03-005-ofis-clean-room-80/" TargetMode="External" Id="rId485"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/" TargetMode="External" Id="rId486"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-3000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId487"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-3000k-ip54-mikroprizma/" TargetMode="External" Id="rId488"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-3000k-ip54-opal/" TargetMode="External" Id="rId489"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-3000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId490"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-3000k-mikroprizma/" TargetMode="External" Id="rId491"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-3000k-opal/" TargetMode="External" Id="rId492"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-4000k-90ra-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId493"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-4000k-90ra-ip54-mikroprizma/" TargetMode="External" Id="rId494"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-4000k-90ra-ip54-opal/" TargetMode="External" Id="rId495"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-4000k-90ra-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId496"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-4000k-90ra-mikroprizma/" TargetMode="External" Id="rId497"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/" TargetMode="External" Id="rId498"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-4000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId499"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-4000k-ip54-mikroprizma/" TargetMode="External" Id="rId500"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-4000k-ip54-opal/" TargetMode="External" Id="rId501"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-4000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId502"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-4000k-mikroprizma/" TargetMode="External" Id="rId503"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-4000k-opal/" TargetMode="External" Id="rId504"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-5000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId505"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-5000k-ip54-mikroprizma/" TargetMode="External" Id="rId506"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-5000k-ip54-opal/" TargetMode="External" Id="rId507"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-5000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId508"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-5000k-mikroprizma/" TargetMode="External" Id="rId509"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-100vt-5000k-opal/" TargetMode="External" Id="rId510"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-3000k-ip54-mikroprizma/" TargetMode="External" Id="rId511"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-3000k-ip54-opal/" TargetMode="External" Id="rId512"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-3000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId513"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-3000k-mikroprizma/" TargetMode="External" Id="rId514"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-3000k-opal/" TargetMode="External" Id="rId515"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-4000k-90ra-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId516"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-4000k-90ra-ip54-mikroprizma/" TargetMode="External" Id="rId517"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-4000k-90ra-ip54-opal/" TargetMode="External" Id="rId518"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-4000k-90ra-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId519"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-4000k-90ra-mikroprizma/" TargetMode="External" Id="rId520"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-4000k-90ra-opal/" TargetMode="External" Id="rId521"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-4000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId522"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-4000k-ip54-mikroprizma/" TargetMode="External" Id="rId523"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-4000k-ip54-opal/" TargetMode="External" Id="rId524"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-4000k-mikroprizma/" TargetMode="External" Id="rId525"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-4000k-opal/" TargetMode="External" Id="rId526"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-5000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId527"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-5000k-ip54-mikroprizma/" TargetMode="External" Id="rId528"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-5000k-ip54-opal/" TargetMode="External" Id="rId529"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-5000k-ip54-opal-smart/" TargetMode="External" Id="rId530"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-5000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId531"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-5000k-mikroprizma/" TargetMode="External" Id="rId532"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-30vt-5000k-opal/" TargetMode="External" Id="rId533"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-3000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId534"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-3000k-ip54-mikroprizma/" TargetMode="External" Id="rId535"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-3000k-ip54-opal/" TargetMode="External" Id="rId536"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-3000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId537"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-3000k-mikroprizma/" TargetMode="External" Id="rId538"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-3000k-opal/" TargetMode="External" Id="rId539"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-4000k-90ra-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId540"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-4000k-90ra-ip54-mikroprizma/" TargetMode="External" Id="rId541"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-4000k-90ra-ip54-opal/" TargetMode="External" Id="rId542"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-4000k-90ra-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId543"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-4000k-90ra-mikroprizma/" TargetMode="External" Id="rId544"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-4000k-90ra-opal/" TargetMode="External" Id="rId545"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-4000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId546"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-4000k-ip54-mikroprizma/" TargetMode="External" Id="rId547"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-4000k-ip54-opal/" TargetMode="External" Id="rId548"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-4000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId549"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-4000k-mikroprizma/" TargetMode="External" Id="rId550"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-4000k-opal/" TargetMode="External" Id="rId551"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-5000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId552"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-5000k-ip54-mikroprizma/" TargetMode="External" Id="rId553"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-5000k-ip54-opal/" TargetMode="External" Id="rId554"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-5000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId555"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-5000k-mikroprizma/" TargetMode="External" Id="rId556"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-40vt-5000k-opal/" TargetMode="External" Id="rId557"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-3000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId558"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-3000k-ip54-mikroprizma/" TargetMode="External" Id="rId559"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-3000k-ip54-opal/" TargetMode="External" Id="rId560"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-3000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId561"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-3000k-mikroprizma/" TargetMode="External" Id="rId562"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-3000k-opal/" TargetMode="External" Id="rId563"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-4000k-90ra-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId564"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-4000k-90ra-ip54-mikroprizma/" TargetMode="External" Id="rId565"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-4000k-90ra-ip54-opal/" TargetMode="External" Id="rId566"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-4000k-90ra-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId567"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-4000k-90ra-mikroprizma/" TargetMode="External" Id="rId568"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-4000k-90ra-mikroprizma-smart/" TargetMode="External" Id="rId569"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-4000k-90ra-opal/" TargetMode="External" Id="rId570"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-4000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId571"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-4000k-ip54-mikroprizma/" TargetMode="External" Id="rId572"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-4000k-ip54-opal/" TargetMode="External" Id="rId573"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-4000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId574"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-4000k-mikroprizma/" TargetMode="External" Id="rId575"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-4000k-opal/" TargetMode="External" Id="rId576"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-5000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId577"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-5000k-ip54-mikroprizma/" TargetMode="External" Id="rId578"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-5000k-ip54-opal/" TargetMode="External" Id="rId579"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-5000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId580"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-5000k-mikroprizma/" TargetMode="External" Id="rId581"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-50vt-5000k-opal/" TargetMode="External" Id="rId582"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-3000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId583"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-3000k-ip54-mikroprizma/" TargetMode="External" Id="rId584"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-3000k-ip54-opal/" TargetMode="External" Id="rId585"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-3000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId586"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-3000k-mikroprizma/" TargetMode="External" Id="rId587"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-3000k-opal/" TargetMode="External" Id="rId588"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-4000k-90ra-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId589"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-4000k-90ra-ip54-mikroprizma/" TargetMode="External" Id="rId590"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-4000k-90ra-ip54-opal/" TargetMode="External" Id="rId591"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-4000k-90ra-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId592"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-4000k-90ra-mikroprizma/" TargetMode="External" Id="rId593"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-4000k-90ra-opal/" TargetMode="External" Id="rId594"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-4000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId595"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-4000k-ip54-mikroprizma/" TargetMode="External" Id="rId596"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-4000k-ip54-opal/" TargetMode="External" Id="rId597"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-4000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId598"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-4000k-mikroprizma/" TargetMode="External" Id="rId599"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-4000k-opal/" TargetMode="External" Id="rId600"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-5000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId601"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-5000k-ip54-mikroprizma/" TargetMode="External" Id="rId602"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-5000k-ip54-opal/" TargetMode="External" Id="rId603"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-5000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId604"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-5000k-mikroprizma/" TargetMode="External" Id="rId605"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-60vt-5000k-opal/" TargetMode="External" Id="rId606"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-3000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId607"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-3000k-ip54-mikroprizma/" TargetMode="External" Id="rId608"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-3000k-ip54-opal/" TargetMode="External" Id="rId609"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-3000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId610"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-3000k-mikroprizma/" TargetMode="External" Id="rId611"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-3000k-opal/" TargetMode="External" Id="rId612"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-4000k-90ra-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId613"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-4000k-90ra-ip54-mikroprizma/" TargetMode="External" Id="rId614"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-4000k-90ra-ip54-opal/" TargetMode="External" Id="rId615"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-4000k-90ra-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId616"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-4000k-90ra-mikroprizma/" TargetMode="External" Id="rId617"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-4000k-90ra-opal/" TargetMode="External" Id="rId618"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-4000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId619"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-4000k-ip54-mikroprizma/" TargetMode="External" Id="rId620"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-4000k-ip54-opal/" TargetMode="External" Id="rId621"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-4000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId622"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-4000k-mikroprizma/" TargetMode="External" Id="rId623"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-4000k-opal/" TargetMode="External" Id="rId624"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-5000k-ip54-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId625"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-5000k-ip54-mikroprizma/" TargetMode="External" Id="rId626"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-5000k-ip54-opal/" TargetMode="External" Id="rId627"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-5000k-matovoe-zakalennoe-steklo/" TargetMode="External" Id="rId628"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-5000k-mikroprizma/" TargetMode="External" Id="rId629"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/clean-and-medical-rooms/svetodiodnyj-svetilnik-dlya-chistyh-pomeshenij-geniled-clip-in-standart-600x600x60-100vt-4000k-90ra-opal/svetodiodnyy-svetil-nik-geniled-office-clip-in-standart-600x600x60-80vt-5000k-opal/" TargetMode="External" Id="rId630"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/pandora-led-520-125/" TargetMode="External" Id="rId631"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/dioteck-ds-n-32-mini-bap/" TargetMode="External" Id="rId632"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-office-32-em-premium/" TargetMode="External" Id="rId633"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-office-32-em-standart/" TargetMode="External" Id="rId634"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-office-32-s-em-premium/" TargetMode="External" Id="rId635"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-office-55-em-premium/" TargetMode="External" Id="rId636"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-office-55-em-standart/" TargetMode="External" Id="rId637"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-school-16-em-premium/" TargetMode="External" Id="rId638"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-school-16-em-standart/" TargetMode="External" Id="rId639"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-school-32-em-premium/" TargetMode="External" Id="rId640"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-school-32-em-standart/" TargetMode="External" Id="rId641"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-school-32-s-em-premium/" TargetMode="External" Id="rId642"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-school-55-em-premium/" TargetMode="External" Id="rId643"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/emergency-lights/ledel-l-school-55-em-standart/" TargetMode="External" Id="rId644"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/fotolitografiya-mikroelektronika/svet-nn-ssdo-03-fl-001-30/" TargetMode="External" Id="rId645"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/" TargetMode="External" Id="rId646"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId647"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId648"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId649"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId650"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-3000k-90ra-belyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId651"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-3000k-90ra-s-potolochnoy-chashkoy-60x25-belyy/" TargetMode="External" Id="rId652"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-3000k-90ra-s-potolochnoy-chashkoy-60x25-chernyy/" TargetMode="External" Id="rId653"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId654"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId655"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId656"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId657"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId658"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId659"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId660"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId661"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-4000k-90ra-belyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId662"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-4000k-90ra-s-potolochnoy-chashkoy-60x25-belyy/" TargetMode="External" Id="rId663"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-4000k-90ra-s-potolochnoy-chashkoy-60x25-chernyy/" TargetMode="External" Id="rId664"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId665"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId666"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId667"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId668"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-4000k-90ra-chernyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId669"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId670"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId671"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId672"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId673"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-5000k-90ra-belyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId674"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-5000k-90ra-s-potolochnoy-chashkoy-60x25-belyy/" TargetMode="External" Id="rId675"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-5000k-90ra-s-potolochnoy-chashkoy-60x25-chernyy/" TargetMode="External" Id="rId676"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId677"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId678"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId679"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId680"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-10vt-5000k-90ra-chernyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId681"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId682"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId683"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId684"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId685"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-3000k-90ra-belyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId686"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-3000k-90ra-s-potolochnoy-chashkoy-60x25-belyy/" TargetMode="External" Id="rId687"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-3000k-90ra-s-potolochnoy-chashkoy-60x25-chernyy/" TargetMode="External" Id="rId688"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-3000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId689"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-3000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId690"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-3000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId691"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-3000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId692"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-3000k-90ra-chernyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId693"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId694"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId695"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId696"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId697"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-4000k-90ra-belyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId698"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-4000k-90ra-s-potolochnoy-chashkoy-60x25-belyy/" TargetMode="External" Id="rId699"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-4000k-90ra-s-potolochnoy-chashkoy-60x25-chernyy/" TargetMode="External" Id="rId700"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId701"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId702"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId703"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId704"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-4000k-90ra-chernyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId705"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId706"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId707"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId708"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId709"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-5000k-90ra-belyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId710"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-5000k-90ra-s-potolochnoy-chashkoy-60x25-belyy/" TargetMode="External" Id="rId711"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-5000k-90ra-s-potolochnoy-chashkoy-60x25-chernyy/" TargetMode="External" Id="rId712"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId713"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId714"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId715"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId716"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-20vt-5000k-90ra-chernyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId717"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId718"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId719"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId720"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId721"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-3000k-90ra-belyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId722"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-3000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId723"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-3000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId724"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-3000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId725"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-3000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId726"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-3000k-90ra-chernyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId727"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId728"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId729"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId730"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId731"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-4000k-90ra-belyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId732"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId733"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId734"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId735"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId736"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-4000k-90ra-chernyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId737"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId738"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId739"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId740"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId741"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-5000k-90ra-belyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId742"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId743"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId744"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId745"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId746"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-30vt-5000k-90ra-chernyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId747"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId748"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId749"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId750"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-3000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId751"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-3000k-90ra-belyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId752"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-3000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId753"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-3000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId754"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-3000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId755"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-3000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId756"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-3000k-90ra-chernyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId757"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId758"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId759"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId760"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-4000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId761"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-4000k-90ra-belyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId762"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId763"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId764"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId765"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-4000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId766"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-4000k-90ra-chernyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId767"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId768"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId769"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId770"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-5000k-90ra-belyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId771"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-5000k-90ra-belyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId772"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x30/" TargetMode="External" Id="rId773"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-100x100x40/" TargetMode="External" Id="rId774"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x30/" TargetMode="External" Id="rId775"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-5000k-90ra-chernyy-dlya-yacheyki-gril-yato-75x75x40/" TargetMode="External" Id="rId776"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/trekovye-svetilniki/trekovye-svetilniki/svetodiodnyj-trekovyj-svetilnik-geniled-track-classic-zoom-10vt-3000k-90ra-chernyj-dlya-yachejki-grilyato-75x75x30/svetodiodnyy-trekovyy-svetil-nik-geniled-track-classic-zoom-40vt-5000k-90ra-chernyy-s-adapterom-dlya-1-faznogo-shinoprovoda/" TargetMode="External" Id="rId777"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId778"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:G421"/>
+  <dimension ref="A1:G808"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="8" customWidth="1" min="1" max="1"/>
     <col width="30" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
     <col width="40" customWidth="1" min="4" max="4"/>
     <col width="10" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
     <col width="20" customWidth="1" min="7" max="7"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2026-02-03 04:56</t>
+          <t>2026-03-21 04:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>СПЕЦИАЛЬНЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>
@@ -12977,1979 +12977,14704 @@
       </c>
       <c r="D366" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 4600 лм, Д, 5000 К, IP65</t>
         </is>
       </c>
       <c r="E366" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F366" s="8" t="inlineStr">
         <is>
           <t>по запросу</t>
         </is>
       </c>
       <c r="G366" s="8" t="inlineStr">
         <is>
           <t>2 600,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="5" t="inlineStr">
         <is>
-          <t>109647</t>
-[...6 lines deleted...]
-      </c>
+          <t>507388</t>
+        </is>
+      </c>
+      <c r="B367" s="5" t="inlineStr"/>
       <c r="C367" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDeffect РИТЕЙЛ 20, одиночный, текстурированный рассеиватель</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный</t>
         </is>
       </c>
       <c r="D367" s="7" t="inlineStr">
         <is>
-          <t>20 Вт, 1600 лм, Д, 4000 К, IP20</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E367" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F367" s="8" t="inlineStr">
         <is>
-          <t>6 004,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G367" s="8" t="inlineStr">
         <is>
-          <t>5 704,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="5" t="inlineStr">
         <is>
-          <t>109651</t>
-[...6 lines deleted...]
-      </c>
+          <t>507407</t>
+        </is>
+      </c>
+      <c r="B368" s="5" t="inlineStr"/>
       <c r="C368" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDeffect РИТЕЙЛ 40 подвесной, одиночный, текстурированный рассеиватель</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Микропризма</t>
         </is>
       </c>
       <c r="D368" s="7" t="inlineStr">
         <is>
-          <t>40 Вт, 4000 лм, Д, 4000 К, IP20</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E368" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F368" s="8" t="inlineStr">
         <is>
-          <t>7 867,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G368" s="8" t="inlineStr">
         <is>
-          <t>7 474,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="5" t="inlineStr">
         <is>
-          <t>109655</t>
-[...6 lines deleted...]
-      </c>
+          <t>507389</t>
+        </is>
+      </c>
+      <c r="B369" s="5" t="inlineStr"/>
       <c r="C369" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDeffect РИТЕЙЛ 55 подвесной, одиночный, текстурированный рассеиватель</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Микропризма Черный</t>
         </is>
       </c>
       <c r="D369" s="7" t="inlineStr">
         <is>
-          <t>55 Вт, 5800 лм, Д, 4000 К, IP20</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E369" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F369" s="8" t="inlineStr">
         <is>
-          <t>10 099,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G369" s="8" t="inlineStr">
         <is>
-          <t>9 595,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="5" t="inlineStr">
         <is>
-          <t>109679</t>
-[...6 lines deleted...]
-      </c>
+          <t>507406</t>
+        </is>
+      </c>
+      <c r="B370" s="5" t="inlineStr"/>
       <c r="C370" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDeffect РИТЕЙЛ ЛАЙТ 100, текстурированный рассеиватель</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал</t>
         </is>
       </c>
       <c r="D370" s="7" t="inlineStr">
         <is>
-          <t>40 Вт, 5000 лм, Д, 4000 К, IP20</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E370" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F370" s="8" t="inlineStr">
         <is>
-          <t>8 556,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G370" s="8" t="inlineStr">
         <is>
-          <t>8 129,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="5" t="inlineStr">
         <is>
-          <t>109671</t>
-[...6 lines deleted...]
-      </c>
+          <t>507432</t>
+        </is>
+      </c>
+      <c r="B371" s="5" t="inlineStr"/>
       <c r="C371" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDeffect РИТЕЙЛ ЛАЙТ, одиночный, текстурированный рассеиватель</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Deep</t>
         </is>
       </c>
       <c r="D371" s="7" t="inlineStr">
         <is>
-          <t>40 Вт, 3750 лм, Д, 4000 К, IP20</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E371" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F371" s="8" t="inlineStr">
         <is>
-          <t>7 392,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G371" s="8" t="inlineStr">
         <is>
-          <t>7 023,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="5" t="inlineStr">
         <is>
-          <t>109681</t>
-[...6 lines deleted...]
-      </c>
+          <t>507424</t>
+        </is>
+      </c>
+      <c r="B372" s="5" t="inlineStr"/>
       <c r="C372" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDeffect РИТЕЙЛ ОПТИК 25, КСС К, 4000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Deep Черный</t>
         </is>
       </c>
       <c r="D372" s="7" t="inlineStr">
         <is>
-          <t>25 Вт, 2700 лм, К, 4000 К, IP20</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E372" s="5" t="inlineStr">
         <is>
-          <t>3 года</t>
+          <t>5 лет</t>
         </is>
       </c>
       <c r="F372" s="8" t="inlineStr">
         <is>
           <t>по запросу</t>
         </is>
       </c>
       <c r="G372" s="8" t="inlineStr">
         <is>
-          <t>по запросу</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="5" t="inlineStr">
         <is>
-          <t>109697</t>
-[...6 lines deleted...]
-      </c>
+          <t>507409</t>
+        </is>
+      </c>
+      <c r="B373" s="5" t="inlineStr"/>
       <c r="C373" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDeffect РИТЕЙЛ СВО 25, 4000 К, текстурированный рассеиватель</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 4000K Микропризма</t>
         </is>
       </c>
       <c r="D373" s="7" t="inlineStr">
         <is>
-          <t>25 Вт, 2400 лм, Д, 4000 К, IP20</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E373" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F373" s="8" t="inlineStr">
         <is>
-          <t>6 694,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G373" s="8" t="inlineStr">
         <is>
-          <t>6 360,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="5" t="inlineStr">
         <is>
-          <t>109701</t>
-[...6 lines deleted...]
-      </c>
+          <t>507391</t>
+        </is>
+      </c>
+      <c r="B374" s="5" t="inlineStr"/>
       <c r="C374" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDeffect РИТЕЙЛ СВО 40, 4000 К, текстурированный рассеиватель</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 4000K Микропризма Черный</t>
         </is>
       </c>
       <c r="D374" s="7" t="inlineStr">
         <is>
-          <t>40 Вт, 3400 лм, Д, 4000 К, IP20</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E374" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F374" s="8" t="inlineStr">
         <is>
-          <t>7 728,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G374" s="8" t="inlineStr">
         <is>
-          <t>7 342,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="5" t="inlineStr">
         <is>
-          <t>110005</t>
-[...6 lines deleted...]
-      </c>
+          <t>507408</t>
+        </is>
+      </c>
+      <c r="B375" s="5" t="inlineStr"/>
       <c r="C375" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDeffect ТРЕК 40, 4000 К, белый</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 4000K Опал</t>
         </is>
       </c>
       <c r="D375" s="7" t="inlineStr">
         <is>
-          <t>40 Вт, 3950 лм, Г, 4000 К, IP40</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E375" s="5" t="inlineStr">
         <is>
-          <t>3 года</t>
+          <t>5 лет</t>
         </is>
       </c>
       <c r="F375" s="8" t="inlineStr">
         <is>
-          <t>11 600,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G375" s="8" t="inlineStr">
         <is>
-          <t>11 600,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="5" t="inlineStr">
         <is>
-          <t>106467</t>
-[...6 lines deleted...]
-      </c>
+          <t>507433</t>
+        </is>
+      </c>
+      <c r="B376" s="5" t="inlineStr"/>
       <c r="C376" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDEL L-trade 16 Standart, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 4000K Опал Deep</t>
         </is>
       </c>
       <c r="D376" s="7" t="inlineStr">
         <is>
-          <t>15 Вт, 1507 лм, Д, 5000 К, IP54</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E376" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F376" s="8" t="inlineStr">
         <is>
-          <t>8 050,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G376" s="8" t="inlineStr">
         <is>
-          <t>6 100,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="5" t="inlineStr">
         <is>
-          <t>106473</t>
-[...6 lines deleted...]
-      </c>
+          <t>507425</t>
+        </is>
+      </c>
+      <c r="B377" s="5" t="inlineStr"/>
       <c r="C377" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDEL L-trade 16 Standart Easy Lock, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 4000K Опал Deep Черный</t>
         </is>
       </c>
       <c r="D377" s="7" t="inlineStr">
         <is>
-          <t>15 Вт, 1507 лм, Д, 5000 К, IP30</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E377" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F377" s="8" t="inlineStr">
         <is>
-          <t>10 500,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G377" s="8" t="inlineStr">
         <is>
-          <t>10 500,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="5" t="inlineStr">
         <is>
-          <t>106469</t>
-[...6 lines deleted...]
-      </c>
+          <t>507390</t>
+        </is>
+      </c>
+      <c r="B378" s="5" t="inlineStr"/>
       <c r="C378" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDEL L-trade 32 Standart, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 4000K Опал Черный</t>
         </is>
       </c>
       <c r="D378" s="7" t="inlineStr">
         <is>
-          <t>30 Вт, 3024 лм, Д, 5000 К, IP54</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E378" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F378" s="8" t="inlineStr">
         <is>
-          <t>10 925,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G378" s="8" t="inlineStr">
         <is>
-          <t>10 380,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="5" t="inlineStr">
         <is>
-          <t>106475</t>
-[...6 lines deleted...]
-      </c>
+          <t>507411</t>
+        </is>
+      </c>
+      <c r="B379" s="5" t="inlineStr"/>
       <c r="C379" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDEL L-trade 32 Standart Easy Lock, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 5000K Микропризма</t>
         </is>
       </c>
       <c r="D379" s="7" t="inlineStr">
         <is>
-          <t>30 Вт, 3024 лм, Д, 5000 К, IP30</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E379" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F379" s="8" t="inlineStr">
         <is>
-          <t>19 000,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G379" s="8" t="inlineStr">
         <is>
-          <t>19 000,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="5" t="inlineStr">
         <is>
-          <t>106471</t>
-[...6 lines deleted...]
-      </c>
+          <t>507393</t>
+        </is>
+      </c>
+      <c r="B380" s="5" t="inlineStr"/>
       <c r="C380" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDEL L-trade 55 Standart, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 5000K Микропризма Черный</t>
         </is>
       </c>
       <c r="D380" s="7" t="inlineStr">
         <is>
-          <t>45 Вт, 4517 лм, Д, 5000 К, IP54</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E380" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F380" s="8" t="inlineStr">
         <is>
-          <t>14 375,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G380" s="8" t="inlineStr">
         <is>
-          <t>13 657,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="5" t="inlineStr">
         <is>
-          <t>106477</t>
-[...6 lines deleted...]
-      </c>
+          <t>507410</t>
+        </is>
+      </c>
+      <c r="B381" s="5" t="inlineStr"/>
       <c r="C381" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDEL L-trade 55 Standart Easy Lock, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 5000K Опал</t>
         </is>
       </c>
       <c r="D381" s="7" t="inlineStr">
         <is>
-          <t>45 Вт, 4517 лм, Д, 5000 К, IP30</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E381" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F381" s="8" t="inlineStr">
         <is>
-          <t>26 000,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G381" s="8" t="inlineStr">
         <is>
-          <t>26 000,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="5" t="inlineStr">
         <is>
-          <t>106499</t>
-[...6 lines deleted...]
-      </c>
+          <t>507434</t>
+        </is>
+      </c>
+      <c r="B382" s="5" t="inlineStr"/>
       <c r="C382" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDEL L-trade II 12, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 5000K Опал Deep</t>
         </is>
       </c>
       <c r="D382" s="7" t="inlineStr">
         <is>
-          <t>15 Вт, 1650 лм, Д, 5000 К, IP66</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E382" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F382" s="8" t="inlineStr">
         <is>
-          <t>7 370,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G382" s="8" t="inlineStr">
         <is>
-          <t>7 005,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="5" t="inlineStr">
         <is>
-          <t>106407</t>
-[...6 lines deleted...]
-      </c>
+          <t>507426</t>
+        </is>
+      </c>
+      <c r="B383" s="5" t="inlineStr"/>
       <c r="C383" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDEL L-trade II 130, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 5000K Опал Deep Черный</t>
         </is>
       </c>
       <c r="D383" s="7" t="inlineStr">
         <is>
-          <t>100 Вт, 14400 лм, Д, 5000 К, IP66</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E383" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F383" s="8" t="inlineStr">
         <is>
-          <t>31 790,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G383" s="8" t="inlineStr">
         <is>
-          <t>30 201,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="5" t="inlineStr">
         <is>
-          <t>106455</t>
-[...6 lines deleted...]
-      </c>
+          <t>507392</t>
+        </is>
+      </c>
+      <c r="B384" s="5" t="inlineStr"/>
       <c r="C384" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDEL L-trade II 130 Easy Lock, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 5000K Опал Черный</t>
         </is>
       </c>
       <c r="D384" s="7" t="inlineStr">
         <is>
-          <t>100 Вт, 14400 лм, Д, 5000 К, IP66</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E384" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F384" s="8" t="inlineStr">
         <is>
-          <t>30 000,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G384" s="8" t="inlineStr">
         <is>
-          <t>30 000,00 ₽</t>
+          <t>5 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="5" t="inlineStr">
         <is>
-          <t>106371</t>
-[...6 lines deleted...]
-      </c>
+          <t>507413</t>
+        </is>
+      </c>
+      <c r="B385" s="5" t="inlineStr"/>
       <c r="C385" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDEL L-trade II 20, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 3000K Микропризма</t>
         </is>
       </c>
       <c r="D385" s="7" t="inlineStr">
         <is>
-          <t>19 Вт, 2660 лм, Д, 5000 К, IP66</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E385" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F385" s="8" t="inlineStr">
         <is>
-          <t>9 900,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G385" s="8" t="inlineStr">
         <is>
-          <t>9 405,00 ₽</t>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="5" t="inlineStr">
         <is>
-          <t>106419</t>
-[...6 lines deleted...]
-      </c>
+          <t>507395</t>
+        </is>
+      </c>
+      <c r="B386" s="5" t="inlineStr"/>
       <c r="C386" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDEL L-trade II 20 Easy Lock, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 3000K Микропризма Черный</t>
         </is>
       </c>
       <c r="D386" s="7" t="inlineStr">
         <is>
-          <t>19 Вт, 2660 лм, Д, 5000 К, IP66</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E386" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F386" s="8" t="inlineStr">
         <is>
-          <t>13 000,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G386" s="8" t="inlineStr">
         <is>
-          <t>13 000,00 ₽</t>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="5" t="inlineStr">
         <is>
-          <t>106383</t>
-[...6 lines deleted...]
-      </c>
+          <t>507412</t>
+        </is>
+      </c>
+      <c r="B387" s="5" t="inlineStr"/>
       <c r="C387" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDEL L-trade II 45, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 3000K Опал</t>
         </is>
       </c>
       <c r="D387" s="7" t="inlineStr">
         <is>
-          <t>37 Вт, 5180 лм, Д, 5000 К, IP66</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E387" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F387" s="8" t="inlineStr">
         <is>
-          <t>13 090,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G387" s="8" t="inlineStr">
         <is>
-          <t>12 436,00 ₽</t>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="5" t="inlineStr">
         <is>
-          <t>106431</t>
-[...6 lines deleted...]
-      </c>
+          <t>507435</t>
+        </is>
+      </c>
+      <c r="B388" s="5" t="inlineStr"/>
       <c r="C388" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDEL L-trade II 45 Easy Lock, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 3000K Опал Deep</t>
         </is>
       </c>
       <c r="D388" s="7" t="inlineStr">
         <is>
-          <t>37 Вт, 5180 лм, Д, 5000 К, IP66</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E388" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F388" s="8" t="inlineStr">
         <is>
-          <t>20 500,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G388" s="8" t="inlineStr">
         <is>
-          <t>20 500,00 ₽</t>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="5" t="inlineStr">
         <is>
-          <t>106395</t>
-[...6 lines deleted...]
-      </c>
+          <t>507427</t>
+        </is>
+      </c>
+      <c r="B389" s="5" t="inlineStr"/>
       <c r="C389" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDEL L-trade II 65, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 3000K Опал Deep Черный</t>
         </is>
       </c>
       <c r="D389" s="7" t="inlineStr">
         <is>
-          <t>50 Вт, 7200 лм, Д, 5000 К, IP66</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E389" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F389" s="8" t="inlineStr">
         <is>
-          <t>17 490,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G389" s="8" t="inlineStr">
         <is>
-          <t>16 616,00 ₽</t>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="5" t="inlineStr">
         <is>
-          <t>106443</t>
-[...6 lines deleted...]
-      </c>
+          <t>507394</t>
+        </is>
+      </c>
+      <c r="B390" s="5" t="inlineStr"/>
       <c r="C390" s="6" t="inlineStr">
         <is>
-          <t>Торговый светильник LEDEL L-trade II 65 Easy Lock, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 3000K Опал Черный</t>
         </is>
       </c>
       <c r="D390" s="7" t="inlineStr">
         <is>
-          <t>50 Вт, 7200 лм, Д, 5000 К, IP66</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E390" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F390" s="8" t="inlineStr">
         <is>
-          <t>23 500,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G390" s="8" t="inlineStr">
         <is>
-          <t>23 500,00 ₽</t>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="391">
-      <c r="A391" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>ТРЕКОВЫЕ</t>
+      <c r="A391" s="5" t="inlineStr">
+        <is>
+          <t>507415</t>
+        </is>
+      </c>
+      <c r="B391" s="5" t="inlineStr"/>
+      <c r="C391" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 4000K Микропризма</t>
+        </is>
+      </c>
+      <c r="D391" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E391" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F391" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G391" s="8" t="inlineStr">
+        <is>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="392">
-      <c r="A392" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>ДЛЯ ЧИСТЫХ И МЕДИЦИНСКИХ ПОМЕЩЕНИЙ</t>
+      <c r="A392" s="5" t="inlineStr">
+        <is>
+          <t>507397</t>
+        </is>
+      </c>
+      <c r="B392" s="5" t="inlineStr"/>
+      <c r="C392" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 4000K Микропризма Черный</t>
+        </is>
+      </c>
+      <c r="D392" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E392" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F392" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G392" s="8" t="inlineStr">
+        <is>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="393">
-      <c r="A393" s="4" t="inlineStr">
-[...31 lines deleted...]
-          <t>Онлайн</t>
+      <c r="A393" s="5" t="inlineStr">
+        <is>
+          <t>507414</t>
+        </is>
+      </c>
+      <c r="B393" s="5" t="inlineStr"/>
+      <c r="C393" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 4000K Опал</t>
+        </is>
+      </c>
+      <c r="D393" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E393" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F393" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G393" s="8" t="inlineStr">
+        <is>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="5" t="inlineStr">
         <is>
-          <t>103103</t>
-[...6 lines deleted...]
-      </c>
+          <t>507436</t>
+        </is>
+      </c>
+      <c r="B394" s="5" t="inlineStr"/>
       <c r="C394" s="6" t="inlineStr">
         <is>
-          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 20</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 4000K Опал Deep</t>
         </is>
       </c>
       <c r="D394" s="7" t="inlineStr">
         <is>
-          <t>20 Вт, 2430 лм, Д, 5000 К, IP54</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E394" s="5" t="inlineStr">
         <is>
-          <t>3 года</t>
+          <t>5 лет</t>
         </is>
       </c>
       <c r="F394" s="8" t="inlineStr">
         <is>
-          <t>9 711,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G394" s="8" t="inlineStr">
         <is>
-          <t>9 226,00 ₽</t>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="5" t="inlineStr">
         <is>
-          <t>101103</t>
-[...6 lines deleted...]
-      </c>
+          <t>507428</t>
+        </is>
+      </c>
+      <c r="B395" s="5" t="inlineStr"/>
       <c r="C395" s="6" t="inlineStr">
         <is>
-          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 30</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 4000K Опал Deep Черный</t>
         </is>
       </c>
       <c r="D395" s="7" t="inlineStr">
         <is>
-          <t>30 Вт, 3645 лм, Д, 5000 К, IP54</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E395" s="5" t="inlineStr">
         <is>
-          <t>3 года</t>
+          <t>5 лет</t>
         </is>
       </c>
       <c r="F395" s="8" t="inlineStr">
         <is>
-          <t>9 898,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G395" s="8" t="inlineStr">
         <is>
-          <t>9 404,00 ₽</t>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="5" t="inlineStr">
         <is>
-          <t>101102</t>
-[...6 lines deleted...]
-      </c>
+          <t>507396</t>
+        </is>
+      </c>
+      <c r="B396" s="5" t="inlineStr"/>
       <c r="C396" s="6" t="inlineStr">
         <is>
-          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 35</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 4000K Опал Черный</t>
         </is>
       </c>
       <c r="D396" s="7" t="inlineStr">
         <is>
-          <t>35 Вт, 4253 лм, Д, 5000 К, IP53</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E396" s="5" t="inlineStr">
         <is>
-          <t>3 года</t>
+          <t>5 лет</t>
         </is>
       </c>
       <c r="F396" s="8" t="inlineStr">
         <is>
-          <t>10 047,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G396" s="8" t="inlineStr">
         <is>
-          <t>9 545,00 ₽</t>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="5" t="inlineStr">
         <is>
-          <t>101101</t>
-[...6 lines deleted...]
-      </c>
+          <t>507417</t>
+        </is>
+      </c>
+      <c r="B397" s="5" t="inlineStr"/>
       <c r="C397" s="6" t="inlineStr">
         <is>
-          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 40</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 5000K Микропризма</t>
         </is>
       </c>
       <c r="D397" s="7" t="inlineStr">
         <is>
-          <t>40 Вт, 4860 лм, Д, 5000 К, IP54</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E397" s="5" t="inlineStr">
         <is>
-          <t>3 года</t>
+          <t>5 лет</t>
         </is>
       </c>
       <c r="F397" s="8" t="inlineStr">
         <is>
-          <t>10 219,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G397" s="8" t="inlineStr">
         <is>
-          <t>9 709,00 ₽</t>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="5" t="inlineStr">
         <is>
-          <t>101100</t>
-[...6 lines deleted...]
-      </c>
+          <t>507399</t>
+        </is>
+      </c>
+      <c r="B398" s="5" t="inlineStr"/>
       <c r="C398" s="6" t="inlineStr">
         <is>
-          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 45</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 5000K Микропризма Черный</t>
         </is>
       </c>
       <c r="D398" s="7" t="inlineStr">
         <is>
-          <t>45 Вт, 5468 лм, Д, 5000 К, IP54</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E398" s="5" t="inlineStr">
         <is>
-          <t>3 года</t>
+          <t>5 лет</t>
         </is>
       </c>
       <c r="F398" s="8" t="inlineStr">
         <is>
-          <t>10 916,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G398" s="8" t="inlineStr">
         <is>
-          <t>10 371,00 ₽</t>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="5" t="inlineStr">
         <is>
-          <t>101203</t>
-[...6 lines deleted...]
-      </c>
+          <t>507416</t>
+        </is>
+      </c>
+      <c r="B399" s="5" t="inlineStr"/>
       <c r="C399" s="6" t="inlineStr">
         <is>
-          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 50</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 5000K Опал</t>
         </is>
       </c>
       <c r="D399" s="7" t="inlineStr">
         <is>
-          <t>50 Вт, 6075 лм, Д, 5000 К, IP54</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E399" s="5" t="inlineStr">
         <is>
-          <t>3 года</t>
+          <t>5 лет</t>
         </is>
       </c>
       <c r="F399" s="8" t="inlineStr">
         <is>
-          <t>11 117,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G399" s="8" t="inlineStr">
         <is>
-          <t>10 562,00 ₽</t>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="5" t="inlineStr">
         <is>
-          <t>101202</t>
-[...6 lines deleted...]
-      </c>
+          <t>507437</t>
+        </is>
+      </c>
+      <c r="B400" s="5" t="inlineStr"/>
       <c r="C400" s="6" t="inlineStr">
         <is>
-          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 60</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 5000K Опал Deep</t>
         </is>
       </c>
       <c r="D400" s="7" t="inlineStr">
         <is>
-          <t>60 Вт, 7290 лм, Д, 5000 К, IP54</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E400" s="5" t="inlineStr">
         <is>
-          <t>3 года</t>
+          <t>5 лет</t>
         </is>
       </c>
       <c r="F400" s="8" t="inlineStr">
         <is>
-          <t>11 176,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G400" s="8" t="inlineStr">
         <is>
-          <t>10 618,00 ₽</t>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="5" t="inlineStr">
         <is>
-          <t>101201</t>
-[...6 lines deleted...]
-      </c>
+          <t>507429</t>
+        </is>
+      </c>
+      <c r="B401" s="5" t="inlineStr"/>
       <c r="C401" s="6" t="inlineStr">
         <is>
-          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 70</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 5000K Опал Deep Черный</t>
         </is>
       </c>
       <c r="D401" s="7" t="inlineStr">
         <is>
-          <t>70 Вт, 8505 лм, Д, 5000 К, IP54</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E401" s="5" t="inlineStr">
         <is>
-          <t>3 года</t>
+          <t>5 лет</t>
         </is>
       </c>
       <c r="F401" s="8" t="inlineStr">
         <is>
-          <t>11 697,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G401" s="8" t="inlineStr">
         <is>
-          <t>11 113,00 ₽</t>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="5" t="inlineStr">
         <is>
-          <t>101200</t>
-[...6 lines deleted...]
-      </c>
+          <t>507398</t>
+        </is>
+      </c>
+      <c r="B402" s="5" t="inlineStr"/>
       <c r="C402" s="6" t="inlineStr">
         <is>
-          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 80</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 40Вт 5000K Опал Черный</t>
         </is>
       </c>
       <c r="D402" s="7" t="inlineStr">
         <is>
-          <t>80 Вт, 9720 лм, Д, 5000 К, IP54</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E402" s="5" t="inlineStr">
         <is>
-          <t>3 года</t>
+          <t>5 лет</t>
         </is>
       </c>
       <c r="F402" s="8" t="inlineStr">
         <is>
-          <t>11 868,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G402" s="8" t="inlineStr">
         <is>
-          <t>11 275,00 ₽</t>
+          <t>5 965,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="403">
-      <c r="A403" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>АВАРИЙНЫЕ СВЕТИЛЬНИКИ</t>
+      <c r="A403" s="5" t="inlineStr">
+        <is>
+          <t>507419</t>
+        </is>
+      </c>
+      <c r="B403" s="5" t="inlineStr"/>
+      <c r="C403" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 3000K Микропризма</t>
+        </is>
+      </c>
+      <c r="D403" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E403" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F403" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G403" s="8" t="inlineStr">
+        <is>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="404">
-      <c r="A404" s="4" t="inlineStr">
-[...31 lines deleted...]
-          <t>Онлайн</t>
+      <c r="A404" s="5" t="inlineStr">
+        <is>
+          <t>507401</t>
+        </is>
+      </c>
+      <c r="B404" s="5" t="inlineStr"/>
+      <c r="C404" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 3000K Микропризма Черный</t>
+        </is>
+      </c>
+      <c r="D404" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E404" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F404" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G404" s="8" t="inlineStr">
+        <is>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="5" t="inlineStr">
         <is>
-          <t>103066</t>
+          <t>507418</t>
         </is>
       </c>
       <c r="B405" s="5" t="inlineStr"/>
       <c r="C405" s="6" t="inlineStr">
         <is>
-          <t>Аварийный светодиодный светильник Pandora LED 520 AE-125, 4000K</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 3000K Опал</t>
         </is>
       </c>
       <c r="D405" s="7" t="inlineStr">
         <is>
-          <t>125 Вт, 16490 лм, Ш, 4000 К, IP65</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E405" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F405" s="8" t="inlineStr">
         <is>
-          <t>50 425,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G405" s="8" t="inlineStr">
         <is>
-          <t>50 425,00 ₽</t>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="5" t="inlineStr">
         <is>
-          <t>104148</t>
-[...6 lines deleted...]
-      </c>
+          <t>507438</t>
+        </is>
+      </c>
+      <c r="B406" s="5" t="inlineStr"/>
       <c r="C406" s="6" t="inlineStr">
         <is>
-          <t>Аварийный светодиодный светильник Dioteck DS-N 32 mini БАП, 5000 K</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 3000K Опал Deep</t>
         </is>
       </c>
       <c r="D406" s="7" t="inlineStr">
         <is>
-          <t>18 Вт, 1915 лм, Д, 5000 К, IP40</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E406" s="5" t="inlineStr">
         <is>
-          <t>3 года</t>
+          <t>5 лет</t>
         </is>
       </c>
       <c r="F406" s="8" t="inlineStr">
         <is>
-          <t>7 100,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G406" s="8" t="inlineStr">
         <is>
-          <t>7 100,00 ₽</t>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="5" t="inlineStr">
         <is>
-          <t>106269</t>
-[...6 lines deleted...]
-      </c>
+          <t>507430</t>
+        </is>
+      </c>
+      <c r="B407" s="5" t="inlineStr"/>
       <c r="C407" s="6" t="inlineStr">
         <is>
-          <t>Аварийный светодиодный светильник LEDEL L-office 32 EM Premium, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 3000K Опал Deep Черный</t>
         </is>
       </c>
       <c r="D407" s="7" t="inlineStr">
         <is>
-          <t>30 Вт, 3700 лм, Д, 5000 К, IP30</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E407" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F407" s="8" t="inlineStr">
         <is>
-          <t>16 058,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G407" s="8" t="inlineStr">
         <is>
-          <t>15 260,00 ₽</t>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="5" t="inlineStr">
         <is>
-          <t>106309</t>
-[...6 lines deleted...]
-      </c>
+          <t>507400</t>
+        </is>
+      </c>
+      <c r="B408" s="5" t="inlineStr"/>
       <c r="C408" s="6" t="inlineStr">
         <is>
-          <t>Аварийный светодиодный светильник LEDEL L-office 32 EM Standart, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 3000K Опал Черный</t>
         </is>
       </c>
       <c r="D408" s="7" t="inlineStr">
         <is>
-          <t>30 Вт, 3900 лм, Д, 5000 К, IP30</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E408" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F408" s="8" t="inlineStr">
         <is>
-          <t>14 865,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G408" s="8" t="inlineStr">
         <is>
-          <t>14 122,00 ₽</t>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="5" t="inlineStr">
         <is>
-          <t>106277</t>
-[...6 lines deleted...]
-      </c>
+          <t>507421</t>
+        </is>
+      </c>
+      <c r="B409" s="5" t="inlineStr"/>
       <c r="C409" s="6" t="inlineStr">
         <is>
-          <t>Аварийный светодиодный светильник LEDEL L-office 32 S EM Premium, 4000К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 4000K Микропризма</t>
         </is>
       </c>
       <c r="D409" s="7" t="inlineStr">
         <is>
-          <t>20 Вт, 2139 лм, Д, 4000 К, IP50</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E409" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F409" s="8" t="inlineStr">
         <is>
-          <t>18 011,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G409" s="8" t="inlineStr">
         <is>
-          <t>17 115,00 ₽</t>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="5" t="inlineStr">
         <is>
-          <t>106291</t>
-[...6 lines deleted...]
-      </c>
+          <t>507403</t>
+        </is>
+      </c>
+      <c r="B410" s="5" t="inlineStr"/>
       <c r="C410" s="6" t="inlineStr">
         <is>
-          <t>Аварийный светодиодный светильник LEDEL L-office 55 EM Premium, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 4000K Микропризма Черный</t>
         </is>
       </c>
       <c r="D410" s="7" t="inlineStr">
         <is>
-          <t>32 Вт, 5700 лм, Д, 5000 К, IP50</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E410" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F410" s="8" t="inlineStr">
         <is>
-          <t>21 505,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G410" s="8" t="inlineStr">
         <is>
-          <t>20 430,00 ₽</t>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="5" t="inlineStr">
         <is>
-          <t>106327</t>
-[...6 lines deleted...]
-      </c>
+          <t>507420</t>
+        </is>
+      </c>
+      <c r="B411" s="5" t="inlineStr"/>
       <c r="C411" s="6" t="inlineStr">
         <is>
-          <t>Аварийный светодиодный светильник LEDEL L-office 55 EM Standart, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 4000K Опал</t>
         </is>
       </c>
       <c r="D411" s="7" t="inlineStr">
         <is>
-          <t>50 Вт, 5605 лм, Д, 5000 К, IP50</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E411" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F411" s="8" t="inlineStr">
         <is>
-          <t>18 745,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G411" s="8" t="inlineStr">
         <is>
-          <t>17 810,00 ₽</t>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="5" t="inlineStr">
         <is>
-          <t>106337</t>
-[...6 lines deleted...]
-      </c>
+          <t>507439</t>
+        </is>
+      </c>
+      <c r="B412" s="5" t="inlineStr"/>
       <c r="C412" s="6" t="inlineStr">
         <is>
-          <t>Аварийный светодиодный светильник LEDEL L-school 16 EM Premium, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 4000K Опал Deep</t>
         </is>
       </c>
       <c r="D412" s="7" t="inlineStr">
         <is>
-          <t>15 Вт, 1750 лм, Д, 5000 К, IP20</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E412" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F412" s="8" t="inlineStr">
         <is>
-          <t>14 835,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G412" s="8" t="inlineStr">
         <is>
-          <t>14 095,00 ₽</t>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="5" t="inlineStr">
         <is>
-          <t>106357</t>
-[...6 lines deleted...]
-      </c>
+          <t>507431</t>
+        </is>
+      </c>
+      <c r="B413" s="5" t="inlineStr"/>
       <c r="C413" s="6" t="inlineStr">
         <is>
-          <t>Аварийный светодиодный светильник LEDEL L-school 16 EM Standart, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 4000K Опал Deep Черный</t>
         </is>
       </c>
       <c r="D413" s="7" t="inlineStr">
         <is>
-          <t>15 Вт, 1800 лм, Д, 5000 К, IP20</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E413" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F413" s="8" t="inlineStr">
         <is>
-          <t>13 915,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G413" s="8" t="inlineStr">
         <is>
-          <t>13 220,00 ₽</t>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="5" t="inlineStr">
         <is>
-          <t>106343</t>
-[...6 lines deleted...]
-      </c>
+          <t>507402</t>
+        </is>
+      </c>
+      <c r="B414" s="5" t="inlineStr"/>
       <c r="C414" s="6" t="inlineStr">
         <is>
-          <t>Аварийный светодиодный светильник LEDEL L-school 32 EM Premium, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 4000K Опал Черный</t>
         </is>
       </c>
       <c r="D414" s="7" t="inlineStr">
         <is>
-          <t>30 Вт, 3400 лм, Д, 5000 К, IP20</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E414" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F414" s="8" t="inlineStr">
         <is>
-          <t>15 525,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G414" s="8" t="inlineStr">
         <is>
-          <t>14 750,00 ₽</t>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="5" t="inlineStr">
         <is>
-          <t>106363</t>
-[...6 lines deleted...]
-      </c>
+          <t>507423</t>
+        </is>
+      </c>
+      <c r="B415" s="5" t="inlineStr"/>
       <c r="C415" s="6" t="inlineStr">
         <is>
-          <t>Аварийный светодиодный светильник LEDEL L-school 32 EM Standart, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 5000K Микропризма</t>
         </is>
       </c>
       <c r="D415" s="7" t="inlineStr">
         <is>
-          <t>30 Вт, 3850 лм, Д, 5000 К, IP20</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E415" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F415" s="8" t="inlineStr">
         <is>
-          <t>14 720,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G415" s="8" t="inlineStr">
         <is>
-          <t>13 985,00 ₽</t>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="5" t="inlineStr">
         <is>
-          <t>106346</t>
-[...6 lines deleted...]
-      </c>
+          <t>507405</t>
+        </is>
+      </c>
+      <c r="B416" s="5" t="inlineStr"/>
       <c r="C416" s="6" t="inlineStr">
         <is>
-          <t>Аварийный светодиодный светильник LEDEL L-school 32 S EM Premium, 4000К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 5000K Микропризма Черный</t>
         </is>
       </c>
       <c r="D416" s="7" t="inlineStr">
         <is>
-          <t>20 Вт, 2459 лм, Д, 4000 К, IP20</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E416" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F416" s="8" t="inlineStr">
         <is>
-          <t>17 825,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G416" s="8" t="inlineStr">
         <is>
-          <t>16 935,00 ₽</t>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="5" t="inlineStr">
         <is>
-          <t>106351</t>
-[...6 lines deleted...]
-      </c>
+          <t>507422</t>
+        </is>
+      </c>
+      <c r="B417" s="5" t="inlineStr"/>
       <c r="C417" s="6" t="inlineStr">
         <is>
-          <t>Аварийный светодиодный светильник LEDEL L-school 55 EM Premium, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 5000K Опал</t>
         </is>
       </c>
       <c r="D417" s="7" t="inlineStr">
         <is>
-          <t>32 Вт, 3800 лм, Д, 5000 К, IP20</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E417" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F417" s="8" t="inlineStr">
         <is>
-          <t>20 240,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G417" s="8" t="inlineStr">
         <is>
-          <t>19 228,00 ₽</t>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="5" t="inlineStr">
         <is>
-          <t>106369</t>
-[...6 lines deleted...]
-      </c>
+          <t>507440</t>
+        </is>
+      </c>
+      <c r="B418" s="5" t="inlineStr"/>
       <c r="C418" s="6" t="inlineStr">
         <is>
-          <t>Аварийный светодиодный светильник LEDEL L-school 55 EM Standart, 5000 К</t>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 5000K Опал Deep</t>
         </is>
       </c>
       <c r="D418" s="7" t="inlineStr">
         <is>
-          <t>50 Вт, 5550 лм, Д, 5000 К, IP20</t>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E418" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F418" s="8" t="inlineStr">
         <is>
-          <t>18 400,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G418" s="8" t="inlineStr">
         <is>
-          <t>17 480,00 ₽</t>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="419">
-      <c r="A419" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>ФОТОЛИТОГРАФИЯ - МИКРОЭЛЕКТРОНИКА</t>
+      <c r="A419" s="5" t="inlineStr">
+        <is>
+          <t>507404</t>
+        </is>
+      </c>
+      <c r="B419" s="5" t="inlineStr"/>
+      <c r="C419" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник Geniled Trade Linear Standart 980x65x60 20Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 980x65x60 60Вт 5000K Опал Черный</t>
+        </is>
+      </c>
+      <c r="D419" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E419" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F419" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G419" s="8" t="inlineStr">
+        <is>
+          <t>7 034,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="420">
-      <c r="A420" s="4" t="inlineStr">
-[...31 lines deleted...]
-          <t>Онлайн</t>
+      <c r="A420" s="5" t="inlineStr">
+        <is>
+          <t>507334</t>
+        </is>
+      </c>
+      <c r="B420" s="5" t="inlineStr"/>
+      <c r="C420" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный</t>
+        </is>
+      </c>
+      <c r="D420" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 980 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E420" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F420" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G420" s="8" t="inlineStr">
+        <is>
+          <t>3 985,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="5" t="inlineStr">
         <is>
+          <t>507353</t>
+        </is>
+      </c>
+      <c r="B421" s="5" t="inlineStr"/>
+      <c r="C421" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Микропризма</t>
+        </is>
+      </c>
+      <c r="D421" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 1000 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E421" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F421" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G421" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422" s="5" t="inlineStr">
+        <is>
+          <t>507335</t>
+        </is>
+      </c>
+      <c r="B422" s="5" t="inlineStr"/>
+      <c r="C422" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Микропризма Черный</t>
+        </is>
+      </c>
+      <c r="D422" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 1000 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E422" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F422" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G422" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423" s="5" t="inlineStr">
+        <is>
+          <t>507352</t>
+        </is>
+      </c>
+      <c r="B423" s="5" t="inlineStr"/>
+      <c r="C423" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал</t>
+        </is>
+      </c>
+      <c r="D423" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 980 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E423" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F423" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G423" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424" s="5" t="inlineStr">
+        <is>
+          <t>507379</t>
+        </is>
+      </c>
+      <c r="B424" s="5" t="inlineStr"/>
+      <c r="C424" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Deep</t>
+        </is>
+      </c>
+      <c r="D424" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 910 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E424" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F424" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G424" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425" s="5" t="inlineStr">
+        <is>
+          <t>507370</t>
+        </is>
+      </c>
+      <c r="B425" s="5" t="inlineStr"/>
+      <c r="C425" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Deep Черный</t>
+        </is>
+      </c>
+      <c r="D425" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 910 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E425" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F425" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G425" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426" s="5" t="inlineStr">
+        <is>
+          <t>507355</t>
+        </is>
+      </c>
+      <c r="B426" s="5" t="inlineStr"/>
+      <c r="C426" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 4000K Микропризма</t>
+        </is>
+      </c>
+      <c r="D426" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 1050 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E426" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F426" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G426" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427" s="5" t="inlineStr">
+        <is>
+          <t>507337</t>
+        </is>
+      </c>
+      <c r="B427" s="5" t="inlineStr"/>
+      <c r="C427" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 4000K Микропризма Черный</t>
+        </is>
+      </c>
+      <c r="D427" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 1050 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E427" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F427" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G427" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428" s="5" t="inlineStr">
+        <is>
+          <t>507354</t>
+        </is>
+      </c>
+      <c r="B428" s="5" t="inlineStr"/>
+      <c r="C428" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 4000K Опал</t>
+        </is>
+      </c>
+      <c r="D428" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 1030 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E428" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F428" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G428" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429" s="5" t="inlineStr">
+        <is>
+          <t>507380</t>
+        </is>
+      </c>
+      <c r="B429" s="5" t="inlineStr"/>
+      <c r="C429" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 4000K Опал Deep</t>
+        </is>
+      </c>
+      <c r="D429" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 960 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E429" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F429" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G429" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430" s="5" t="inlineStr">
+        <is>
+          <t>507371</t>
+        </is>
+      </c>
+      <c r="B430" s="5" t="inlineStr"/>
+      <c r="C430" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 4000K Опал Deep Черный</t>
+        </is>
+      </c>
+      <c r="D430" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 960 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E430" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F430" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G430" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431" s="5" t="inlineStr">
+        <is>
+          <t>507336</t>
+        </is>
+      </c>
+      <c r="B431" s="5" t="inlineStr"/>
+      <c r="C431" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 4000K Опал Черный</t>
+        </is>
+      </c>
+      <c r="D431" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 1030 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E431" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F431" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G431" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432" s="5" t="inlineStr">
+        <is>
+          <t>507357</t>
+        </is>
+      </c>
+      <c r="B432" s="5" t="inlineStr"/>
+      <c r="C432" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 5000K Микропризма</t>
+        </is>
+      </c>
+      <c r="D432" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 1100 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E432" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F432" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G432" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433" s="5" t="inlineStr">
+        <is>
+          <t>507339</t>
+        </is>
+      </c>
+      <c r="B433" s="5" t="inlineStr"/>
+      <c r="C433" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 5000K Микропризма Черный</t>
+        </is>
+      </c>
+      <c r="D433" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 1100 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E433" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F433" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G433" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434" s="5" t="inlineStr">
+        <is>
+          <t>507356</t>
+        </is>
+      </c>
+      <c r="B434" s="5" t="inlineStr"/>
+      <c r="C434" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 5000K Опал</t>
+        </is>
+      </c>
+      <c r="D434" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 1080 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E434" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F434" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G434" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435" s="5" t="inlineStr">
+        <is>
+          <t>507381</t>
+        </is>
+      </c>
+      <c r="B435" s="5" t="inlineStr"/>
+      <c r="C435" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 5000K Опал Deep</t>
+        </is>
+      </c>
+      <c r="D435" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 1000 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E435" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F435" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G435" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" s="5" t="inlineStr">
+        <is>
+          <t>507372</t>
+        </is>
+      </c>
+      <c r="B436" s="5" t="inlineStr"/>
+      <c r="C436" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 5000K Опал Deep Черный</t>
+        </is>
+      </c>
+      <c r="D436" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 1000 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E436" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F436" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G436" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" s="5" t="inlineStr">
+        <is>
+          <t>507338</t>
+        </is>
+      </c>
+      <c r="B437" s="5" t="inlineStr"/>
+      <c r="C437" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 5000K Опал Черный</t>
+        </is>
+      </c>
+      <c r="D437" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 1080 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E437" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F437" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G437" s="8" t="inlineStr">
+        <is>
+          <t>3 985,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" s="5" t="inlineStr">
+        <is>
+          <t>507359</t>
+        </is>
+      </c>
+      <c r="B438" s="5" t="inlineStr"/>
+      <c r="C438" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 3000K Микропризма</t>
+        </is>
+      </c>
+      <c r="D438" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 1990 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E438" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F438" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G438" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" s="5" t="inlineStr">
+        <is>
+          <t>507341</t>
+        </is>
+      </c>
+      <c r="B439" s="5" t="inlineStr"/>
+      <c r="C439" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 3000K Микропризма Черный</t>
+        </is>
+      </c>
+      <c r="D439" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 1990 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E439" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F439" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G439" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" s="5" t="inlineStr">
+        <is>
+          <t>507358</t>
+        </is>
+      </c>
+      <c r="B440" s="5" t="inlineStr"/>
+      <c r="C440" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 3000K Опал</t>
+        </is>
+      </c>
+      <c r="D440" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E440" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F440" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G440" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" s="5" t="inlineStr">
+        <is>
+          <t>507382</t>
+        </is>
+      </c>
+      <c r="B441" s="5" t="inlineStr"/>
+      <c r="C441" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 3000K Опал Deep</t>
+        </is>
+      </c>
+      <c r="D441" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 1810 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E441" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F441" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G441" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" s="5" t="inlineStr">
+        <is>
+          <t>507373</t>
+        </is>
+      </c>
+      <c r="B442" s="5" t="inlineStr"/>
+      <c r="C442" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 3000K Опал Deep Черный</t>
+        </is>
+      </c>
+      <c r="D442" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 1810 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E442" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F442" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G442" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" s="5" t="inlineStr">
+        <is>
+          <t>507340</t>
+        </is>
+      </c>
+      <c r="B443" s="5" t="inlineStr"/>
+      <c r="C443" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 3000K Опал Черный</t>
+        </is>
+      </c>
+      <c r="D443" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 1950 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E443" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F443" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G443" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" s="5" t="inlineStr">
+        <is>
+          <t>507361</t>
+        </is>
+      </c>
+      <c r="B444" s="5" t="inlineStr"/>
+      <c r="C444" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 4000K Микропризма</t>
+        </is>
+      </c>
+      <c r="D444" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 2090 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E444" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F444" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G444" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" s="5" t="inlineStr">
+        <is>
+          <t>507343</t>
+        </is>
+      </c>
+      <c r="B445" s="5" t="inlineStr"/>
+      <c r="C445" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 4000K Микропризма Черный</t>
+        </is>
+      </c>
+      <c r="D445" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 2090 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E445" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F445" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G445" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" s="5" t="inlineStr">
+        <is>
+          <t>507360</t>
+        </is>
+      </c>
+      <c r="B446" s="5" t="inlineStr"/>
+      <c r="C446" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 4000K Опал</t>
+        </is>
+      </c>
+      <c r="D446" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 2050 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E446" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F446" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G446" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" s="5" t="inlineStr">
+        <is>
+          <t>507383</t>
+        </is>
+      </c>
+      <c r="B447" s="5" t="inlineStr"/>
+      <c r="C447" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 4000K Опал Deep</t>
+        </is>
+      </c>
+      <c r="D447" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 2050 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E447" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F447" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G447" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" s="5" t="inlineStr">
+        <is>
+          <t>507374</t>
+        </is>
+      </c>
+      <c r="B448" s="5" t="inlineStr"/>
+      <c r="C448" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 4000K Опал Deep Черный</t>
+        </is>
+      </c>
+      <c r="D448" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 1910 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E448" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F448" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G448" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" s="5" t="inlineStr">
+        <is>
+          <t>507342</t>
+        </is>
+      </c>
+      <c r="B449" s="5" t="inlineStr"/>
+      <c r="C449" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 4000K Опал Черный</t>
+        </is>
+      </c>
+      <c r="D449" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 2050 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E449" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F449" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G449" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" s="5" t="inlineStr">
+        <is>
+          <t>507363</t>
+        </is>
+      </c>
+      <c r="B450" s="5" t="inlineStr"/>
+      <c r="C450" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 5000K Микропризма</t>
+        </is>
+      </c>
+      <c r="D450" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 2200 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E450" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F450" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G450" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" s="5" t="inlineStr">
+        <is>
+          <t>507345</t>
+        </is>
+      </c>
+      <c r="B451" s="5" t="inlineStr"/>
+      <c r="C451" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 5000K Микропризма Черный</t>
+        </is>
+      </c>
+      <c r="D451" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 2200 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E451" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F451" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G451" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" s="5" t="inlineStr">
+        <is>
+          <t>507362</t>
+        </is>
+      </c>
+      <c r="B452" s="5" t="inlineStr"/>
+      <c r="C452" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 5000K Опал</t>
+        </is>
+      </c>
+      <c r="D452" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 2160 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E452" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F452" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G452" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" s="5" t="inlineStr">
+        <is>
+          <t>507384</t>
+        </is>
+      </c>
+      <c r="B453" s="5" t="inlineStr"/>
+      <c r="C453" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 5000K Опал Deep</t>
+        </is>
+      </c>
+      <c r="D453" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 2010 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E453" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F453" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G453" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" s="5" t="inlineStr">
+        <is>
+          <t>507375</t>
+        </is>
+      </c>
+      <c r="B454" s="5" t="inlineStr"/>
+      <c r="C454" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 5000K Опал Deep Черный</t>
+        </is>
+      </c>
+      <c r="D454" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 2010 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E454" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F454" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G454" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" s="5" t="inlineStr">
+        <is>
+          <t>507344</t>
+        </is>
+      </c>
+      <c r="B455" s="5" t="inlineStr"/>
+      <c r="C455" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 20Вт 5000K Опал Черный</t>
+        </is>
+      </c>
+      <c r="D455" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 2160 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E455" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F455" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G455" s="8" t="inlineStr">
+        <is>
+          <t>4 391,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" s="5" t="inlineStr">
+        <is>
+          <t>507365</t>
+        </is>
+      </c>
+      <c r="B456" s="5" t="inlineStr"/>
+      <c r="C456" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 3000K Микропризма</t>
+        </is>
+      </c>
+      <c r="D456" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 2980 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E456" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F456" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G456" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" s="5" t="inlineStr">
+        <is>
+          <t>507347</t>
+        </is>
+      </c>
+      <c r="B457" s="5" t="inlineStr"/>
+      <c r="C457" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 3000K Микропризма Черный</t>
+        </is>
+      </c>
+      <c r="D457" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 2980 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E457" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F457" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G457" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" s="5" t="inlineStr">
+        <is>
+          <t>507364</t>
+        </is>
+      </c>
+      <c r="B458" s="5" t="inlineStr"/>
+      <c r="C458" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 3000K Опал</t>
+        </is>
+      </c>
+      <c r="D458" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 2930 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E458" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F458" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G458" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" s="5" t="inlineStr">
+        <is>
+          <t>507385</t>
+        </is>
+      </c>
+      <c r="B459" s="5" t="inlineStr"/>
+      <c r="C459" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 3000K Опал Deep</t>
+        </is>
+      </c>
+      <c r="D459" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 2720 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E459" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F459" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G459" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" s="5" t="inlineStr">
+        <is>
+          <t>507376</t>
+        </is>
+      </c>
+      <c r="B460" s="5" t="inlineStr"/>
+      <c r="C460" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 3000K Опал Deep Черный</t>
+        </is>
+      </c>
+      <c r="D460" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 2720 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E460" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F460" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G460" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" s="5" t="inlineStr">
+        <is>
+          <t>507346</t>
+        </is>
+      </c>
+      <c r="B461" s="5" t="inlineStr"/>
+      <c r="C461" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 3000K Опал Черный</t>
+        </is>
+      </c>
+      <c r="D461" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 2930 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E461" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F461" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G461" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" s="5" t="inlineStr">
+        <is>
+          <t>507367</t>
+        </is>
+      </c>
+      <c r="B462" s="5" t="inlineStr"/>
+      <c r="C462" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 4000K Микропризма</t>
+        </is>
+      </c>
+      <c r="D462" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3140 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E462" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F462" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G462" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" s="5" t="inlineStr">
+        <is>
+          <t>507349</t>
+        </is>
+      </c>
+      <c r="B463" s="5" t="inlineStr"/>
+      <c r="C463" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 4000K Микропризма Черный</t>
+        </is>
+      </c>
+      <c r="D463" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3140 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E463" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F463" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G463" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" s="5" t="inlineStr">
+        <is>
+          <t>507366</t>
+        </is>
+      </c>
+      <c r="B464" s="5" t="inlineStr"/>
+      <c r="C464" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 4000K Опал</t>
+        </is>
+      </c>
+      <c r="D464" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3080 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E464" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F464" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G464" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" s="5" t="inlineStr">
+        <is>
+          <t>507386</t>
+        </is>
+      </c>
+      <c r="B465" s="5" t="inlineStr"/>
+      <c r="C465" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 4000K Опал Deep</t>
+        </is>
+      </c>
+      <c r="D465" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 2860 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E465" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F465" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G465" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" s="5" t="inlineStr">
+        <is>
+          <t>507377</t>
+        </is>
+      </c>
+      <c r="B466" s="5" t="inlineStr"/>
+      <c r="C466" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 4000K Опал Deep Черный</t>
+        </is>
+      </c>
+      <c r="D466" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 2860 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E466" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F466" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G466" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" s="5" t="inlineStr">
+        <is>
+          <t>507348</t>
+        </is>
+      </c>
+      <c r="B467" s="5" t="inlineStr"/>
+      <c r="C467" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 4000K Опал Черный</t>
+        </is>
+      </c>
+      <c r="D467" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3080 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E467" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F467" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G467" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" s="5" t="inlineStr">
+        <is>
+          <t>507369</t>
+        </is>
+      </c>
+      <c r="B468" s="5" t="inlineStr"/>
+      <c r="C468" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 5000K Микропризма</t>
+        </is>
+      </c>
+      <c r="D468" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3300 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E468" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F468" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G468" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" s="5" t="inlineStr">
+        <is>
+          <t>507351</t>
+        </is>
+      </c>
+      <c r="B469" s="5" t="inlineStr"/>
+      <c r="C469" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 5000K Микропризма Черный</t>
+        </is>
+      </c>
+      <c r="D469" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3300 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E469" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F469" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G469" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" s="5" t="inlineStr">
+        <is>
+          <t>507368</t>
+        </is>
+      </c>
+      <c r="B470" s="5" t="inlineStr"/>
+      <c r="C470" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 5000K Опал</t>
+        </is>
+      </c>
+      <c r="D470" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3240 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E470" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F470" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G470" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" s="5" t="inlineStr">
+        <is>
+          <t>507387</t>
+        </is>
+      </c>
+      <c r="B471" s="5" t="inlineStr"/>
+      <c r="C471" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 5000K Опал Deep</t>
+        </is>
+      </c>
+      <c r="D471" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3010 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E471" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F471" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G471" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" s="5" t="inlineStr">
+        <is>
+          <t>507378</t>
+        </is>
+      </c>
+      <c r="B472" s="5" t="inlineStr"/>
+      <c r="C472" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 5000K Опал Deep Черный</t>
+        </is>
+      </c>
+      <c r="D472" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3010 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E472" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F472" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G472" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" s="5" t="inlineStr">
+        <is>
+          <t>507350</t>
+        </is>
+      </c>
+      <c r="B473" s="5" t="inlineStr"/>
+      <c r="C473" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светодиодный светильник Geniled Trade Linear Standart 490x65x60 10Вт 3000K Опал Черный, Светодиодный светильник Geniled Trade Linear Standart 490x65x60 30Вт 5000K Опал Черный</t>
+        </is>
+      </c>
+      <c r="D473" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3240 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E473" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F473" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G473" s="8" t="inlineStr">
+        <is>
+          <t>4 833,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" s="5" t="inlineStr">
+        <is>
+          <t>109647</t>
+        </is>
+      </c>
+      <c r="B474" s="5" t="inlineStr">
+        <is>
+          <t>LE-ССО-14-020-0754-20Д</t>
+        </is>
+      </c>
+      <c r="C474" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDeffect РИТЕЙЛ 20, одиночный, текстурированный рассеиватель</t>
+        </is>
+      </c>
+      <c r="D474" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 1600 лм, Д, 4000 К, IP20</t>
+        </is>
+      </c>
+      <c r="E474" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F474" s="8" t="inlineStr">
+        <is>
+          <t>6 004,00 ₽</t>
+        </is>
+      </c>
+      <c r="G474" s="8" t="inlineStr">
+        <is>
+          <t>5 704,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" s="5" t="inlineStr">
+        <is>
+          <t>109651</t>
+        </is>
+      </c>
+      <c r="B475" s="5" t="inlineStr">
+        <is>
+          <t>LE-ССО-14-040-0756-20Д</t>
+        </is>
+      </c>
+      <c r="C475" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDeffect РИТЕЙЛ 40 подвесной, одиночный, текстурированный рассеиватель</t>
+        </is>
+      </c>
+      <c r="D475" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4000 лм, Д, 4000 К, IP20</t>
+        </is>
+      </c>
+      <c r="E475" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F475" s="8" t="inlineStr">
+        <is>
+          <t>7 867,00 ₽</t>
+        </is>
+      </c>
+      <c r="G475" s="8" t="inlineStr">
+        <is>
+          <t>7 474,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" s="5" t="inlineStr">
+        <is>
+          <t>109655</t>
+        </is>
+      </c>
+      <c r="B476" s="5" t="inlineStr">
+        <is>
+          <t>LE-ССО-14-055-0471-20Д</t>
+        </is>
+      </c>
+      <c r="C476" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDeffect РИТЕЙЛ 55 подвесной, одиночный, текстурированный рассеиватель</t>
+        </is>
+      </c>
+      <c r="D476" s="7" t="inlineStr">
+        <is>
+          <t>55 Вт, 5800 лм, Д, 4000 К, IP20</t>
+        </is>
+      </c>
+      <c r="E476" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F476" s="8" t="inlineStr">
+        <is>
+          <t>10 099,00 ₽</t>
+        </is>
+      </c>
+      <c r="G476" s="8" t="inlineStr">
+        <is>
+          <t>9 595,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" s="5" t="inlineStr">
+        <is>
+          <t>109679</t>
+        </is>
+      </c>
+      <c r="B477" s="5" t="inlineStr">
+        <is>
+          <t>LE-ССО-14-040-1140-20Д</t>
+        </is>
+      </c>
+      <c r="C477" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDeffect РИТЕЙЛ ЛАЙТ 100, текстурированный рассеиватель</t>
+        </is>
+      </c>
+      <c r="D477" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 5000 лм, Д, 4000 К, IP20</t>
+        </is>
+      </c>
+      <c r="E477" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F477" s="8" t="inlineStr">
+        <is>
+          <t>8 556,00 ₽</t>
+        </is>
+      </c>
+      <c r="G477" s="8" t="inlineStr">
+        <is>
+          <t>8 129,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" s="5" t="inlineStr">
+        <is>
+          <t>109671</t>
+        </is>
+      </c>
+      <c r="B478" s="5" t="inlineStr">
+        <is>
+          <t>LE-ССО-14-040-0736-20Д</t>
+        </is>
+      </c>
+      <c r="C478" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDeffect РИТЕЙЛ ЛАЙТ, одиночный, текстурированный рассеиватель</t>
+        </is>
+      </c>
+      <c r="D478" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 3750 лм, Д, 4000 К, IP20</t>
+        </is>
+      </c>
+      <c r="E478" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F478" s="8" t="inlineStr">
+        <is>
+          <t>7 392,00 ₽</t>
+        </is>
+      </c>
+      <c r="G478" s="8" t="inlineStr">
+        <is>
+          <t>7 023,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" s="5" t="inlineStr">
+        <is>
+          <t>109681</t>
+        </is>
+      </c>
+      <c r="B479" s="5" t="inlineStr">
+        <is>
+          <t>LE-ССО-14-028-0748-20Д</t>
+        </is>
+      </c>
+      <c r="C479" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDeffect РИТЕЙЛ ОПТИК 25, КСС К, 4000 К</t>
+        </is>
+      </c>
+      <c r="D479" s="7" t="inlineStr">
+        <is>
+          <t>25 Вт, 2700 лм, К, 4000 К, IP20</t>
+        </is>
+      </c>
+      <c r="E479" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F479" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G479" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" s="5" t="inlineStr">
+        <is>
+          <t>109697</t>
+        </is>
+      </c>
+      <c r="B480" s="5" t="inlineStr">
+        <is>
+          <t>LE-СВО-14-025-1048-20Д</t>
+        </is>
+      </c>
+      <c r="C480" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDeffect РИТЕЙЛ СВО 25, 4000 К, текстурированный рассеиватель</t>
+        </is>
+      </c>
+      <c r="D480" s="7" t="inlineStr">
+        <is>
+          <t>25 Вт, 2400 лм, Д, 4000 К, IP20</t>
+        </is>
+      </c>
+      <c r="E480" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F480" s="8" t="inlineStr">
+        <is>
+          <t>6 694,00 ₽</t>
+        </is>
+      </c>
+      <c r="G480" s="8" t="inlineStr">
+        <is>
+          <t>6 360,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" s="5" t="inlineStr">
+        <is>
+          <t>109701</t>
+        </is>
+      </c>
+      <c r="B481" s="5" t="inlineStr">
+        <is>
+          <t>LE-СВО-14-040-0677-20Д</t>
+        </is>
+      </c>
+      <c r="C481" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDeffect РИТЕЙЛ СВО 40, 4000 К, текстурированный рассеиватель</t>
+        </is>
+      </c>
+      <c r="D481" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 3400 лм, Д, 4000 К, IP20</t>
+        </is>
+      </c>
+      <c r="E481" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F481" s="8" t="inlineStr">
+        <is>
+          <t>7 728,00 ₽</t>
+        </is>
+      </c>
+      <c r="G481" s="8" t="inlineStr">
+        <is>
+          <t>7 342,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" s="5" t="inlineStr">
+        <is>
+          <t>110005</t>
+        </is>
+      </c>
+      <c r="B482" s="5" t="inlineStr">
+        <is>
+          <t>LE-ССО-16-040-1270-40Д белый</t>
+        </is>
+      </c>
+      <c r="C482" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDeffect ТРЕК 40, 4000 К, белый</t>
+        </is>
+      </c>
+      <c r="D482" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 3950 лм, Г, 4000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E482" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F482" s="8" t="inlineStr">
+        <is>
+          <t>11 600,00 ₽</t>
+        </is>
+      </c>
+      <c r="G482" s="8" t="inlineStr">
+        <is>
+          <t>11 600,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" s="5" t="inlineStr">
+        <is>
+          <t>106467</t>
+        </is>
+      </c>
+      <c r="B483" s="5" t="inlineStr">
+        <is>
+          <t>211012</t>
+        </is>
+      </c>
+      <c r="C483" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDEL L-trade 16 Standart, 5000 К</t>
+        </is>
+      </c>
+      <c r="D483" s="7" t="inlineStr">
+        <is>
+          <t>15 Вт, 1507 лм, Д, 5000 К, IP54</t>
+        </is>
+      </c>
+      <c r="E483" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F483" s="8" t="inlineStr">
+        <is>
+          <t>8 050,00 ₽</t>
+        </is>
+      </c>
+      <c r="G483" s="8" t="inlineStr">
+        <is>
+          <t>6 100,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" s="5" t="inlineStr">
+        <is>
+          <t>106473</t>
+        </is>
+      </c>
+      <c r="B484" s="5" t="inlineStr">
+        <is>
+          <t>211011</t>
+        </is>
+      </c>
+      <c r="C484" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDEL L-trade 16 Standart Easy Lock, 5000 К</t>
+        </is>
+      </c>
+      <c r="D484" s="7" t="inlineStr">
+        <is>
+          <t>15 Вт, 1507 лм, Д, 5000 К, IP30</t>
+        </is>
+      </c>
+      <c r="E484" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F484" s="8" t="inlineStr">
+        <is>
+          <t>10 500,00 ₽</t>
+        </is>
+      </c>
+      <c r="G484" s="8" t="inlineStr">
+        <is>
+          <t>10 500,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" s="5" t="inlineStr">
+        <is>
+          <t>106469</t>
+        </is>
+      </c>
+      <c r="B485" s="5" t="inlineStr">
+        <is>
+          <t>221012</t>
+        </is>
+      </c>
+      <c r="C485" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDEL L-trade 32 Standart, 5000 К</t>
+        </is>
+      </c>
+      <c r="D485" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3024 лм, Д, 5000 К, IP54</t>
+        </is>
+      </c>
+      <c r="E485" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F485" s="8" t="inlineStr">
+        <is>
+          <t>10 925,00 ₽</t>
+        </is>
+      </c>
+      <c r="G485" s="8" t="inlineStr">
+        <is>
+          <t>10 380,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" s="5" t="inlineStr">
+        <is>
+          <t>106475</t>
+        </is>
+      </c>
+      <c r="B486" s="5" t="inlineStr">
+        <is>
+          <t>221011</t>
+        </is>
+      </c>
+      <c r="C486" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDEL L-trade 32 Standart Easy Lock, 5000 К</t>
+        </is>
+      </c>
+      <c r="D486" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3024 лм, Д, 5000 К, IP30</t>
+        </is>
+      </c>
+      <c r="E486" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F486" s="8" t="inlineStr">
+        <is>
+          <t>19 000,00 ₽</t>
+        </is>
+      </c>
+      <c r="G486" s="8" t="inlineStr">
+        <is>
+          <t>19 000,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" s="5" t="inlineStr">
+        <is>
+          <t>106471</t>
+        </is>
+      </c>
+      <c r="B487" s="5" t="inlineStr">
+        <is>
+          <t>231012</t>
+        </is>
+      </c>
+      <c r="C487" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDEL L-trade 55 Standart, 5000 К</t>
+        </is>
+      </c>
+      <c r="D487" s="7" t="inlineStr">
+        <is>
+          <t>45 Вт, 4517 лм, Д, 5000 К, IP54</t>
+        </is>
+      </c>
+      <c r="E487" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F487" s="8" t="inlineStr">
+        <is>
+          <t>14 375,00 ₽</t>
+        </is>
+      </c>
+      <c r="G487" s="8" t="inlineStr">
+        <is>
+          <t>13 657,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" s="5" t="inlineStr">
+        <is>
+          <t>106477</t>
+        </is>
+      </c>
+      <c r="B488" s="5" t="inlineStr">
+        <is>
+          <t>231011</t>
+        </is>
+      </c>
+      <c r="C488" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDEL L-trade 55 Standart Easy Lock, 5000 К</t>
+        </is>
+      </c>
+      <c r="D488" s="7" t="inlineStr">
+        <is>
+          <t>45 Вт, 4517 лм, Д, 5000 К, IP30</t>
+        </is>
+      </c>
+      <c r="E488" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F488" s="8" t="inlineStr">
+        <is>
+          <t>26 000,00 ₽</t>
+        </is>
+      </c>
+      <c r="G488" s="8" t="inlineStr">
+        <is>
+          <t>26 000,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" s="5" t="inlineStr">
+        <is>
+          <t>106499</t>
+        </is>
+      </c>
+      <c r="B489" s="5" t="inlineStr">
+        <is>
+          <t>205101500853300</t>
+        </is>
+      </c>
+      <c r="C489" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDEL L-trade II 12, 5000 К</t>
+        </is>
+      </c>
+      <c r="D489" s="7" t="inlineStr">
+        <is>
+          <t>15 Вт, 1650 лм, Д, 5000 К, IP66</t>
+        </is>
+      </c>
+      <c r="E489" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F489" s="8" t="inlineStr">
+        <is>
+          <t>7 370,00 ₽</t>
+        </is>
+      </c>
+      <c r="G489" s="8" t="inlineStr">
+        <is>
+          <t>7 005,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" s="5" t="inlineStr">
+        <is>
+          <t>106407</t>
+        </is>
+      </c>
+      <c r="B490" s="5" t="inlineStr">
+        <is>
+          <t>210045</t>
+        </is>
+      </c>
+      <c r="C490" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDEL L-trade II 130, 5000 К</t>
+        </is>
+      </c>
+      <c r="D490" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 14400 лм, Д, 5000 К, IP66</t>
+        </is>
+      </c>
+      <c r="E490" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F490" s="8" t="inlineStr">
+        <is>
+          <t>31 790,00 ₽</t>
+        </is>
+      </c>
+      <c r="G490" s="8" t="inlineStr">
+        <is>
+          <t>30 201,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" s="5" t="inlineStr">
+        <is>
+          <t>106455</t>
+        </is>
+      </c>
+      <c r="B491" s="5" t="inlineStr">
+        <is>
+          <t>210040</t>
+        </is>
+      </c>
+      <c r="C491" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDEL L-trade II 130 Easy Lock, 5000 К</t>
+        </is>
+      </c>
+      <c r="D491" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 14400 лм, Д, 5000 К, IP66</t>
+        </is>
+      </c>
+      <c r="E491" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F491" s="8" t="inlineStr">
+        <is>
+          <t>30 000,00 ₽</t>
+        </is>
+      </c>
+      <c r="G491" s="8" t="inlineStr">
+        <is>
+          <t>30 000,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" s="5" t="inlineStr">
+        <is>
+          <t>106371</t>
+        </is>
+      </c>
+      <c r="B492" s="5" t="inlineStr">
+        <is>
+          <t>210015</t>
+        </is>
+      </c>
+      <c r="C492" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDEL L-trade II 20, 5000 К</t>
+        </is>
+      </c>
+      <c r="D492" s="7" t="inlineStr">
+        <is>
+          <t>19 Вт, 2660 лм, Д, 5000 К, IP66</t>
+        </is>
+      </c>
+      <c r="E492" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F492" s="8" t="inlineStr">
+        <is>
+          <t>9 900,00 ₽</t>
+        </is>
+      </c>
+      <c r="G492" s="8" t="inlineStr">
+        <is>
+          <t>9 405,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" s="5" t="inlineStr">
+        <is>
+          <t>106419</t>
+        </is>
+      </c>
+      <c r="B493" s="5" t="inlineStr">
+        <is>
+          <t>210010</t>
+        </is>
+      </c>
+      <c r="C493" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDEL L-trade II 20 Easy Lock, 5000 К</t>
+        </is>
+      </c>
+      <c r="D493" s="7" t="inlineStr">
+        <is>
+          <t>19 Вт, 2660 лм, Д, 5000 К, IP66</t>
+        </is>
+      </c>
+      <c r="E493" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F493" s="8" t="inlineStr">
+        <is>
+          <t>13 000,00 ₽</t>
+        </is>
+      </c>
+      <c r="G493" s="8" t="inlineStr">
+        <is>
+          <t>13 000,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" s="5" t="inlineStr">
+        <is>
+          <t>106383</t>
+        </is>
+      </c>
+      <c r="B494" s="5" t="inlineStr">
+        <is>
+          <t>210025</t>
+        </is>
+      </c>
+      <c r="C494" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDEL L-trade II 45, 5000 К</t>
+        </is>
+      </c>
+      <c r="D494" s="7" t="inlineStr">
+        <is>
+          <t>37 Вт, 5180 лм, Д, 5000 К, IP66</t>
+        </is>
+      </c>
+      <c r="E494" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F494" s="8" t="inlineStr">
+        <is>
+          <t>13 090,00 ₽</t>
+        </is>
+      </c>
+      <c r="G494" s="8" t="inlineStr">
+        <is>
+          <t>12 436,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" s="5" t="inlineStr">
+        <is>
+          <t>106431</t>
+        </is>
+      </c>
+      <c r="B495" s="5" t="inlineStr">
+        <is>
+          <t>210020</t>
+        </is>
+      </c>
+      <c r="C495" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDEL L-trade II 45 Easy Lock, 5000 К</t>
+        </is>
+      </c>
+      <c r="D495" s="7" t="inlineStr">
+        <is>
+          <t>37 Вт, 5180 лм, Д, 5000 К, IP66</t>
+        </is>
+      </c>
+      <c r="E495" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F495" s="8" t="inlineStr">
+        <is>
+          <t>20 500,00 ₽</t>
+        </is>
+      </c>
+      <c r="G495" s="8" t="inlineStr">
+        <is>
+          <t>20 500,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" s="5" t="inlineStr">
+        <is>
+          <t>106395</t>
+        </is>
+      </c>
+      <c r="B496" s="5" t="inlineStr">
+        <is>
+          <t>210035</t>
+        </is>
+      </c>
+      <c r="C496" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDEL L-trade II 65, 5000 К</t>
+        </is>
+      </c>
+      <c r="D496" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 7200 лм, Д, 5000 К, IP66</t>
+        </is>
+      </c>
+      <c r="E496" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F496" s="8" t="inlineStr">
+        <is>
+          <t>17 490,00 ₽</t>
+        </is>
+      </c>
+      <c r="G496" s="8" t="inlineStr">
+        <is>
+          <t>16 616,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" s="5" t="inlineStr">
+        <is>
+          <t>106443</t>
+        </is>
+      </c>
+      <c r="B497" s="5" t="inlineStr">
+        <is>
+          <t>210030</t>
+        </is>
+      </c>
+      <c r="C497" s="6" t="inlineStr">
+        <is>
+          <t>Торговый светильник LEDEL L-trade II 65 Easy Lock, 5000 К</t>
+        </is>
+      </c>
+      <c r="D497" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 7200 лм, Д, 5000 К, IP66</t>
+        </is>
+      </c>
+      <c r="E497" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F497" s="8" t="inlineStr">
+        <is>
+          <t>23 500,00 ₽</t>
+        </is>
+      </c>
+      <c r="G497" s="8" t="inlineStr">
+        <is>
+          <t>23 500,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" s="3" t="inlineStr">
+        <is>
+          <t>ТРЕКОВЫЕ</t>
+        </is>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" s="3" t="inlineStr">
+        <is>
+          <t>ДЛЯ ЧИСТЫХ И МЕДИЦИНСКИХ ПОМЕЩЕНИЙ</t>
+        </is>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" s="4" t="inlineStr">
+        <is>
+          <t>Артикул</t>
+        </is>
+      </c>
+      <c r="B500" s="4" t="inlineStr">
+        <is>
+          <t>Код производителя</t>
+        </is>
+      </c>
+      <c r="C500" s="4" t="inlineStr">
+        <is>
+          <t>Название</t>
+        </is>
+      </c>
+      <c r="D500" s="4" t="inlineStr">
+        <is>
+          <t>Характеристики</t>
+        </is>
+      </c>
+      <c r="E500" s="4" t="inlineStr">
+        <is>
+          <t>Гар.</t>
+        </is>
+      </c>
+      <c r="F500" s="4" t="inlineStr">
+        <is>
+          <t>Розничная</t>
+        </is>
+      </c>
+      <c r="G500" s="4" t="inlineStr">
+        <is>
+          <t>Онлайн</t>
+        </is>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" s="5" t="inlineStr">
+        <is>
+          <t>103103</t>
+        </is>
+      </c>
+      <c r="B501" s="5" t="inlineStr">
+        <is>
+          <t>ССдО 03-020-005 IP54/65</t>
+        </is>
+      </c>
+      <c r="C501" s="6" t="inlineStr">
+        <is>
+          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 20</t>
+        </is>
+      </c>
+      <c r="D501" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 2430 лм, Д, 5000 К, IP54</t>
+        </is>
+      </c>
+      <c r="E501" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F501" s="8" t="inlineStr">
+        <is>
+          <t>9 711,00 ₽</t>
+        </is>
+      </c>
+      <c r="G501" s="8" t="inlineStr">
+        <is>
+          <t>9 226,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" s="5" t="inlineStr">
+        <is>
+          <t>101103</t>
+        </is>
+      </c>
+      <c r="B502" s="5" t="inlineStr">
+        <is>
+          <t>ССдО 03-030-005 IP54/65</t>
+        </is>
+      </c>
+      <c r="C502" s="6" t="inlineStr">
+        <is>
+          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 30</t>
+        </is>
+      </c>
+      <c r="D502" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3645 лм, Д, 5000 К, IP54</t>
+        </is>
+      </c>
+      <c r="E502" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F502" s="8" t="inlineStr">
+        <is>
+          <t>9 898,00 ₽</t>
+        </is>
+      </c>
+      <c r="G502" s="8" t="inlineStr">
+        <is>
+          <t>9 404,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" s="5" t="inlineStr">
+        <is>
+          <t>101102</t>
+        </is>
+      </c>
+      <c r="B503" s="5" t="inlineStr">
+        <is>
+          <t>ССдО 03-035-005 IP54/65</t>
+        </is>
+      </c>
+      <c r="C503" s="6" t="inlineStr">
+        <is>
+          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 35</t>
+        </is>
+      </c>
+      <c r="D503" s="7" t="inlineStr">
+        <is>
+          <t>35 Вт, 4253 лм, Д, 5000 К, IP53</t>
+        </is>
+      </c>
+      <c r="E503" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F503" s="8" t="inlineStr">
+        <is>
+          <t>10 047,00 ₽</t>
+        </is>
+      </c>
+      <c r="G503" s="8" t="inlineStr">
+        <is>
+          <t>9 545,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" s="5" t="inlineStr">
+        <is>
+          <t>101101</t>
+        </is>
+      </c>
+      <c r="B504" s="5" t="inlineStr">
+        <is>
+          <t>ССдО 03-040-005 IP54/65</t>
+        </is>
+      </c>
+      <c r="C504" s="6" t="inlineStr">
+        <is>
+          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 40</t>
+        </is>
+      </c>
+      <c r="D504" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4860 лм, Д, 5000 К, IP54</t>
+        </is>
+      </c>
+      <c r="E504" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F504" s="8" t="inlineStr">
+        <is>
+          <t>10 219,00 ₽</t>
+        </is>
+      </c>
+      <c r="G504" s="8" t="inlineStr">
+        <is>
+          <t>9 709,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" s="5" t="inlineStr">
+        <is>
+          <t>101100</t>
+        </is>
+      </c>
+      <c r="B505" s="5" t="inlineStr">
+        <is>
+          <t>ССдО 03-045-005 IP54/65</t>
+        </is>
+      </c>
+      <c r="C505" s="6" t="inlineStr">
+        <is>
+          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 45</t>
+        </is>
+      </c>
+      <c r="D505" s="7" t="inlineStr">
+        <is>
+          <t>45 Вт, 5468 лм, Д, 5000 К, IP54</t>
+        </is>
+      </c>
+      <c r="E505" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F505" s="8" t="inlineStr">
+        <is>
+          <t>10 916,00 ₽</t>
+        </is>
+      </c>
+      <c r="G505" s="8" t="inlineStr">
+        <is>
+          <t>10 371,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506" s="5" t="inlineStr">
+        <is>
+          <t>101203</t>
+        </is>
+      </c>
+      <c r="B506" s="5" t="inlineStr">
+        <is>
+          <t>ССдО 03-050-005 IP54/65</t>
+        </is>
+      </c>
+      <c r="C506" s="6" t="inlineStr">
+        <is>
+          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 50</t>
+        </is>
+      </c>
+      <c r="D506" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 6075 лм, Д, 5000 К, IP54</t>
+        </is>
+      </c>
+      <c r="E506" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F506" s="8" t="inlineStr">
+        <is>
+          <t>11 117,00 ₽</t>
+        </is>
+      </c>
+      <c r="G506" s="8" t="inlineStr">
+        <is>
+          <t>10 562,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507" s="5" t="inlineStr">
+        <is>
+          <t>101202</t>
+        </is>
+      </c>
+      <c r="B507" s="5" t="inlineStr">
+        <is>
+          <t>ССдО 03-060-005 IP54/65</t>
+        </is>
+      </c>
+      <c r="C507" s="6" t="inlineStr">
+        <is>
+          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 60</t>
+        </is>
+      </c>
+      <c r="D507" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 7290 лм, Д, 5000 К, IP54</t>
+        </is>
+      </c>
+      <c r="E507" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F507" s="8" t="inlineStr">
+        <is>
+          <t>11 176,00 ₽</t>
+        </is>
+      </c>
+      <c r="G507" s="8" t="inlineStr">
+        <is>
+          <t>10 618,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508" s="5" t="inlineStr">
+        <is>
+          <t>101201</t>
+        </is>
+      </c>
+      <c r="B508" s="5" t="inlineStr">
+        <is>
+          <t>ССдО 03-070-005 IP54/65</t>
+        </is>
+      </c>
+      <c r="C508" s="6" t="inlineStr">
+        <is>
+          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 70</t>
+        </is>
+      </c>
+      <c r="D508" s="7" t="inlineStr">
+        <is>
+          <t>70 Вт, 8505 лм, Д, 5000 К, IP54</t>
+        </is>
+      </c>
+      <c r="E508" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F508" s="8" t="inlineStr">
+        <is>
+          <t>11 697,00 ₽</t>
+        </is>
+      </c>
+      <c r="G508" s="8" t="inlineStr">
+        <is>
+          <t>11 113,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" s="5" t="inlineStr">
+        <is>
+          <t>101200</t>
+        </is>
+      </c>
+      <c r="B509" s="5" t="inlineStr">
+        <is>
+          <t>ССдО 03-080-005 IP54/65</t>
+        </is>
+      </c>
+      <c r="C509" s="6" t="inlineStr">
+        <is>
+          <t>Светильник для чистых помещений Свет НН ССдО 03 005 Офис 80</t>
+        </is>
+      </c>
+      <c r="D509" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 9720 лм, Д, 5000 К, IP54</t>
+        </is>
+      </c>
+      <c r="E509" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F509" s="8" t="inlineStr">
+        <is>
+          <t>11 868,00 ₽</t>
+        </is>
+      </c>
+      <c r="G509" s="8" t="inlineStr">
+        <is>
+          <t>11 275,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" s="5" t="inlineStr">
+        <is>
+          <t>507085</t>
+        </is>
+      </c>
+      <c r="B510" s="5" t="inlineStr"/>
+      <c r="C510" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал</t>
+        </is>
+      </c>
+      <c r="D510" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 2860 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E510" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F510" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G510" s="8" t="inlineStr">
+        <is>
+          <t>8 686,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511" s="5" t="inlineStr">
+        <is>
+          <t>507130</t>
+        </is>
+      </c>
+      <c r="B511" s="5" t="inlineStr"/>
+      <c r="C511" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 3000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D511" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 9540 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E511" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F511" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G511" s="8" t="inlineStr">
+        <is>
+          <t>22 018,70 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="512">
+      <c r="A512" s="5" t="inlineStr">
+        <is>
+          <t>507132</t>
+        </is>
+      </c>
+      <c r="B512" s="5" t="inlineStr"/>
+      <c r="C512" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 3000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D512" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 9720 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E512" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F512" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G512" s="8" t="inlineStr">
+        <is>
+          <t>14 117,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" s="5" t="inlineStr">
+        <is>
+          <t>507131</t>
+        </is>
+      </c>
+      <c r="B513" s="5" t="inlineStr"/>
+      <c r="C513" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 3000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D513" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 9540 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E513" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F513" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G513" s="8" t="inlineStr">
+        <is>
+          <t>14 536,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" s="5" t="inlineStr">
+        <is>
+          <t>507183</t>
+        </is>
+      </c>
+      <c r="B514" s="5" t="inlineStr"/>
+      <c r="C514" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 3000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D514" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 9540 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E514" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F514" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G514" s="8" t="inlineStr">
+        <is>
+          <t>20 876,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515" s="5" t="inlineStr">
+        <is>
+          <t>507185</t>
+        </is>
+      </c>
+      <c r="B515" s="5" t="inlineStr"/>
+      <c r="C515" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 3000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D515" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 9720 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E515" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F515" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G515" s="8" t="inlineStr">
+        <is>
+          <t>13 214,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516" s="5" t="inlineStr">
+        <is>
+          <t>507184</t>
+        </is>
+      </c>
+      <c r="B516" s="5" t="inlineStr"/>
+      <c r="C516" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 3000К Опал</t>
+        </is>
+      </c>
+      <c r="D516" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 9540 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E516" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F516" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G516" s="8" t="inlineStr">
+        <is>
+          <t>13 625,70 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517" s="5" t="inlineStr">
+        <is>
+          <t>507207</t>
+        </is>
+      </c>
+      <c r="B517" s="5" t="inlineStr"/>
+      <c r="C517" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 4000К 90Ra IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D517" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 9230 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E517" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F517" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G517" s="8" t="inlineStr">
+        <is>
+          <t>23 559,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518" s="5" t="inlineStr">
+        <is>
+          <t>507209</t>
+        </is>
+      </c>
+      <c r="B518" s="5" t="inlineStr"/>
+      <c r="C518" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 4000К 90Ra IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D518" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 9400 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E518" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F518" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G518" s="8" t="inlineStr">
+        <is>
+          <t>15 105,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519" s="5" t="inlineStr">
+        <is>
+          <t>507208</t>
+        </is>
+      </c>
+      <c r="B519" s="5" t="inlineStr"/>
+      <c r="C519" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 4000К 90Ra IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D519" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 9230 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E519" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F519" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G519" s="8" t="inlineStr">
+        <is>
+          <t>15 555,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520" s="5" t="inlineStr">
+        <is>
+          <t>507225</t>
+        </is>
+      </c>
+      <c r="B520" s="5" t="inlineStr"/>
+      <c r="C520" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 4000К 90Ra Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D520" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 10300 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E520" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F520" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G520" s="8" t="inlineStr">
+        <is>
+          <t>22 338,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521" s="5" t="inlineStr">
+        <is>
+          <t>507227</t>
+        </is>
+      </c>
+      <c r="B521" s="5" t="inlineStr"/>
+      <c r="C521" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 4000К 90Ra Микропризма</t>
+        </is>
+      </c>
+      <c r="D521" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 10400 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E521" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F521" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G521" s="8" t="inlineStr">
+        <is>
+          <t>14 140,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522" s="5" t="inlineStr">
+        <is>
+          <t>507226</t>
+        </is>
+      </c>
+      <c r="B522" s="5" t="inlineStr"/>
+      <c r="C522" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал</t>
+        </is>
+      </c>
+      <c r="D522" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 10300 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E522" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F522" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G522" s="8" t="inlineStr">
+        <is>
+          <t>14 578,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523" s="5" t="inlineStr">
+        <is>
+          <t>507133</t>
+        </is>
+      </c>
+      <c r="B523" s="5" t="inlineStr"/>
+      <c r="C523" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 4000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D523" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 9230 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E523" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F523" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G523" s="8" t="inlineStr">
+        <is>
+          <t>22 018,70 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" s="5" t="inlineStr">
+        <is>
+          <t>507135</t>
+        </is>
+      </c>
+      <c r="B524" s="5" t="inlineStr"/>
+      <c r="C524" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 4000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D524" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 9400 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E524" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F524" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G524" s="8" t="inlineStr">
+        <is>
+          <t>14 117,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" s="5" t="inlineStr">
+        <is>
+          <t>507134</t>
+        </is>
+      </c>
+      <c r="B525" s="5" t="inlineStr"/>
+      <c r="C525" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 4000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D525" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 9230 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E525" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F525" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G525" s="8" t="inlineStr">
+        <is>
+          <t>14 536,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" s="5" t="inlineStr">
+        <is>
+          <t>507186</t>
+        </is>
+      </c>
+      <c r="B526" s="5" t="inlineStr"/>
+      <c r="C526" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 4000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D526" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 10300 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E526" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F526" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G526" s="8" t="inlineStr">
+        <is>
+          <t>20 876,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" s="5" t="inlineStr">
+        <is>
+          <t>507188</t>
+        </is>
+      </c>
+      <c r="B527" s="5" t="inlineStr"/>
+      <c r="C527" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 4000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D527" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 10400 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E527" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F527" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G527" s="8" t="inlineStr">
+        <is>
+          <t>13 214,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528" s="5" t="inlineStr">
+        <is>
+          <t>507187</t>
+        </is>
+      </c>
+      <c r="B528" s="5" t="inlineStr"/>
+      <c r="C528" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 4000К Опал</t>
+        </is>
+      </c>
+      <c r="D528" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 10300 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E528" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F528" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G528" s="8" t="inlineStr">
+        <is>
+          <t>13 625,70 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" s="5" t="inlineStr">
+        <is>
+          <t>507136</t>
+        </is>
+      </c>
+      <c r="B529" s="5" t="inlineStr"/>
+      <c r="C529" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 5000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D529" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 10620 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E529" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F529" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G529" s="8" t="inlineStr">
+        <is>
+          <t>22 018,70 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530" s="5" t="inlineStr">
+        <is>
+          <t>507138</t>
+        </is>
+      </c>
+      <c r="B530" s="5" t="inlineStr"/>
+      <c r="C530" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 5000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D530" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 10800 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E530" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F530" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G530" s="8" t="inlineStr">
+        <is>
+          <t>14 117,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531" s="5" t="inlineStr">
+        <is>
+          <t>507137</t>
+        </is>
+      </c>
+      <c r="B531" s="5" t="inlineStr"/>
+      <c r="C531" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 5000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D531" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 10620 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E531" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F531" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G531" s="8" t="inlineStr">
+        <is>
+          <t>14 536,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532" s="5" t="inlineStr">
+        <is>
+          <t>507189</t>
+        </is>
+      </c>
+      <c r="B532" s="5" t="inlineStr"/>
+      <c r="C532" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 5000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D532" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 10620 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E532" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F532" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G532" s="8" t="inlineStr">
+        <is>
+          <t>20 876,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533" s="5" t="inlineStr">
+        <is>
+          <t>507191</t>
+        </is>
+      </c>
+      <c r="B533" s="5" t="inlineStr"/>
+      <c r="C533" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 5000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D533" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 10800 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E533" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F533" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G533" s="8" t="inlineStr">
+        <is>
+          <t>13 214,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534" s="5" t="inlineStr">
+        <is>
+          <t>507190</t>
+        </is>
+      </c>
+      <c r="B534" s="5" t="inlineStr"/>
+      <c r="C534" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 100Вт 5000К Опал</t>
+        </is>
+      </c>
+      <c r="D534" s="7" t="inlineStr">
+        <is>
+          <t>100 Вт, 10620 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E534" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F534" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G534" s="8" t="inlineStr">
+        <is>
+          <t>13 625,70 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535" s="5" t="inlineStr">
+        <is>
+          <t>507087</t>
+        </is>
+      </c>
+      <c r="B535" s="5" t="inlineStr"/>
+      <c r="C535" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 3000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D535" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 2920 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E535" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F535" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G535" s="8" t="inlineStr">
+        <is>
+          <t>8 288,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536" s="5" t="inlineStr">
+        <is>
+          <t>507086</t>
+        </is>
+      </c>
+      <c r="B536" s="5" t="inlineStr"/>
+      <c r="C536" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 3000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D536" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 2860 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E536" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F536" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G536" s="8" t="inlineStr">
+        <is>
+          <t>8 685,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537" s="5" t="inlineStr">
+        <is>
+          <t>507139</t>
+        </is>
+      </c>
+      <c r="B537" s="5" t="inlineStr"/>
+      <c r="C537" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 3000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D537" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 2860 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E537" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F537" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G537" s="8" t="inlineStr">
+        <is>
+          <t>14 799,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538" s="5" t="inlineStr">
+        <is>
+          <t>507141</t>
+        </is>
+      </c>
+      <c r="B538" s="5" t="inlineStr"/>
+      <c r="C538" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 3000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D538" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 2920 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E538" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F538" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G538" s="8" t="inlineStr">
+        <is>
+          <t>7 593,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539" s="5" t="inlineStr">
+        <is>
+          <t>507140</t>
+        </is>
+      </c>
+      <c r="B539" s="5" t="inlineStr"/>
+      <c r="C539" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 3000К Опал</t>
+        </is>
+      </c>
+      <c r="D539" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 2860 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E539" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F539" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G539" s="8" t="inlineStr">
+        <is>
+          <t>7 976,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540" s="5" t="inlineStr">
+        <is>
+          <t>507192</t>
+        </is>
+      </c>
+      <c r="B540" s="5" t="inlineStr"/>
+      <c r="C540" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 4000К 90Ra IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D540" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3080 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E540" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F540" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G540" s="8" t="inlineStr">
+        <is>
+          <t>16 822,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541" s="5" t="inlineStr">
+        <is>
+          <t>507194</t>
+        </is>
+      </c>
+      <c r="B541" s="5" t="inlineStr"/>
+      <c r="C541" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 4000К 90Ra IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D541" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3130 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E541" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F541" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G541" s="8" t="inlineStr">
+        <is>
+          <t>8 868,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542" s="5" t="inlineStr">
+        <is>
+          <t>507193</t>
+        </is>
+      </c>
+      <c r="B542" s="5" t="inlineStr"/>
+      <c r="C542" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 4000К 90Ra IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D542" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3080 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E542" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F542" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G542" s="8" t="inlineStr">
+        <is>
+          <t>9 293,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543" s="5" t="inlineStr">
+        <is>
+          <t>507210</t>
+        </is>
+      </c>
+      <c r="B543" s="5" t="inlineStr"/>
+      <c r="C543" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 4000К 90Ra Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D543" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3080 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E543" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F543" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G543" s="8" t="inlineStr">
+        <is>
+          <t>15 836,70 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" s="5" t="inlineStr">
+        <is>
+          <t>507212</t>
+        </is>
+      </c>
+      <c r="B544" s="5" t="inlineStr"/>
+      <c r="C544" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 4000К 90Ra Микропризма</t>
+        </is>
+      </c>
+      <c r="D544" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3130 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E544" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F544" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G544" s="8" t="inlineStr">
+        <is>
+          <t>8 124,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" s="5" t="inlineStr">
+        <is>
+          <t>507211</t>
+        </is>
+      </c>
+      <c r="B545" s="5" t="inlineStr"/>
+      <c r="C545" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 4000К 90Ra Опал</t>
+        </is>
+      </c>
+      <c r="D545" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3080 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E545" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F545" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G545" s="8" t="inlineStr">
+        <is>
+          <t>8 534,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" s="5" t="inlineStr">
+        <is>
+          <t>507088</t>
+        </is>
+      </c>
+      <c r="B546" s="5" t="inlineStr"/>
+      <c r="C546" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 4000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D546" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3080 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E546" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F546" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G546" s="8" t="inlineStr">
+        <is>
+          <t>15 720,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547" s="5" t="inlineStr">
+        <is>
+          <t>507090</t>
+        </is>
+      </c>
+      <c r="B547" s="5" t="inlineStr"/>
+      <c r="C547" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 4000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D547" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3130 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E547" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F547" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G547" s="8" t="inlineStr">
+        <is>
+          <t>8 288,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548" s="5" t="inlineStr">
+        <is>
+          <t>507089</t>
+        </is>
+      </c>
+      <c r="B548" s="5" t="inlineStr"/>
+      <c r="C548" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 4000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D548" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3080 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E548" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F548" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G548" s="8" t="inlineStr">
+        <is>
+          <t>8 685,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549" s="5" t="inlineStr">
+        <is>
+          <t>507143</t>
+        </is>
+      </c>
+      <c r="B549" s="5" t="inlineStr"/>
+      <c r="C549" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 4000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D549" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3130 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E549" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F549" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G549" s="8" t="inlineStr">
+        <is>
+          <t>7 593,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550" s="5" t="inlineStr">
+        <is>
+          <t>507142</t>
+        </is>
+      </c>
+      <c r="B550" s="5" t="inlineStr"/>
+      <c r="C550" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 4000К Опал</t>
+        </is>
+      </c>
+      <c r="D550" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3080 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E550" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F550" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G550" s="8" t="inlineStr">
+        <is>
+          <t>7 976,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551" s="5" t="inlineStr">
+        <is>
+          <t>507091</t>
+        </is>
+      </c>
+      <c r="B551" s="5" t="inlineStr"/>
+      <c r="C551" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 5000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D551" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3190 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E551" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F551" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G551" s="8" t="inlineStr">
+        <is>
+          <t>15 720,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" s="5" t="inlineStr">
+        <is>
+          <t>507093</t>
+        </is>
+      </c>
+      <c r="B552" s="5" t="inlineStr"/>
+      <c r="C552" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 5000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D552" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3240 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E552" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F552" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G552" s="8" t="inlineStr">
+        <is>
+          <t>8 685,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" s="5" t="inlineStr">
+        <is>
+          <t>507092</t>
+        </is>
+      </c>
+      <c r="B553" s="5" t="inlineStr"/>
+      <c r="C553" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 5000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D553" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3190 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E553" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F553" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G553" s="8" t="inlineStr">
+        <is>
+          <t>8 685,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" s="5" t="inlineStr">
+        <is>
+          <t>507229</t>
+        </is>
+      </c>
+      <c r="B554" s="5" t="inlineStr"/>
+      <c r="C554" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 5000К IP54 Опал Smart</t>
+        </is>
+      </c>
+      <c r="D554" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3190 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E554" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F554" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G554" s="8" t="inlineStr">
+        <is>
+          <t>10 183,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" s="5" t="inlineStr">
+        <is>
+          <t>507144</t>
+        </is>
+      </c>
+      <c r="B555" s="5" t="inlineStr"/>
+      <c r="C555" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 5000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D555" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3190 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E555" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F555" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G555" s="8" t="inlineStr">
+        <is>
+          <t>14 799,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" s="5" t="inlineStr">
+        <is>
+          <t>507146</t>
+        </is>
+      </c>
+      <c r="B556" s="5" t="inlineStr"/>
+      <c r="C556" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 5000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D556" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3240 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E556" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F556" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G556" s="8" t="inlineStr">
+        <is>
+          <t>7 593,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" s="5" t="inlineStr">
+        <is>
+          <t>507145</t>
+        </is>
+      </c>
+      <c r="B557" s="5" t="inlineStr"/>
+      <c r="C557" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 30Вт 5000К Опал</t>
+        </is>
+      </c>
+      <c r="D557" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3190 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E557" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F557" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G557" s="8" t="inlineStr">
+        <is>
+          <t>7 976,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" s="5" t="inlineStr">
+        <is>
+          <t>507094</t>
+        </is>
+      </c>
+      <c r="B558" s="5" t="inlineStr"/>
+      <c r="C558" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 3000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D558" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 3820 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E558" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F558" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G558" s="8" t="inlineStr">
+        <is>
+          <t>16 153,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559" s="5" t="inlineStr">
+        <is>
+          <t>507096</t>
+        </is>
+      </c>
+      <c r="B559" s="5" t="inlineStr"/>
+      <c r="C559" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 3000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D559" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 3890 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E559" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F559" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G559" s="8" t="inlineStr">
+        <is>
+          <t>8 721,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560" s="5" t="inlineStr">
+        <is>
+          <t>507095</t>
+        </is>
+      </c>
+      <c r="B560" s="5" t="inlineStr"/>
+      <c r="C560" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 3000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D560" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 3820 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E560" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F560" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G560" s="8" t="inlineStr">
+        <is>
+          <t>9 117,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="561">
+      <c r="A561" s="5" t="inlineStr">
+        <is>
+          <t>507147</t>
+        </is>
+      </c>
+      <c r="B561" s="5" t="inlineStr"/>
+      <c r="C561" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 3000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D561" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 3820 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E561" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F561" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G561" s="8" t="inlineStr">
+        <is>
+          <t>15 219,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="562">
+      <c r="A562" s="5" t="inlineStr">
+        <is>
+          <t>507149</t>
+        </is>
+      </c>
+      <c r="B562" s="5" t="inlineStr"/>
+      <c r="C562" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 3000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D562" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 3890 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E562" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F562" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G562" s="8" t="inlineStr">
+        <is>
+          <t>8 011,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="563">
+      <c r="A563" s="5" t="inlineStr">
+        <is>
+          <t>507148</t>
+        </is>
+      </c>
+      <c r="B563" s="5" t="inlineStr"/>
+      <c r="C563" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 3000К Опал</t>
+        </is>
+      </c>
+      <c r="D563" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 3820 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E563" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F563" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G563" s="8" t="inlineStr">
+        <is>
+          <t>8 391,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564" s="5" t="inlineStr">
+        <is>
+          <t>507195</t>
+        </is>
+      </c>
+      <c r="B564" s="5" t="inlineStr"/>
+      <c r="C564" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 4000К 90Ra IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D564" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4100 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E564" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F564" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G564" s="8" t="inlineStr">
+        <is>
+          <t>17 286,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565" s="5" t="inlineStr">
+        <is>
+          <t>507197</t>
+        </is>
+      </c>
+      <c r="B565" s="5" t="inlineStr"/>
+      <c r="C565" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 4000К 90Ra IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D565" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4180 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E565" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F565" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G565" s="8" t="inlineStr">
+        <is>
+          <t>9 331,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="566">
+      <c r="A566" s="5" t="inlineStr">
+        <is>
+          <t>507196</t>
+        </is>
+      </c>
+      <c r="B566" s="5" t="inlineStr"/>
+      <c r="C566" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 4000К 90Ra IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D566" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4100 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E566" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F566" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G566" s="8" t="inlineStr">
+        <is>
+          <t>9 753,70 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567" s="5" t="inlineStr">
+        <is>
+          <t>507213</t>
+        </is>
+      </c>
+      <c r="B567" s="5" t="inlineStr"/>
+      <c r="C567" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 4000К 90Ra Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D567" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4100 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E567" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F567" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G567" s="8" t="inlineStr">
+        <is>
+          <t>16 284,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568" s="5" t="inlineStr">
+        <is>
+          <t>507215</t>
+        </is>
+      </c>
+      <c r="B568" s="5" t="inlineStr"/>
+      <c r="C568" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 4000К 90Ra Микропризма</t>
+        </is>
+      </c>
+      <c r="D568" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4180 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E568" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F568" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G568" s="8" t="inlineStr">
+        <is>
+          <t>8 571,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569" s="5" t="inlineStr">
+        <is>
+          <t>507214</t>
+        </is>
+      </c>
+      <c r="B569" s="5" t="inlineStr"/>
+      <c r="C569" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 4000К 90Ra Опал</t>
+        </is>
+      </c>
+      <c r="D569" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4100 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E569" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F569" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G569" s="8" t="inlineStr">
+        <is>
+          <t>8 977,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570" s="5" t="inlineStr">
+        <is>
+          <t>507097</t>
+        </is>
+      </c>
+      <c r="B570" s="5" t="inlineStr"/>
+      <c r="C570" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 4000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D570" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4100 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E570" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F570" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G570" s="8" t="inlineStr">
+        <is>
+          <t>16 153,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571" s="5" t="inlineStr">
+        <is>
+          <t>507099</t>
+        </is>
+      </c>
+      <c r="B571" s="5" t="inlineStr"/>
+      <c r="C571" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 4000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D571" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4180 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E571" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F571" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G571" s="8" t="inlineStr">
+        <is>
+          <t>8 721,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572" s="5" t="inlineStr">
+        <is>
+          <t>507098</t>
+        </is>
+      </c>
+      <c r="B572" s="5" t="inlineStr"/>
+      <c r="C572" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 4000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D572" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4100 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E572" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F572" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G572" s="8" t="inlineStr">
+        <is>
+          <t>9 117,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573" s="5" t="inlineStr">
+        <is>
+          <t>507150</t>
+        </is>
+      </c>
+      <c r="B573" s="5" t="inlineStr"/>
+      <c r="C573" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 4000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D573" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4100 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E573" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F573" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G573" s="8" t="inlineStr">
+        <is>
+          <t>15 219,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574" s="5" t="inlineStr">
+        <is>
+          <t>507152</t>
+        </is>
+      </c>
+      <c r="B574" s="5" t="inlineStr"/>
+      <c r="C574" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 4000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D574" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4180 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E574" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F574" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G574" s="8" t="inlineStr">
+        <is>
+          <t>8 011,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575" s="5" t="inlineStr">
+        <is>
+          <t>507151</t>
+        </is>
+      </c>
+      <c r="B575" s="5" t="inlineStr"/>
+      <c r="C575" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 4000К Опал</t>
+        </is>
+      </c>
+      <c r="D575" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4100 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E575" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F575" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G575" s="8" t="inlineStr">
+        <is>
+          <t>8 391,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576" s="5" t="inlineStr">
+        <is>
+          <t>507100</t>
+        </is>
+      </c>
+      <c r="B576" s="5" t="inlineStr"/>
+      <c r="C576" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 5000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D576" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4250 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E576" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F576" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G576" s="8" t="inlineStr">
+        <is>
+          <t>16 153,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577" s="5" t="inlineStr">
+        <is>
+          <t>507102</t>
+        </is>
+      </c>
+      <c r="B577" s="5" t="inlineStr"/>
+      <c r="C577" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 5000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D577" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4320 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E577" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F577" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G577" s="8" t="inlineStr">
+        <is>
+          <t>8 721,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578" s="5" t="inlineStr">
+        <is>
+          <t>507101</t>
+        </is>
+      </c>
+      <c r="B578" s="5" t="inlineStr"/>
+      <c r="C578" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 5000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D578" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4250 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E578" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F578" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G578" s="8" t="inlineStr">
+        <is>
+          <t>9 117,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="579">
+      <c r="A579" s="5" t="inlineStr">
+        <is>
+          <t>507153</t>
+        </is>
+      </c>
+      <c r="B579" s="5" t="inlineStr"/>
+      <c r="C579" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 5000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D579" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4250 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E579" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F579" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G579" s="8" t="inlineStr">
+        <is>
+          <t>15 219,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="580">
+      <c r="A580" s="5" t="inlineStr">
+        <is>
+          <t>507155</t>
+        </is>
+      </c>
+      <c r="B580" s="5" t="inlineStr"/>
+      <c r="C580" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 5000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D580" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4320 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E580" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F580" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G580" s="8" t="inlineStr">
+        <is>
+          <t>8 011,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="581">
+      <c r="A581" s="5" t="inlineStr">
+        <is>
+          <t>507154</t>
+        </is>
+      </c>
+      <c r="B581" s="5" t="inlineStr"/>
+      <c r="C581" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 40Вт 5000К Опал</t>
+        </is>
+      </c>
+      <c r="D581" s="7" t="inlineStr">
+        <is>
+          <t>40 Вт, 4250 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E581" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F581" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G581" s="8" t="inlineStr">
+        <is>
+          <t>8 391,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582" s="5" t="inlineStr">
+        <is>
+          <t>507103</t>
+        </is>
+      </c>
+      <c r="B582" s="5" t="inlineStr"/>
+      <c r="C582" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 3000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D582" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 4770 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E582" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F582" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G582" s="8" t="inlineStr">
+        <is>
+          <t>16 912,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583" s="5" t="inlineStr">
+        <is>
+          <t>507105</t>
+        </is>
+      </c>
+      <c r="B583" s="5" t="inlineStr"/>
+      <c r="C583" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 3000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D583" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 4860 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E583" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F583" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G583" s="8" t="inlineStr">
+        <is>
+          <t>9 480,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584" s="5" t="inlineStr">
+        <is>
+          <t>507104</t>
+        </is>
+      </c>
+      <c r="B584" s="5" t="inlineStr"/>
+      <c r="C584" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 3000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D584" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 4770 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E584" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F584" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G584" s="8" t="inlineStr">
+        <is>
+          <t>9 872,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585" s="5" t="inlineStr">
+        <is>
+          <t>507156</t>
+        </is>
+      </c>
+      <c r="B585" s="5" t="inlineStr"/>
+      <c r="C585" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 3000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D585" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 4770 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E585" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F585" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G585" s="8" t="inlineStr">
+        <is>
+          <t>15 952,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="586">
+      <c r="A586" s="5" t="inlineStr">
+        <is>
+          <t>507158</t>
+        </is>
+      </c>
+      <c r="B586" s="5" t="inlineStr"/>
+      <c r="C586" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 3000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D586" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 4860 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E586" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F586" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G586" s="8" t="inlineStr">
+        <is>
+          <t>8 748,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="587">
+      <c r="A587" s="5" t="inlineStr">
+        <is>
+          <t>507157</t>
+        </is>
+      </c>
+      <c r="B587" s="5" t="inlineStr"/>
+      <c r="C587" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 3000К Опал</t>
+        </is>
+      </c>
+      <c r="D587" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 4770 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E587" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F587" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G587" s="8" t="inlineStr">
+        <is>
+          <t>9 128,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="588">
+      <c r="A588" s="5" t="inlineStr">
+        <is>
+          <t>507198</t>
+        </is>
+      </c>
+      <c r="B588" s="5" t="inlineStr"/>
+      <c r="C588" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 4000К 90Ra IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D588" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5130 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E588" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F588" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G588" s="8" t="inlineStr">
+        <is>
+          <t>18 097,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589" s="5" t="inlineStr">
+        <is>
+          <t>507200</t>
+        </is>
+      </c>
+      <c r="B589" s="5" t="inlineStr"/>
+      <c r="C589" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 4000К 90Ra IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D589" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5220 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E589" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F589" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G589" s="8" t="inlineStr">
+        <is>
+          <t>10 144,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590" s="5" t="inlineStr">
+        <is>
+          <t>507199</t>
+        </is>
+      </c>
+      <c r="B590" s="5" t="inlineStr"/>
+      <c r="C590" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 4000К 90Ra IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D590" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5130 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E590" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F590" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G590" s="8" t="inlineStr">
+        <is>
+          <t>10 565,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591" s="5" t="inlineStr">
+        <is>
+          <t>507216</t>
+        </is>
+      </c>
+      <c r="B591" s="5" t="inlineStr"/>
+      <c r="C591" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 4000К 90Ra Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D591" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5130 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E591" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F591" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G591" s="8" t="inlineStr">
+        <is>
+          <t>17 067,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592" s="5" t="inlineStr">
+        <is>
+          <t>507218</t>
+        </is>
+      </c>
+      <c r="B592" s="5" t="inlineStr"/>
+      <c r="C592" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 4000К 90Ra Микропризма</t>
+        </is>
+      </c>
+      <c r="D592" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5220 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E592" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F592" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G592" s="8" t="inlineStr">
+        <is>
+          <t>9 359,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593" s="5" t="inlineStr">
+        <is>
+          <t>507228</t>
+        </is>
+      </c>
+      <c r="B593" s="5" t="inlineStr"/>
+      <c r="C593" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 4000К 90Ra Микропризма Smart</t>
+        </is>
+      </c>
+      <c r="D593" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5220 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E593" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F593" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G593" s="8" t="inlineStr">
+        <is>
+          <t>10 356,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594" s="5" t="inlineStr">
+        <is>
+          <t>507217</t>
+        </is>
+      </c>
+      <c r="B594" s="5" t="inlineStr"/>
+      <c r="C594" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 4000К 90Ra Опал</t>
+        </is>
+      </c>
+      <c r="D594" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5130 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E594" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F594" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G594" s="8" t="inlineStr">
+        <is>
+          <t>9 766,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595" s="5" t="inlineStr">
+        <is>
+          <t>507106</t>
+        </is>
+      </c>
+      <c r="B595" s="5" t="inlineStr"/>
+      <c r="C595" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 4000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D595" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5130 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E595" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F595" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G595" s="8" t="inlineStr">
+        <is>
+          <t>16 912,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596" s="5" t="inlineStr">
+        <is>
+          <t>507108</t>
+        </is>
+      </c>
+      <c r="B596" s="5" t="inlineStr"/>
+      <c r="C596" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 4000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D596" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5220 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E596" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F596" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G596" s="8" t="inlineStr">
+        <is>
+          <t>9 480,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597" s="5" t="inlineStr">
+        <is>
+          <t>507107</t>
+        </is>
+      </c>
+      <c r="B597" s="5" t="inlineStr"/>
+      <c r="C597" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 4000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D597" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5130 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E597" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F597" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G597" s="8" t="inlineStr">
+        <is>
+          <t>9 872,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" s="5" t="inlineStr">
+        <is>
+          <t>507159</t>
+        </is>
+      </c>
+      <c r="B598" s="5" t="inlineStr"/>
+      <c r="C598" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 4000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D598" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5130 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E598" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F598" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G598" s="8" t="inlineStr">
+        <is>
+          <t>15 952,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" s="5" t="inlineStr">
+        <is>
+          <t>507161</t>
+        </is>
+      </c>
+      <c r="B599" s="5" t="inlineStr"/>
+      <c r="C599" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 4000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D599" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5220 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E599" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F599" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G599" s="8" t="inlineStr">
+        <is>
+          <t>8 748,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600" s="5" t="inlineStr">
+        <is>
+          <t>507160</t>
+        </is>
+      </c>
+      <c r="B600" s="5" t="inlineStr"/>
+      <c r="C600" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 4000К Опал</t>
+        </is>
+      </c>
+      <c r="D600" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5130 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E600" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F600" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G600" s="8" t="inlineStr">
+        <is>
+          <t>9 128,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601" s="5" t="inlineStr">
+        <is>
+          <t>507109</t>
+        </is>
+      </c>
+      <c r="B601" s="5" t="inlineStr"/>
+      <c r="C601" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 5000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D601" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5310 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E601" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F601" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G601" s="8" t="inlineStr">
+        <is>
+          <t>16 912,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602" s="5" t="inlineStr">
+        <is>
+          <t>507111</t>
+        </is>
+      </c>
+      <c r="B602" s="5" t="inlineStr"/>
+      <c r="C602" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 5000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D602" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5400 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E602" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F602" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G602" s="8" t="inlineStr">
+        <is>
+          <t>9 480,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603" s="5" t="inlineStr">
+        <is>
+          <t>507110</t>
+        </is>
+      </c>
+      <c r="B603" s="5" t="inlineStr"/>
+      <c r="C603" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 5000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D603" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5310 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E603" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F603" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G603" s="8" t="inlineStr">
+        <is>
+          <t>9 872,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604" s="5" t="inlineStr">
+        <is>
+          <t>507162</t>
+        </is>
+      </c>
+      <c r="B604" s="5" t="inlineStr"/>
+      <c r="C604" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 5000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D604" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5310 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E604" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F604" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G604" s="8" t="inlineStr">
+        <is>
+          <t>15 952,20 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605" s="5" t="inlineStr">
+        <is>
+          <t>507164</t>
+        </is>
+      </c>
+      <c r="B605" s="5" t="inlineStr"/>
+      <c r="C605" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 5000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D605" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5400 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E605" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F605" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G605" s="8" t="inlineStr">
+        <is>
+          <t>8 748,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="606">
+      <c r="A606" s="5" t="inlineStr">
+        <is>
+          <t>507163</t>
+        </is>
+      </c>
+      <c r="B606" s="5" t="inlineStr"/>
+      <c r="C606" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 50Вт 5000К Опал</t>
+        </is>
+      </c>
+      <c r="D606" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5310 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E606" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F606" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G606" s="8" t="inlineStr">
+        <is>
+          <t>9 128,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="607">
+      <c r="A607" s="5" t="inlineStr">
+        <is>
+          <t>507112</t>
+        </is>
+      </c>
+      <c r="B607" s="5" t="inlineStr"/>
+      <c r="C607" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 3000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D607" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 5720 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E607" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F607" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G607" s="8" t="inlineStr">
+        <is>
+          <t>17 337,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="608">
+      <c r="A608" s="5" t="inlineStr">
+        <is>
+          <t>507114</t>
+        </is>
+      </c>
+      <c r="B608" s="5" t="inlineStr"/>
+      <c r="C608" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 3000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D608" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 5830 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E608" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F608" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G608" s="8" t="inlineStr">
+        <is>
+          <t>9 901,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="609">
+      <c r="A609" s="5" t="inlineStr">
+        <is>
+          <t>507113</t>
+        </is>
+      </c>
+      <c r="B609" s="5" t="inlineStr"/>
+      <c r="C609" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 3000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D609" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 5720 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E609" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F609" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G609" s="8" t="inlineStr">
+        <is>
+          <t>10 296,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="610">
+      <c r="A610" s="5" t="inlineStr">
+        <is>
+          <t>507165</t>
+        </is>
+      </c>
+      <c r="B610" s="5" t="inlineStr"/>
+      <c r="C610" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 3000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D610" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 5720 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E610" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F610" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G610" s="8" t="inlineStr">
+        <is>
+          <t>16 366,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="611">
+      <c r="A611" s="5" t="inlineStr">
+        <is>
+          <t>507167</t>
+        </is>
+      </c>
+      <c r="B611" s="5" t="inlineStr"/>
+      <c r="C611" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 3000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D611" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 5830 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E611" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F611" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G611" s="8" t="inlineStr">
+        <is>
+          <t>9 155,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="612">
+      <c r="A612" s="5" t="inlineStr">
+        <is>
+          <t>507166</t>
+        </is>
+      </c>
+      <c r="B612" s="5" t="inlineStr"/>
+      <c r="C612" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 3000К Опал</t>
+        </is>
+      </c>
+      <c r="D612" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 5720 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E612" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F612" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G612" s="8" t="inlineStr">
+        <is>
+          <t>9 538,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="613">
+      <c r="A613" s="5" t="inlineStr">
+        <is>
+          <t>507201</t>
+        </is>
+      </c>
+      <c r="B613" s="5" t="inlineStr"/>
+      <c r="C613" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 4000К 90Ra IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D613" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6160 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E613" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F613" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G613" s="8" t="inlineStr">
+        <is>
+          <t>18 551,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="614">
+      <c r="A614" s="5" t="inlineStr">
+        <is>
+          <t>507203</t>
+        </is>
+      </c>
+      <c r="B614" s="5" t="inlineStr"/>
+      <c r="C614" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 4000К 90Ra IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D614" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6260 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E614" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F614" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G614" s="8" t="inlineStr">
+        <is>
+          <t>10 594,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="615">
+      <c r="A615" s="5" t="inlineStr">
+        <is>
+          <t>507202</t>
+        </is>
+      </c>
+      <c r="B615" s="5" t="inlineStr"/>
+      <c r="C615" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 4000К 90Ra IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D615" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6160 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E615" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F615" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G615" s="8" t="inlineStr">
+        <is>
+          <t>11 017,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="616">
+      <c r="A616" s="5" t="inlineStr">
+        <is>
+          <t>507219</t>
+        </is>
+      </c>
+      <c r="B616" s="5" t="inlineStr"/>
+      <c r="C616" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 4000К 90Ra Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D616" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6160 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E616" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F616" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G616" s="8" t="inlineStr">
+        <is>
+          <t>17 513,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="617">
+      <c r="A617" s="5" t="inlineStr">
+        <is>
+          <t>507221</t>
+        </is>
+      </c>
+      <c r="B617" s="5" t="inlineStr"/>
+      <c r="C617" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 4000К 90Ra Микропризма</t>
+        </is>
+      </c>
+      <c r="D617" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6260 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E617" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F617" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G617" s="8" t="inlineStr">
+        <is>
+          <t>9 796,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="618">
+      <c r="A618" s="5" t="inlineStr">
+        <is>
+          <t>507220</t>
+        </is>
+      </c>
+      <c r="B618" s="5" t="inlineStr"/>
+      <c r="C618" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 4000К 90Ra Опал</t>
+        </is>
+      </c>
+      <c r="D618" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6160 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E618" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F618" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G618" s="8" t="inlineStr">
+        <is>
+          <t>10 206,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="619">
+      <c r="A619" s="5" t="inlineStr">
+        <is>
+          <t>507115</t>
+        </is>
+      </c>
+      <c r="B619" s="5" t="inlineStr"/>
+      <c r="C619" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 4000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D619" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6160 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E619" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F619" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G619" s="8" t="inlineStr">
+        <is>
+          <t>17 337,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="620">
+      <c r="A620" s="5" t="inlineStr">
+        <is>
+          <t>507117</t>
+        </is>
+      </c>
+      <c r="B620" s="5" t="inlineStr"/>
+      <c r="C620" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 4000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D620" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6260 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E620" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F620" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G620" s="8" t="inlineStr">
+        <is>
+          <t>9 901,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="621">
+      <c r="A621" s="5" t="inlineStr">
+        <is>
+          <t>507116</t>
+        </is>
+      </c>
+      <c r="B621" s="5" t="inlineStr"/>
+      <c r="C621" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 4000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D621" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6160 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E621" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F621" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G621" s="8" t="inlineStr">
+        <is>
+          <t>10 296,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="622">
+      <c r="A622" s="5" t="inlineStr">
+        <is>
+          <t>507168</t>
+        </is>
+      </c>
+      <c r="B622" s="5" t="inlineStr"/>
+      <c r="C622" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 4000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D622" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6160 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E622" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F622" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G622" s="8" t="inlineStr">
+        <is>
+          <t>16 366,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="623">
+      <c r="A623" s="5" t="inlineStr">
+        <is>
+          <t>507170</t>
+        </is>
+      </c>
+      <c r="B623" s="5" t="inlineStr"/>
+      <c r="C623" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 4000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D623" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6260 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E623" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F623" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G623" s="8" t="inlineStr">
+        <is>
+          <t>9 155,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="624">
+      <c r="A624" s="5" t="inlineStr">
+        <is>
+          <t>507169</t>
+        </is>
+      </c>
+      <c r="B624" s="5" t="inlineStr"/>
+      <c r="C624" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 4000К Опал</t>
+        </is>
+      </c>
+      <c r="D624" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6160 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E624" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F624" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G624" s="8" t="inlineStr">
+        <is>
+          <t>9 538,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="625">
+      <c r="A625" s="5" t="inlineStr">
+        <is>
+          <t>507118</t>
+        </is>
+      </c>
+      <c r="B625" s="5" t="inlineStr"/>
+      <c r="C625" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 5000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D625" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6370 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E625" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F625" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G625" s="8" t="inlineStr">
+        <is>
+          <t>17 337,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="626">
+      <c r="A626" s="5" t="inlineStr">
+        <is>
+          <t>507120</t>
+        </is>
+      </c>
+      <c r="B626" s="5" t="inlineStr"/>
+      <c r="C626" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 5000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D626" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6480 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E626" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F626" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G626" s="8" t="inlineStr">
+        <is>
+          <t>9 901,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="627">
+      <c r="A627" s="5" t="inlineStr">
+        <is>
+          <t>507119</t>
+        </is>
+      </c>
+      <c r="B627" s="5" t="inlineStr"/>
+      <c r="C627" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 5000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D627" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6370 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E627" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F627" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G627" s="8" t="inlineStr">
+        <is>
+          <t>10 296,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="628">
+      <c r="A628" s="5" t="inlineStr">
+        <is>
+          <t>507171</t>
+        </is>
+      </c>
+      <c r="B628" s="5" t="inlineStr"/>
+      <c r="C628" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 5000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D628" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6370 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E628" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F628" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G628" s="8" t="inlineStr">
+        <is>
+          <t>16 366,90 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="629">
+      <c r="A629" s="5" t="inlineStr">
+        <is>
+          <t>507173</t>
+        </is>
+      </c>
+      <c r="B629" s="5" t="inlineStr"/>
+      <c r="C629" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 5000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D629" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6480 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E629" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F629" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G629" s="8" t="inlineStr">
+        <is>
+          <t>9 155,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="630">
+      <c r="A630" s="5" t="inlineStr">
+        <is>
+          <t>507172</t>
+        </is>
+      </c>
+      <c r="B630" s="5" t="inlineStr"/>
+      <c r="C630" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 60Вт 5000К Опал</t>
+        </is>
+      </c>
+      <c r="D630" s="7" t="inlineStr">
+        <is>
+          <t>60 Вт, 6370 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E630" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F630" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G630" s="8" t="inlineStr">
+        <is>
+          <t>9 538,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="631">
+      <c r="A631" s="5" t="inlineStr">
+        <is>
+          <t>507121</t>
+        </is>
+      </c>
+      <c r="B631" s="5" t="inlineStr"/>
+      <c r="C631" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 3000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D631" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 7630 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E631" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F631" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G631" s="8" t="inlineStr">
+        <is>
+          <t>20 427,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="632">
+      <c r="A632" s="5" t="inlineStr">
+        <is>
+          <t>507123</t>
+        </is>
+      </c>
+      <c r="B632" s="5" t="inlineStr"/>
+      <c r="C632" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 3000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D632" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 7780 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E632" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F632" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G632" s="8" t="inlineStr">
+        <is>
+          <t>12 526,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="633">
+      <c r="A633" s="5" t="inlineStr">
+        <is>
+          <t>507122</t>
+        </is>
+      </c>
+      <c r="B633" s="5" t="inlineStr"/>
+      <c r="C633" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 3000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D633" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 7630 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E633" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F633" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G633" s="8" t="inlineStr">
+        <is>
+          <t>12 948,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="634">
+      <c r="A634" s="5" t="inlineStr">
+        <is>
+          <t>507174</t>
+        </is>
+      </c>
+      <c r="B634" s="5" t="inlineStr"/>
+      <c r="C634" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 3000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D634" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 7630 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E634" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F634" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G634" s="8" t="inlineStr">
+        <is>
+          <t>19 333,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="635">
+      <c r="A635" s="5" t="inlineStr">
+        <is>
+          <t>507176</t>
+        </is>
+      </c>
+      <c r="B635" s="5" t="inlineStr"/>
+      <c r="C635" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 3000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D635" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 7780 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E635" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F635" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G635" s="8" t="inlineStr">
+        <is>
+          <t>11 674,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="636">
+      <c r="A636" s="5" t="inlineStr">
+        <is>
+          <t>507175</t>
+        </is>
+      </c>
+      <c r="B636" s="5" t="inlineStr"/>
+      <c r="C636" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 3000К Опал</t>
+        </is>
+      </c>
+      <c r="D636" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 7630 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E636" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F636" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G636" s="8" t="inlineStr">
+        <is>
+          <t>12 081,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="637">
+      <c r="A637" s="5" t="inlineStr">
+        <is>
+          <t>507204</t>
+        </is>
+      </c>
+      <c r="B637" s="5" t="inlineStr"/>
+      <c r="C637" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 4000К 90Ra IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D637" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8210 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E637" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F637" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G637" s="8" t="inlineStr">
+        <is>
+          <t>21 857,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="638">
+      <c r="A638" s="5" t="inlineStr">
+        <is>
+          <t>507206</t>
+        </is>
+      </c>
+      <c r="B638" s="5" t="inlineStr"/>
+      <c r="C638" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 4000К 90Ra IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D638" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8350 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E638" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F638" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G638" s="8" t="inlineStr">
+        <is>
+          <t>13 404,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="639">
+      <c r="A639" s="5" t="inlineStr">
+        <is>
+          <t>507205</t>
+        </is>
+      </c>
+      <c r="B639" s="5" t="inlineStr"/>
+      <c r="C639" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 4000К 90Ra IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D639" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8210 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E639" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F639" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G639" s="8" t="inlineStr">
+        <is>
+          <t>13 853,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="640">
+      <c r="A640" s="5" t="inlineStr">
+        <is>
+          <t>507222</t>
+        </is>
+      </c>
+      <c r="B640" s="5" t="inlineStr"/>
+      <c r="C640" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 4000К 90Ra Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D640" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8210 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E640" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F640" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G640" s="8" t="inlineStr">
+        <is>
+          <t>20 687,70 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="641">
+      <c r="A641" s="5" t="inlineStr">
+        <is>
+          <t>507224</t>
+        </is>
+      </c>
+      <c r="B641" s="5" t="inlineStr"/>
+      <c r="C641" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 4000К 90Ra Микропризма</t>
+        </is>
+      </c>
+      <c r="D641" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8350 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E641" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F641" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G641" s="8" t="inlineStr">
+        <is>
+          <t>12 493,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="642">
+      <c r="A642" s="5" t="inlineStr">
+        <is>
+          <t>507223</t>
+        </is>
+      </c>
+      <c r="B642" s="5" t="inlineStr"/>
+      <c r="C642" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 4000К 90Ra Опал</t>
+        </is>
+      </c>
+      <c r="D642" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8210 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E642" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F642" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G642" s="8" t="inlineStr">
+        <is>
+          <t>12 926,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="643">
+      <c r="A643" s="5" t="inlineStr">
+        <is>
+          <t>507124</t>
+        </is>
+      </c>
+      <c r="B643" s="5" t="inlineStr"/>
+      <c r="C643" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 4000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D643" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8210 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E643" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F643" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G643" s="8" t="inlineStr">
+        <is>
+          <t>20 427,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="644">
+      <c r="A644" s="5" t="inlineStr">
+        <is>
+          <t>507126</t>
+        </is>
+      </c>
+      <c r="B644" s="5" t="inlineStr"/>
+      <c r="C644" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 4000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D644" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8350 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E644" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F644" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G644" s="8" t="inlineStr">
+        <is>
+          <t>12 526,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="645">
+      <c r="A645" s="5" t="inlineStr">
+        <is>
+          <t>507125</t>
+        </is>
+      </c>
+      <c r="B645" s="5" t="inlineStr"/>
+      <c r="C645" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 4000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D645" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8210 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E645" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F645" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G645" s="8" t="inlineStr">
+        <is>
+          <t>12 948,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="646">
+      <c r="A646" s="5" t="inlineStr">
+        <is>
+          <t>507177</t>
+        </is>
+      </c>
+      <c r="B646" s="5" t="inlineStr"/>
+      <c r="C646" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 4000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D646" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8210 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E646" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F646" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G646" s="8" t="inlineStr">
+        <is>
+          <t>19 333,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="647">
+      <c r="A647" s="5" t="inlineStr">
+        <is>
+          <t>507179</t>
+        </is>
+      </c>
+      <c r="B647" s="5" t="inlineStr"/>
+      <c r="C647" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 4000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D647" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8350 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E647" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F647" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G647" s="8" t="inlineStr">
+        <is>
+          <t>11 674,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="648">
+      <c r="A648" s="5" t="inlineStr">
+        <is>
+          <t>507178</t>
+        </is>
+      </c>
+      <c r="B648" s="5" t="inlineStr"/>
+      <c r="C648" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 4000К Опал</t>
+        </is>
+      </c>
+      <c r="D648" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8210 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E648" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F648" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G648" s="8" t="inlineStr">
+        <is>
+          <t>12 081,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="649">
+      <c r="A649" s="5" t="inlineStr">
+        <is>
+          <t>507127</t>
+        </is>
+      </c>
+      <c r="B649" s="5" t="inlineStr"/>
+      <c r="C649" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 5000К IP54 Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D649" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8500 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E649" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F649" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G649" s="8" t="inlineStr">
+        <is>
+          <t>20 427,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="650">
+      <c r="A650" s="5" t="inlineStr">
+        <is>
+          <t>507129</t>
+        </is>
+      </c>
+      <c r="B650" s="5" t="inlineStr"/>
+      <c r="C650" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 5000К IP54 Микропризма</t>
+        </is>
+      </c>
+      <c r="D650" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8640 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E650" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F650" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G650" s="8" t="inlineStr">
+        <is>
+          <t>12 526,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="651">
+      <c r="A651" s="5" t="inlineStr">
+        <is>
+          <t>507128</t>
+        </is>
+      </c>
+      <c r="B651" s="5" t="inlineStr"/>
+      <c r="C651" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 5000К IP54 Опал</t>
+        </is>
+      </c>
+      <c r="D651" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8500 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E651" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F651" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G651" s="8" t="inlineStr">
+        <is>
+          <t>12 948,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="652">
+      <c r="A652" s="5" t="inlineStr">
+        <is>
+          <t>507180</t>
+        </is>
+      </c>
+      <c r="B652" s="5" t="inlineStr"/>
+      <c r="C652" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 5000К Матовое закаленное стекло</t>
+        </is>
+      </c>
+      <c r="D652" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8500 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E652" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F652" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G652" s="8" t="inlineStr">
+        <is>
+          <t>19 333,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="653">
+      <c r="A653" s="5" t="inlineStr">
+        <is>
+          <t>507182</t>
+        </is>
+      </c>
+      <c r="B653" s="5" t="inlineStr"/>
+      <c r="C653" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 5000К Микропризма</t>
+        </is>
+      </c>
+      <c r="D653" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8640 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E653" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F653" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G653" s="8" t="inlineStr">
+        <is>
+          <t>11 674,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="654">
+      <c r="A654" s="5" t="inlineStr">
+        <is>
+          <t>507181</t>
+        </is>
+      </c>
+      <c r="B654" s="5" t="inlineStr"/>
+      <c r="C654" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный светильник для чистых помещений Geniled Clip-In Standart 600x600x60 100Вт 4000К 90Ra Опал, Светодиодный светильник Geniled Office Clip-In Standart 600x600x60 80Вт 5000К Опал</t>
+        </is>
+      </c>
+      <c r="D654" s="7" t="inlineStr">
+        <is>
+          <t>80 Вт, 8500 лм, Д, 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E654" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F654" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G654" s="8" t="inlineStr">
+        <is>
+          <t>12 081,30 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="655">
+      <c r="A655" s="3" t="inlineStr">
+        <is>
+          <t>АВАРИЙНЫЕ СВЕТИЛЬНИКИ</t>
+        </is>
+      </c>
+    </row>
+    <row r="656">
+      <c r="A656" s="4" t="inlineStr">
+        <is>
+          <t>Артикул</t>
+        </is>
+      </c>
+      <c r="B656" s="4" t="inlineStr">
+        <is>
+          <t>Код производителя</t>
+        </is>
+      </c>
+      <c r="C656" s="4" t="inlineStr">
+        <is>
+          <t>Название</t>
+        </is>
+      </c>
+      <c r="D656" s="4" t="inlineStr">
+        <is>
+          <t>Характеристики</t>
+        </is>
+      </c>
+      <c r="E656" s="4" t="inlineStr">
+        <is>
+          <t>Гар.</t>
+        </is>
+      </c>
+      <c r="F656" s="4" t="inlineStr">
+        <is>
+          <t>Розничная</t>
+        </is>
+      </c>
+      <c r="G656" s="4" t="inlineStr">
+        <is>
+          <t>Онлайн</t>
+        </is>
+      </c>
+    </row>
+    <row r="657">
+      <c r="A657" s="5" t="inlineStr">
+        <is>
+          <t>103066</t>
+        </is>
+      </c>
+      <c r="B657" s="5" t="inlineStr"/>
+      <c r="C657" s="6" t="inlineStr">
+        <is>
+          <t>Аварийный светодиодный светильник Pandora LED 520 AE-125, 4000K</t>
+        </is>
+      </c>
+      <c r="D657" s="7" t="inlineStr">
+        <is>
+          <t>125 Вт, 16490 лм, Ш, 4000 К, IP65</t>
+        </is>
+      </c>
+      <c r="E657" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F657" s="8" t="inlineStr">
+        <is>
+          <t>50 425,00 ₽</t>
+        </is>
+      </c>
+      <c r="G657" s="8" t="inlineStr">
+        <is>
+          <t>50 425,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="658">
+      <c r="A658" s="5" t="inlineStr">
+        <is>
+          <t>104148</t>
+        </is>
+      </c>
+      <c r="B658" s="5" t="inlineStr">
+        <is>
+          <t>DS-0010</t>
+        </is>
+      </c>
+      <c r="C658" s="6" t="inlineStr">
+        <is>
+          <t>Аварийный светодиодный светильник Dioteck DS-N 32 mini БАП, 5000 K</t>
+        </is>
+      </c>
+      <c r="D658" s="7" t="inlineStr">
+        <is>
+          <t>18 Вт, 1915 лм, Д, 5000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E658" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F658" s="8" t="inlineStr">
+        <is>
+          <t>7 100,00 ₽</t>
+        </is>
+      </c>
+      <c r="G658" s="8" t="inlineStr">
+        <is>
+          <t>7 100,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="659">
+      <c r="A659" s="5" t="inlineStr">
+        <is>
+          <t>106269</t>
+        </is>
+      </c>
+      <c r="B659" s="5" t="inlineStr">
+        <is>
+          <t>113103000852601</t>
+        </is>
+      </c>
+      <c r="C659" s="6" t="inlineStr">
+        <is>
+          <t>Аварийный светодиодный светильник LEDEL L-office 32 EM Premium, 5000 К</t>
+        </is>
+      </c>
+      <c r="D659" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3700 лм, Д, 5000 К, IP30</t>
+        </is>
+      </c>
+      <c r="E659" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F659" s="8" t="inlineStr">
+        <is>
+          <t>16 058,00 ₽</t>
+        </is>
+      </c>
+      <c r="G659" s="8" t="inlineStr">
+        <is>
+          <t>15 260,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="660">
+      <c r="A660" s="5" t="inlineStr">
+        <is>
+          <t>106309</t>
+        </is>
+      </c>
+      <c r="B660" s="5" t="inlineStr">
+        <is>
+          <t>111103000852601</t>
+        </is>
+      </c>
+      <c r="C660" s="6" t="inlineStr">
+        <is>
+          <t>Аварийный светодиодный светильник LEDEL L-office 32 EM Standart, 5000 К</t>
+        </is>
+      </c>
+      <c r="D660" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3900 лм, Д, 5000 К, IP30</t>
+        </is>
+      </c>
+      <c r="E660" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F660" s="8" t="inlineStr">
+        <is>
+          <t>14 865,00 ₽</t>
+        </is>
+      </c>
+      <c r="G660" s="8" t="inlineStr">
+        <is>
+          <t>14 122,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="661">
+      <c r="A661" s="5" t="inlineStr">
+        <is>
+          <t>106277</t>
+        </is>
+      </c>
+      <c r="B661" s="5" t="inlineStr">
+        <is>
+          <t>OF20-110-237-14P4</t>
+        </is>
+      </c>
+      <c r="C661" s="6" t="inlineStr">
+        <is>
+          <t>Аварийный светодиодный светильник LEDEL L-office 32 S EM Premium, 4000К</t>
+        </is>
+      </c>
+      <c r="D661" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 2139 лм, Д, 4000 К, IP50</t>
+        </is>
+      </c>
+      <c r="E661" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F661" s="8" t="inlineStr">
+        <is>
+          <t>18 011,00 ₽</t>
+        </is>
+      </c>
+      <c r="G661" s="8" t="inlineStr">
+        <is>
+          <t>17 115,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="662">
+      <c r="A662" s="5" t="inlineStr">
+        <is>
+          <t>106291</t>
+        </is>
+      </c>
+      <c r="B662" s="5" t="inlineStr">
+        <is>
+          <t>104040</t>
+        </is>
+      </c>
+      <c r="C662" s="6" t="inlineStr">
+        <is>
+          <t>Аварийный светодиодный светильник LEDEL L-office 55 EM Premium, 5000 К</t>
+        </is>
+      </c>
+      <c r="D662" s="7" t="inlineStr">
+        <is>
+          <t>32 Вт, 5700 лм, Д, 5000 К, IP50</t>
+        </is>
+      </c>
+      <c r="E662" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F662" s="8" t="inlineStr">
+        <is>
+          <t>21 505,00 ₽</t>
+        </is>
+      </c>
+      <c r="G662" s="8" t="inlineStr">
+        <is>
+          <t>20 430,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="663">
+      <c r="A663" s="5" t="inlineStr">
+        <is>
+          <t>106327</t>
+        </is>
+      </c>
+      <c r="B663" s="5" t="inlineStr">
+        <is>
+          <t>112205000852601</t>
+        </is>
+      </c>
+      <c r="C663" s="6" t="inlineStr">
+        <is>
+          <t>Аварийный светодиодный светильник LEDEL L-office 55 EM Standart, 5000 К</t>
+        </is>
+      </c>
+      <c r="D663" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5605 лм, Д, 5000 К, IP50</t>
+        </is>
+      </c>
+      <c r="E663" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F663" s="8" t="inlineStr">
+        <is>
+          <t>18 745,00 ₽</t>
+        </is>
+      </c>
+      <c r="G663" s="8" t="inlineStr">
+        <is>
+          <t>17 810,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="664">
+      <c r="A664" s="5" t="inlineStr">
+        <is>
+          <t>106337</t>
+        </is>
+      </c>
+      <c r="B664" s="5" t="inlineStr">
+        <is>
+          <t>111113</t>
+        </is>
+      </c>
+      <c r="C664" s="6" t="inlineStr">
+        <is>
+          <t>Аварийный светодиодный светильник LEDEL L-school 16 EM Premium, 5000 К</t>
+        </is>
+      </c>
+      <c r="D664" s="7" t="inlineStr">
+        <is>
+          <t>15 Вт, 1750 лм, Д, 5000 К, IP20</t>
+        </is>
+      </c>
+      <c r="E664" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F664" s="8" t="inlineStr">
+        <is>
+          <t>14 835,00 ₽</t>
+        </is>
+      </c>
+      <c r="G664" s="8" t="inlineStr">
+        <is>
+          <t>14 095,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="665">
+      <c r="A665" s="5" t="inlineStr">
+        <is>
+          <t>106357</t>
+        </is>
+      </c>
+      <c r="B665" s="5" t="inlineStr">
+        <is>
+          <t>121201500852101</t>
+        </is>
+      </c>
+      <c r="C665" s="6" t="inlineStr">
+        <is>
+          <t>Аварийный светодиодный светильник LEDEL L-school 16 EM Standart, 5000 К</t>
+        </is>
+      </c>
+      <c r="D665" s="7" t="inlineStr">
+        <is>
+          <t>15 Вт, 1800 лм, Д, 5000 К, IP20</t>
+        </is>
+      </c>
+      <c r="E665" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F665" s="8" t="inlineStr">
+        <is>
+          <t>13 915,00 ₽</t>
+        </is>
+      </c>
+      <c r="G665" s="8" t="inlineStr">
+        <is>
+          <t>13 220,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="666">
+      <c r="A666" s="5" t="inlineStr">
+        <is>
+          <t>106343</t>
+        </is>
+      </c>
+      <c r="B666" s="5" t="inlineStr">
+        <is>
+          <t>112003</t>
+        </is>
+      </c>
+      <c r="C666" s="6" t="inlineStr">
+        <is>
+          <t>Аварийный светодиодный светильник LEDEL L-school 32 EM Premium, 5000 К</t>
+        </is>
+      </c>
+      <c r="D666" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3400 лм, Д, 5000 К, IP20</t>
+        </is>
+      </c>
+      <c r="E666" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F666" s="8" t="inlineStr">
+        <is>
+          <t>15 525,00 ₽</t>
+        </is>
+      </c>
+      <c r="G666" s="8" t="inlineStr">
+        <is>
+          <t>14 750,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="667">
+      <c r="A667" s="5" t="inlineStr">
+        <is>
+          <t>106363</t>
+        </is>
+      </c>
+      <c r="B667" s="5" t="inlineStr">
+        <is>
+          <t>122203000852101</t>
+        </is>
+      </c>
+      <c r="C667" s="6" t="inlineStr">
+        <is>
+          <t>Аварийный светодиодный светильник LEDEL L-school 32 EM Standart, 5000 К</t>
+        </is>
+      </c>
+      <c r="D667" s="7" t="inlineStr">
+        <is>
+          <t>30 Вт, 3850 лм, Д, 5000 К, IP20</t>
+        </is>
+      </c>
+      <c r="E667" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F667" s="8" t="inlineStr">
+        <is>
+          <t>14 720,00 ₽</t>
+        </is>
+      </c>
+      <c r="G667" s="8" t="inlineStr">
+        <is>
+          <t>13 985,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="668">
+      <c r="A668" s="5" t="inlineStr">
+        <is>
+          <t>106346</t>
+        </is>
+      </c>
+      <c r="B668" s="5" t="inlineStr">
+        <is>
+          <t>113006</t>
+        </is>
+      </c>
+      <c r="C668" s="6" t="inlineStr">
+        <is>
+          <t>Аварийный светодиодный светильник LEDEL L-school 32 S EM Premium, 4000К</t>
+        </is>
+      </c>
+      <c r="D668" s="7" t="inlineStr">
+        <is>
+          <t>20 Вт, 2459 лм, Д, 4000 К, IP20</t>
+        </is>
+      </c>
+      <c r="E668" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F668" s="8" t="inlineStr">
+        <is>
+          <t>17 825,00 ₽</t>
+        </is>
+      </c>
+      <c r="G668" s="8" t="inlineStr">
+        <is>
+          <t>16 935,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="669">
+      <c r="A669" s="5" t="inlineStr">
+        <is>
+          <t>106351</t>
+        </is>
+      </c>
+      <c r="B669" s="5" t="inlineStr">
+        <is>
+          <t>113003</t>
+        </is>
+      </c>
+      <c r="C669" s="6" t="inlineStr">
+        <is>
+          <t>Аварийный светодиодный светильник LEDEL L-school 55 EM Premium, 5000 К</t>
+        </is>
+      </c>
+      <c r="D669" s="7" t="inlineStr">
+        <is>
+          <t>32 Вт, 3800 лм, Д, 5000 К, IP20</t>
+        </is>
+      </c>
+      <c r="E669" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F669" s="8" t="inlineStr">
+        <is>
+          <t>20 240,00 ₽</t>
+        </is>
+      </c>
+      <c r="G669" s="8" t="inlineStr">
+        <is>
+          <t>19 228,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="670">
+      <c r="A670" s="5" t="inlineStr">
+        <is>
+          <t>106369</t>
+        </is>
+      </c>
+      <c r="B670" s="5" t="inlineStr">
+        <is>
+          <t>123205000852101</t>
+        </is>
+      </c>
+      <c r="C670" s="6" t="inlineStr">
+        <is>
+          <t>Аварийный светодиодный светильник LEDEL L-school 55 EM Standart, 5000 К</t>
+        </is>
+      </c>
+      <c r="D670" s="7" t="inlineStr">
+        <is>
+          <t>50 Вт, 5550 лм, Д, 5000 К, IP20</t>
+        </is>
+      </c>
+      <c r="E670" s="5" t="inlineStr">
+        <is>
+          <t>5 лет</t>
+        </is>
+      </c>
+      <c r="F670" s="8" t="inlineStr">
+        <is>
+          <t>18 400,00 ₽</t>
+        </is>
+      </c>
+      <c r="G670" s="8" t="inlineStr">
+        <is>
+          <t>17 480,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="671">
+      <c r="A671" s="3" t="inlineStr">
+        <is>
+          <t>ФОТОЛИТОГРАФИЯ - МИКРОЭЛЕКТРОНИКА</t>
+        </is>
+      </c>
+    </row>
+    <row r="672">
+      <c r="A672" s="4" t="inlineStr">
+        <is>
+          <t>Артикул</t>
+        </is>
+      </c>
+      <c r="B672" s="4" t="inlineStr">
+        <is>
+          <t>Код производителя</t>
+        </is>
+      </c>
+      <c r="C672" s="4" t="inlineStr">
+        <is>
+          <t>Название</t>
+        </is>
+      </c>
+      <c r="D672" s="4" t="inlineStr">
+        <is>
+          <t>Характеристики</t>
+        </is>
+      </c>
+      <c r="E672" s="4" t="inlineStr">
+        <is>
+          <t>Гар.</t>
+        </is>
+      </c>
+      <c r="F672" s="4" t="inlineStr">
+        <is>
+          <t>Розничная</t>
+        </is>
+      </c>
+      <c r="G672" s="4" t="inlineStr">
+        <is>
+          <t>Онлайн</t>
+        </is>
+      </c>
+    </row>
+    <row r="673">
+      <c r="A673" s="5" t="inlineStr">
+        <is>
           <t>131101</t>
         </is>
       </c>
-      <c r="B421" s="5" t="inlineStr">
+      <c r="B673" s="5" t="inlineStr">
         <is>
           <t>ССдО 03-030-003 IP20 ФЛ 30</t>
         </is>
       </c>
-      <c r="C421" s="6" t="inlineStr">
+      <c r="C673" s="6" t="inlineStr">
         <is>
           <t>Светильник с длиной волны от 540 до 620 Нм желтый Свет НН ССдО 03-030-003 IP20 ФЛ 30, IP20, жёлтый</t>
         </is>
       </c>
-      <c r="D421" s="7" t="inlineStr">
+      <c r="D673" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 2800 лм, Д, Специальный, IP20</t>
         </is>
       </c>
-      <c r="E421" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F421" s="8" t="inlineStr">
+      <c r="E673" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F673" s="8" t="inlineStr">
         <is>
           <t>9 000,00 ₽</t>
         </is>
       </c>
-      <c r="G421" s="8" t="inlineStr">
+      <c r="G673" s="8" t="inlineStr">
         <is>
           <t>8 550,00 ₽</t>
         </is>
       </c>
     </row>
+    <row r="674">
+      <c r="A674" s="3" t="inlineStr">
+        <is>
+          <t>ТРЕКОВЫЕ СВЕТИЛЬНИКИ</t>
+        </is>
+      </c>
+    </row>
+    <row r="675">
+      <c r="A675" s="3" t="inlineStr">
+        <is>
+          <t>ТРЕКОВЫЕ СВЕТИЛЬНИКИ</t>
+        </is>
+      </c>
+    </row>
+    <row r="676">
+      <c r="A676" s="4" t="inlineStr">
+        <is>
+          <t>Артикул</t>
+        </is>
+      </c>
+      <c r="B676" s="4" t="inlineStr">
+        <is>
+          <t>Код производителя</t>
+        </is>
+      </c>
+      <c r="C676" s="4" t="inlineStr">
+        <is>
+          <t>Название</t>
+        </is>
+      </c>
+      <c r="D676" s="4" t="inlineStr">
+        <is>
+          <t>Характеристики</t>
+        </is>
+      </c>
+      <c r="E676" s="4" t="inlineStr">
+        <is>
+          <t>Гар.</t>
+        </is>
+      </c>
+      <c r="F676" s="4" t="inlineStr">
+        <is>
+          <t>Розничная</t>
+        </is>
+      </c>
+      <c r="G676" s="4" t="inlineStr">
+        <is>
+          <t>Онлайн</t>
+        </is>
+      </c>
+    </row>
+    <row r="677">
+      <c r="A677" s="5" t="inlineStr">
+        <is>
+          <t>506528</t>
+        </is>
+      </c>
+      <c r="B677" s="5" t="inlineStr"/>
+      <c r="C677" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D677" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E677" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F677" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G677" s="8" t="inlineStr">
+        <is>
+          <t>4 698,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="678">
+      <c r="A678" s="5" t="inlineStr">
+        <is>
+          <t>506600</t>
+        </is>
+      </c>
+      <c r="B678" s="5" t="inlineStr"/>
+      <c r="C678" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Белый для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D678" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E678" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F678" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G678" s="8" t="inlineStr">
+        <is>
+          <t>4 889,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="679">
+      <c r="A679" s="5" t="inlineStr">
+        <is>
+          <t>506601</t>
+        </is>
+      </c>
+      <c r="B679" s="5" t="inlineStr"/>
+      <c r="C679" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Белый для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D679" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E679" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F679" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G679" s="8" t="inlineStr">
+        <is>
+          <t>4 889,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="680">
+      <c r="A680" s="5" t="inlineStr">
+        <is>
+          <t>506552</t>
+        </is>
+      </c>
+      <c r="B680" s="5" t="inlineStr"/>
+      <c r="C680" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Белый для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D680" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E680" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F680" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G680" s="8" t="inlineStr">
+        <is>
+          <t>4 698,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="681">
+      <c r="A681" s="5" t="inlineStr">
+        <is>
+          <t>506553</t>
+        </is>
+      </c>
+      <c r="B681" s="5" t="inlineStr"/>
+      <c r="C681" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Белый для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D681" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E681" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F681" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G681" s="8" t="inlineStr">
+        <is>
+          <t>4 698,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="682">
+      <c r="A682" s="5" t="inlineStr">
+        <is>
+          <t>506637</t>
+        </is>
+      </c>
+      <c r="B682" s="5" t="inlineStr"/>
+      <c r="C682" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Белый с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D682" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E682" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F682" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G682" s="8" t="inlineStr">
+        <is>
+          <t>3 510,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="683">
+      <c r="A683" s="5" t="inlineStr">
+        <is>
+          <t>506625</t>
+        </is>
+      </c>
+      <c r="B683" s="5" t="inlineStr"/>
+      <c r="C683" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra с потолочной чашкой 60x25 Белый</t>
+        </is>
+      </c>
+      <c r="D683" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E683" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F683" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G683" s="8" t="inlineStr">
+        <is>
+          <t>4 636,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="684">
+      <c r="A684" s="5" t="inlineStr">
+        <is>
+          <t>506624</t>
+        </is>
+      </c>
+      <c r="B684" s="5" t="inlineStr"/>
+      <c r="C684" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra с потолочной чашкой 60x25 Черный</t>
+        </is>
+      </c>
+      <c r="D684" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E684" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F684" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G684" s="8" t="inlineStr">
+        <is>
+          <t>4 636,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="685">
+      <c r="A685" s="5" t="inlineStr">
+        <is>
+          <t>506576</t>
+        </is>
+      </c>
+      <c r="B685" s="5" t="inlineStr"/>
+      <c r="C685" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D685" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E685" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F685" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G685" s="8" t="inlineStr">
+        <is>
+          <t>4 889,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="686">
+      <c r="A686" s="5" t="inlineStr">
+        <is>
+          <t>506577</t>
+        </is>
+      </c>
+      <c r="B686" s="5" t="inlineStr"/>
+      <c r="C686" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D686" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E686" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F686" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G686" s="8" t="inlineStr">
+        <is>
+          <t>4 889,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="687">
+      <c r="A687" s="5" t="inlineStr">
+        <is>
+          <t>506529</t>
+        </is>
+      </c>
+      <c r="B687" s="5" t="inlineStr"/>
+      <c r="C687" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D687" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E687" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F687" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G687" s="8" t="inlineStr">
+        <is>
+          <t>4 698,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="688">
+      <c r="A688" s="5" t="inlineStr">
+        <is>
+          <t>506636</t>
+        </is>
+      </c>
+      <c r="B688" s="5" t="inlineStr"/>
+      <c r="C688" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D688" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E688" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F688" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G688" s="8" t="inlineStr">
+        <is>
+          <t>3 510,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="689">
+      <c r="A689" s="5" t="inlineStr">
+        <is>
+          <t>506602</t>
+        </is>
+      </c>
+      <c r="B689" s="5" t="inlineStr"/>
+      <c r="C689" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 4000К 90Ra Белый для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D689" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E689" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F689" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G689" s="8" t="inlineStr">
+        <is>
+          <t>4 889,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="690">
+      <c r="A690" s="5" t="inlineStr">
+        <is>
+          <t>506603</t>
+        </is>
+      </c>
+      <c r="B690" s="5" t="inlineStr"/>
+      <c r="C690" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 4000К 90Ra Белый для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D690" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E690" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F690" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G690" s="8" t="inlineStr">
+        <is>
+          <t>4 889,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="691">
+      <c r="A691" s="5" t="inlineStr">
+        <is>
+          <t>506554</t>
+        </is>
+      </c>
+      <c r="B691" s="5" t="inlineStr"/>
+      <c r="C691" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 4000К 90Ra Белый для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D691" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E691" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F691" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G691" s="8" t="inlineStr">
+        <is>
+          <t>4 698,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="692">
+      <c r="A692" s="5" t="inlineStr">
+        <is>
+          <t>506555</t>
+        </is>
+      </c>
+      <c r="B692" s="5" t="inlineStr"/>
+      <c r="C692" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 4000К 90Ra Белый для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D692" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E692" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F692" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G692" s="8" t="inlineStr">
+        <is>
+          <t>4 698,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="693">
+      <c r="A693" s="5" t="inlineStr">
+        <is>
+          <t>506639</t>
+        </is>
+      </c>
+      <c r="B693" s="5" t="inlineStr"/>
+      <c r="C693" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 4000К 90Ra Белый с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D693" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E693" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F693" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G693" s="8" t="inlineStr">
+        <is>
+          <t>3 510,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="694">
+      <c r="A694" s="5" t="inlineStr">
+        <is>
+          <t>506627</t>
+        </is>
+      </c>
+      <c r="B694" s="5" t="inlineStr"/>
+      <c r="C694" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 4000К 90Ra с потолочной чашкой 60x25 Белый</t>
+        </is>
+      </c>
+      <c r="D694" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E694" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F694" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G694" s="8" t="inlineStr">
+        <is>
+          <t>4 636,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="695">
+      <c r="A695" s="5" t="inlineStr">
+        <is>
+          <t>506626</t>
+        </is>
+      </c>
+      <c r="B695" s="5" t="inlineStr"/>
+      <c r="C695" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 4000К 90Ra с потолочной чашкой 60x25 Черный</t>
+        </is>
+      </c>
+      <c r="D695" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E695" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F695" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G695" s="8" t="inlineStr">
+        <is>
+          <t>4 636,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="696">
+      <c r="A696" s="5" t="inlineStr">
+        <is>
+          <t>506578</t>
+        </is>
+      </c>
+      <c r="B696" s="5" t="inlineStr"/>
+      <c r="C696" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 4000К 90Ra Черный для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D696" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E696" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F696" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G696" s="8" t="inlineStr">
+        <is>
+          <t>4 889,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="697">
+      <c r="A697" s="5" t="inlineStr">
+        <is>
+          <t>506579</t>
+        </is>
+      </c>
+      <c r="B697" s="5" t="inlineStr"/>
+      <c r="C697" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 4000К 90Ra Черный для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D697" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E697" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F697" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G697" s="8" t="inlineStr">
+        <is>
+          <t>4 889,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="698">
+      <c r="A698" s="5" t="inlineStr">
+        <is>
+          <t>506530</t>
+        </is>
+      </c>
+      <c r="B698" s="5" t="inlineStr"/>
+      <c r="C698" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 4000К 90Ra Черный для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D698" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E698" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F698" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G698" s="8" t="inlineStr">
+        <is>
+          <t>4 698,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="699">
+      <c r="A699" s="5" t="inlineStr">
+        <is>
+          <t>506531</t>
+        </is>
+      </c>
+      <c r="B699" s="5" t="inlineStr"/>
+      <c r="C699" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 4000К 90Ra Черный для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D699" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E699" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F699" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G699" s="8" t="inlineStr">
+        <is>
+          <t>4 698,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="700">
+      <c r="A700" s="5" t="inlineStr">
+        <is>
+          <t>506638</t>
+        </is>
+      </c>
+      <c r="B700" s="5" t="inlineStr"/>
+      <c r="C700" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 4000К 90Ra Черный с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D700" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E700" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F700" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G700" s="8" t="inlineStr">
+        <is>
+          <t>3 510,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="701">
+      <c r="A701" s="5" t="inlineStr">
+        <is>
+          <t>506604</t>
+        </is>
+      </c>
+      <c r="B701" s="5" t="inlineStr"/>
+      <c r="C701" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 5000К 90Ra Белый для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D701" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E701" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F701" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G701" s="8" t="inlineStr">
+        <is>
+          <t>4 889,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="702">
+      <c r="A702" s="5" t="inlineStr">
+        <is>
+          <t>506605</t>
+        </is>
+      </c>
+      <c r="B702" s="5" t="inlineStr"/>
+      <c r="C702" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 5000К 90Ra Белый для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D702" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E702" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F702" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G702" s="8" t="inlineStr">
+        <is>
+          <t>4 889,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="703">
+      <c r="A703" s="5" t="inlineStr">
+        <is>
+          <t>506556</t>
+        </is>
+      </c>
+      <c r="B703" s="5" t="inlineStr"/>
+      <c r="C703" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 5000К 90Ra Белый для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D703" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E703" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F703" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G703" s="8" t="inlineStr">
+        <is>
+          <t>4 698,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="704">
+      <c r="A704" s="5" t="inlineStr">
+        <is>
+          <t>506557</t>
+        </is>
+      </c>
+      <c r="B704" s="5" t="inlineStr"/>
+      <c r="C704" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 5000К 90Ra Белый для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D704" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E704" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F704" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G704" s="8" t="inlineStr">
+        <is>
+          <t>4 698,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="705">
+      <c r="A705" s="5" t="inlineStr">
+        <is>
+          <t>506641</t>
+        </is>
+      </c>
+      <c r="B705" s="5" t="inlineStr"/>
+      <c r="C705" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 5000К 90Ra Белый с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D705" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E705" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F705" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G705" s="8" t="inlineStr">
+        <is>
+          <t>3 510,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="706">
+      <c r="A706" s="5" t="inlineStr">
+        <is>
+          <t>506629</t>
+        </is>
+      </c>
+      <c r="B706" s="5" t="inlineStr"/>
+      <c r="C706" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 5000К 90Ra с потолочной чашкой 60x25 Белый</t>
+        </is>
+      </c>
+      <c r="D706" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E706" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F706" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G706" s="8" t="inlineStr">
+        <is>
+          <t>4 636,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="707">
+      <c r="A707" s="5" t="inlineStr">
+        <is>
+          <t>506628</t>
+        </is>
+      </c>
+      <c r="B707" s="5" t="inlineStr"/>
+      <c r="C707" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 5000К 90Ra с потолочной чашкой 60x25 Черный</t>
+        </is>
+      </c>
+      <c r="D707" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E707" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F707" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G707" s="8" t="inlineStr">
+        <is>
+          <t>4 636,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="708">
+      <c r="A708" s="5" t="inlineStr">
+        <is>
+          <t>506580</t>
+        </is>
+      </c>
+      <c r="B708" s="5" t="inlineStr"/>
+      <c r="C708" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 5000К 90Ra Черный для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D708" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E708" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F708" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G708" s="8" t="inlineStr">
+        <is>
+          <t>4 889,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="709">
+      <c r="A709" s="5" t="inlineStr">
+        <is>
+          <t>506581</t>
+        </is>
+      </c>
+      <c r="B709" s="5" t="inlineStr"/>
+      <c r="C709" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 5000К 90Ra Черный для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D709" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E709" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F709" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G709" s="8" t="inlineStr">
+        <is>
+          <t>4 889,50 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="710">
+      <c r="A710" s="5" t="inlineStr">
+        <is>
+          <t>506532</t>
+        </is>
+      </c>
+      <c r="B710" s="5" t="inlineStr"/>
+      <c r="C710" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 5000К 90Ra Черный для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D710" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E710" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F710" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G710" s="8" t="inlineStr">
+        <is>
+          <t>4 698,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="711">
+      <c r="A711" s="5" t="inlineStr">
+        <is>
+          <t>506533</t>
+        </is>
+      </c>
+      <c r="B711" s="5" t="inlineStr"/>
+      <c r="C711" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 5000К 90Ra Черный для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D711" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E711" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F711" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G711" s="8" t="inlineStr">
+        <is>
+          <t>4 698,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="712">
+      <c r="A712" s="5" t="inlineStr">
+        <is>
+          <t>506640</t>
+        </is>
+      </c>
+      <c r="B712" s="5" t="inlineStr"/>
+      <c r="C712" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 5000К 90Ra Черный с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D712" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E712" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F712" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G712" s="8" t="inlineStr">
+        <is>
+          <t>3 510,10 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="713">
+      <c r="A713" s="5" t="inlineStr">
+        <is>
+          <t>506606</t>
+        </is>
+      </c>
+      <c r="B713" s="5" t="inlineStr"/>
+      <c r="C713" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 3000К 90Ra Белый для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D713" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E713" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F713" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G713" s="8" t="inlineStr">
+        <is>
+          <t>5 695,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="714">
+      <c r="A714" s="5" t="inlineStr">
+        <is>
+          <t>506607</t>
+        </is>
+      </c>
+      <c r="B714" s="5" t="inlineStr"/>
+      <c r="C714" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 3000К 90Ra Белый для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D714" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E714" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F714" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G714" s="8" t="inlineStr">
+        <is>
+          <t>5 695,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="715">
+      <c r="A715" s="5" t="inlineStr">
+        <is>
+          <t>506558</t>
+        </is>
+      </c>
+      <c r="B715" s="5" t="inlineStr"/>
+      <c r="C715" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 3000К 90Ra Белый для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D715" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E715" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F715" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G715" s="8" t="inlineStr">
+        <is>
+          <t>5 504,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="716">
+      <c r="A716" s="5" t="inlineStr">
+        <is>
+          <t>506559</t>
+        </is>
+      </c>
+      <c r="B716" s="5" t="inlineStr"/>
+      <c r="C716" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 3000К 90Ra Белый для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D716" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E716" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F716" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G716" s="8" t="inlineStr">
+        <is>
+          <t>5 504,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="717">
+      <c r="A717" s="5" t="inlineStr">
+        <is>
+          <t>506643</t>
+        </is>
+      </c>
+      <c r="B717" s="5" t="inlineStr"/>
+      <c r="C717" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 3000К 90Ra Белый с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D717" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E717" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F717" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G717" s="8" t="inlineStr">
+        <is>
+          <t>4 316,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="718">
+      <c r="A718" s="5" t="inlineStr">
+        <is>
+          <t>506631</t>
+        </is>
+      </c>
+      <c r="B718" s="5" t="inlineStr"/>
+      <c r="C718" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 3000К 90Ra с потолочной чашкой 60x25 Белый</t>
+        </is>
+      </c>
+      <c r="D718" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E718" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F718" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G718" s="8" t="inlineStr">
+        <is>
+          <t>5 442,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="719">
+      <c r="A719" s="5" t="inlineStr">
+        <is>
+          <t>506630</t>
+        </is>
+      </c>
+      <c r="B719" s="5" t="inlineStr"/>
+      <c r="C719" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 3000К 90Ra с потолочной чашкой 60x25 Черный</t>
+        </is>
+      </c>
+      <c r="D719" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E719" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F719" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G719" s="8" t="inlineStr">
+        <is>
+          <t>5 442,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="720">
+      <c r="A720" s="5" t="inlineStr">
+        <is>
+          <t>506582</t>
+        </is>
+      </c>
+      <c r="B720" s="5" t="inlineStr"/>
+      <c r="C720" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 3000К 90Ra Черный для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D720" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E720" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F720" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G720" s="8" t="inlineStr">
+        <is>
+          <t>5 695,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="721">
+      <c r="A721" s="5" t="inlineStr">
+        <is>
+          <t>506583</t>
+        </is>
+      </c>
+      <c r="B721" s="5" t="inlineStr"/>
+      <c r="C721" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 3000К 90Ra Черный для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D721" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E721" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F721" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G721" s="8" t="inlineStr">
+        <is>
+          <t>5 695,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="722">
+      <c r="A722" s="5" t="inlineStr">
+        <is>
+          <t>506534</t>
+        </is>
+      </c>
+      <c r="B722" s="5" t="inlineStr"/>
+      <c r="C722" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D722" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E722" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F722" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G722" s="8" t="inlineStr">
+        <is>
+          <t>5 504,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="723">
+      <c r="A723" s="5" t="inlineStr">
+        <is>
+          <t>506535</t>
+        </is>
+      </c>
+      <c r="B723" s="5" t="inlineStr"/>
+      <c r="C723" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 3000К 90Ra Черный для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D723" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E723" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F723" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G723" s="8" t="inlineStr">
+        <is>
+          <t>5 504,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="724">
+      <c r="A724" s="5" t="inlineStr">
+        <is>
+          <t>506642</t>
+        </is>
+      </c>
+      <c r="B724" s="5" t="inlineStr"/>
+      <c r="C724" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 3000К 90Ra Черный с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D724" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E724" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F724" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G724" s="8" t="inlineStr">
+        <is>
+          <t>4 316,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="725">
+      <c r="A725" s="5" t="inlineStr">
+        <is>
+          <t>506608</t>
+        </is>
+      </c>
+      <c r="B725" s="5" t="inlineStr"/>
+      <c r="C725" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 4000К 90Ra Белый для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D725" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E725" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F725" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G725" s="8" t="inlineStr">
+        <is>
+          <t>5 695,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="726">
+      <c r="A726" s="5" t="inlineStr">
+        <is>
+          <t>506609</t>
+        </is>
+      </c>
+      <c r="B726" s="5" t="inlineStr"/>
+      <c r="C726" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 4000К 90Ra Белый для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D726" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E726" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F726" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G726" s="8" t="inlineStr">
+        <is>
+          <t>5 695,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="727">
+      <c r="A727" s="5" t="inlineStr">
+        <is>
+          <t>506560</t>
+        </is>
+      </c>
+      <c r="B727" s="5" t="inlineStr"/>
+      <c r="C727" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 4000К 90Ra Белый для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D727" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E727" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F727" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G727" s="8" t="inlineStr">
+        <is>
+          <t>5 504,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="728">
+      <c r="A728" s="5" t="inlineStr">
+        <is>
+          <t>506561</t>
+        </is>
+      </c>
+      <c r="B728" s="5" t="inlineStr"/>
+      <c r="C728" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 4000К 90Ra Белый для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D728" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E728" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F728" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G728" s="8" t="inlineStr">
+        <is>
+          <t>5 504,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="729">
+      <c r="A729" s="5" t="inlineStr">
+        <is>
+          <t>506645</t>
+        </is>
+      </c>
+      <c r="B729" s="5" t="inlineStr"/>
+      <c r="C729" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 4000К 90Ra Белый с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D729" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E729" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F729" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G729" s="8" t="inlineStr">
+        <is>
+          <t>4 316,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="730">
+      <c r="A730" s="5" t="inlineStr">
+        <is>
+          <t>506633</t>
+        </is>
+      </c>
+      <c r="B730" s="5" t="inlineStr"/>
+      <c r="C730" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 4000К 90Ra с потолочной чашкой 60x25 Белый</t>
+        </is>
+      </c>
+      <c r="D730" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E730" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F730" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G730" s="8" t="inlineStr">
+        <is>
+          <t>5 442,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="731">
+      <c r="A731" s="5" t="inlineStr">
+        <is>
+          <t>506632</t>
+        </is>
+      </c>
+      <c r="B731" s="5" t="inlineStr"/>
+      <c r="C731" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 4000К 90Ra с потолочной чашкой 60x25 Черный</t>
+        </is>
+      </c>
+      <c r="D731" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E731" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F731" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G731" s="8" t="inlineStr">
+        <is>
+          <t>5 442,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="732">
+      <c r="A732" s="5" t="inlineStr">
+        <is>
+          <t>506584</t>
+        </is>
+      </c>
+      <c r="B732" s="5" t="inlineStr"/>
+      <c r="C732" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 4000К 90Ra Черный для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D732" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E732" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F732" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G732" s="8" t="inlineStr">
+        <is>
+          <t>5 695,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="733">
+      <c r="A733" s="5" t="inlineStr">
+        <is>
+          <t>506585</t>
+        </is>
+      </c>
+      <c r="B733" s="5" t="inlineStr"/>
+      <c r="C733" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 4000К 90Ra Черный для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D733" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E733" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F733" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G733" s="8" t="inlineStr">
+        <is>
+          <t>5 695,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="734">
+      <c r="A734" s="5" t="inlineStr">
+        <is>
+          <t>506536</t>
+        </is>
+      </c>
+      <c r="B734" s="5" t="inlineStr"/>
+      <c r="C734" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 4000К 90Ra Черный для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D734" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E734" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F734" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G734" s="8" t="inlineStr">
+        <is>
+          <t>5 504,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="735">
+      <c r="A735" s="5" t="inlineStr">
+        <is>
+          <t>506537</t>
+        </is>
+      </c>
+      <c r="B735" s="5" t="inlineStr"/>
+      <c r="C735" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 4000К 90Ra Черный для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D735" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E735" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F735" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G735" s="8" t="inlineStr">
+        <is>
+          <t>5 504,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="736">
+      <c r="A736" s="5" t="inlineStr">
+        <is>
+          <t>506644</t>
+        </is>
+      </c>
+      <c r="B736" s="5" t="inlineStr"/>
+      <c r="C736" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 4000К 90Ra Черный с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D736" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E736" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F736" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G736" s="8" t="inlineStr">
+        <is>
+          <t>4 316,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="737">
+      <c r="A737" s="5" t="inlineStr">
+        <is>
+          <t>506610</t>
+        </is>
+      </c>
+      <c r="B737" s="5" t="inlineStr"/>
+      <c r="C737" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 5000К 90Ra Белый для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D737" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E737" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F737" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G737" s="8" t="inlineStr">
+        <is>
+          <t>5 695,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="738">
+      <c r="A738" s="5" t="inlineStr">
+        <is>
+          <t>506611</t>
+        </is>
+      </c>
+      <c r="B738" s="5" t="inlineStr"/>
+      <c r="C738" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 5000К 90Ra Белый для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D738" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E738" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F738" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G738" s="8" t="inlineStr">
+        <is>
+          <t>5 695,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="739">
+      <c r="A739" s="5" t="inlineStr">
+        <is>
+          <t>506562</t>
+        </is>
+      </c>
+      <c r="B739" s="5" t="inlineStr"/>
+      <c r="C739" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 5000К 90Ra Белый для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D739" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E739" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F739" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G739" s="8" t="inlineStr">
+        <is>
+          <t>5 504,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="740">
+      <c r="A740" s="5" t="inlineStr">
+        <is>
+          <t>506563</t>
+        </is>
+      </c>
+      <c r="B740" s="5" t="inlineStr"/>
+      <c r="C740" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 5000К 90Ra Белый для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D740" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E740" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F740" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G740" s="8" t="inlineStr">
+        <is>
+          <t>5 504,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="741">
+      <c r="A741" s="5" t="inlineStr">
+        <is>
+          <t>506647</t>
+        </is>
+      </c>
+      <c r="B741" s="5" t="inlineStr"/>
+      <c r="C741" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 5000К 90Ra Белый с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D741" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E741" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F741" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G741" s="8" t="inlineStr">
+        <is>
+          <t>4 316,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="742">
+      <c r="A742" s="5" t="inlineStr">
+        <is>
+          <t>506635</t>
+        </is>
+      </c>
+      <c r="B742" s="5" t="inlineStr"/>
+      <c r="C742" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 5000К 90Ra с потолочной чашкой 60x25 Белый</t>
+        </is>
+      </c>
+      <c r="D742" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E742" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F742" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G742" s="8" t="inlineStr">
+        <is>
+          <t>5 442,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="743">
+      <c r="A743" s="5" t="inlineStr">
+        <is>
+          <t>506634</t>
+        </is>
+      </c>
+      <c r="B743" s="5" t="inlineStr"/>
+      <c r="C743" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 5000К 90Ra с потолочной чашкой 60x25 Черный</t>
+        </is>
+      </c>
+      <c r="D743" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E743" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F743" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G743" s="8" t="inlineStr">
+        <is>
+          <t>5 442,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="744">
+      <c r="A744" s="5" t="inlineStr">
+        <is>
+          <t>506586</t>
+        </is>
+      </c>
+      <c r="B744" s="5" t="inlineStr"/>
+      <c r="C744" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 5000К 90Ra Черный для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D744" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E744" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F744" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G744" s="8" t="inlineStr">
+        <is>
+          <t>5 695,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="745">
+      <c r="A745" s="5" t="inlineStr">
+        <is>
+          <t>506587</t>
+        </is>
+      </c>
+      <c r="B745" s="5" t="inlineStr"/>
+      <c r="C745" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 5000К 90Ra Черный для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D745" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E745" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F745" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G745" s="8" t="inlineStr">
+        <is>
+          <t>5 695,80 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="746">
+      <c r="A746" s="5" t="inlineStr">
+        <is>
+          <t>506538</t>
+        </is>
+      </c>
+      <c r="B746" s="5" t="inlineStr"/>
+      <c r="C746" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 5000К 90Ra Черный для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D746" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E746" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F746" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G746" s="8" t="inlineStr">
+        <is>
+          <t>5 504,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="747">
+      <c r="A747" s="5" t="inlineStr">
+        <is>
+          <t>506539</t>
+        </is>
+      </c>
+      <c r="B747" s="5" t="inlineStr"/>
+      <c r="C747" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 5000К 90Ra Черный для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D747" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E747" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F747" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G747" s="8" t="inlineStr">
+        <is>
+          <t>5 504,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="748">
+      <c r="A748" s="5" t="inlineStr">
+        <is>
+          <t>506646</t>
+        </is>
+      </c>
+      <c r="B748" s="5" t="inlineStr"/>
+      <c r="C748" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 20Вт 5000К 90Ra Черный с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D748" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E748" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F748" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G748" s="8" t="inlineStr">
+        <is>
+          <t>4 316,40 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="749">
+      <c r="A749" s="5" t="inlineStr">
+        <is>
+          <t>506612</t>
+        </is>
+      </c>
+      <c r="B749" s="5" t="inlineStr"/>
+      <c r="C749" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 3000К 90Ra Белый для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D749" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E749" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F749" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G749" s="8" t="inlineStr">
+        <is>
+          <t>6 765,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="750">
+      <c r="A750" s="5" t="inlineStr">
+        <is>
+          <t>506613</t>
+        </is>
+      </c>
+      <c r="B750" s="5" t="inlineStr"/>
+      <c r="C750" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 3000К 90Ra Белый для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D750" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E750" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F750" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G750" s="8" t="inlineStr">
+        <is>
+          <t>6 765,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="751">
+      <c r="A751" s="5" t="inlineStr">
+        <is>
+          <t>506564</t>
+        </is>
+      </c>
+      <c r="B751" s="5" t="inlineStr"/>
+      <c r="C751" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 3000К 90Ra Белый для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D751" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E751" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F751" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G751" s="8" t="inlineStr">
+        <is>
+          <t>6 573,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="752">
+      <c r="A752" s="5" t="inlineStr">
+        <is>
+          <t>506565</t>
+        </is>
+      </c>
+      <c r="B752" s="5" t="inlineStr"/>
+      <c r="C752" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 3000К 90Ra Белый для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D752" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E752" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F752" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G752" s="8" t="inlineStr">
+        <is>
+          <t>6 573,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="753">
+      <c r="A753" s="5" t="inlineStr">
+        <is>
+          <t>506649</t>
+        </is>
+      </c>
+      <c r="B753" s="5" t="inlineStr"/>
+      <c r="C753" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 3000К 90Ra Белый с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D753" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E753" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F753" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G753" s="8" t="inlineStr">
+        <is>
+          <t>5 385,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="754">
+      <c r="A754" s="5" t="inlineStr">
+        <is>
+          <t>506588</t>
+        </is>
+      </c>
+      <c r="B754" s="5" t="inlineStr"/>
+      <c r="C754" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 3000К 90Ra Черный для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D754" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E754" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F754" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G754" s="8" t="inlineStr">
+        <is>
+          <t>6 765,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="755">
+      <c r="A755" s="5" t="inlineStr">
+        <is>
+          <t>506589</t>
+        </is>
+      </c>
+      <c r="B755" s="5" t="inlineStr"/>
+      <c r="C755" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 3000К 90Ra Черный для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D755" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E755" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F755" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G755" s="8" t="inlineStr">
+        <is>
+          <t>6 765,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="756">
+      <c r="A756" s="5" t="inlineStr">
+        <is>
+          <t>506540</t>
+        </is>
+      </c>
+      <c r="B756" s="5" t="inlineStr"/>
+      <c r="C756" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D756" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E756" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F756" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G756" s="8" t="inlineStr">
+        <is>
+          <t>6 573,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="757">
+      <c r="A757" s="5" t="inlineStr">
+        <is>
+          <t>506541</t>
+        </is>
+      </c>
+      <c r="B757" s="5" t="inlineStr"/>
+      <c r="C757" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 3000К 90Ra Черный для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D757" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E757" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F757" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G757" s="8" t="inlineStr">
+        <is>
+          <t>6 573,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="758">
+      <c r="A758" s="5" t="inlineStr">
+        <is>
+          <t>506648</t>
+        </is>
+      </c>
+      <c r="B758" s="5" t="inlineStr"/>
+      <c r="C758" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 3000К 90Ra Черный с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D758" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E758" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F758" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G758" s="8" t="inlineStr">
+        <is>
+          <t>5 385,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="759">
+      <c r="A759" s="5" t="inlineStr">
+        <is>
+          <t>506614</t>
+        </is>
+      </c>
+      <c r="B759" s="5" t="inlineStr"/>
+      <c r="C759" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 4000К 90Ra Белый для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D759" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E759" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F759" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G759" s="8" t="inlineStr">
+        <is>
+          <t>6 765,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="760">
+      <c r="A760" s="5" t="inlineStr">
+        <is>
+          <t>506615</t>
+        </is>
+      </c>
+      <c r="B760" s="5" t="inlineStr"/>
+      <c r="C760" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 4000К 90Ra Белый для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D760" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E760" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F760" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G760" s="8" t="inlineStr">
+        <is>
+          <t>6 765,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="761">
+      <c r="A761" s="5" t="inlineStr">
+        <is>
+          <t>506566</t>
+        </is>
+      </c>
+      <c r="B761" s="5" t="inlineStr"/>
+      <c r="C761" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 4000К 90Ra Белый для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D761" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E761" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F761" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G761" s="8" t="inlineStr">
+        <is>
+          <t>6 573,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="762">
+      <c r="A762" s="5" t="inlineStr">
+        <is>
+          <t>506567</t>
+        </is>
+      </c>
+      <c r="B762" s="5" t="inlineStr"/>
+      <c r="C762" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 4000К 90Ra Белый для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D762" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E762" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F762" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G762" s="8" t="inlineStr">
+        <is>
+          <t>6 573,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="763">
+      <c r="A763" s="5" t="inlineStr">
+        <is>
+          <t>506651</t>
+        </is>
+      </c>
+      <c r="B763" s="5" t="inlineStr"/>
+      <c r="C763" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 4000К 90Ra Белый с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D763" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E763" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F763" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G763" s="8" t="inlineStr">
+        <is>
+          <t>5 385,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="764">
+      <c r="A764" s="5" t="inlineStr">
+        <is>
+          <t>506590</t>
+        </is>
+      </c>
+      <c r="B764" s="5" t="inlineStr"/>
+      <c r="C764" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 4000К 90Ra Черный для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D764" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E764" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F764" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G764" s="8" t="inlineStr">
+        <is>
+          <t>6 765,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="765">
+      <c r="A765" s="5" t="inlineStr">
+        <is>
+          <t>506591</t>
+        </is>
+      </c>
+      <c r="B765" s="5" t="inlineStr"/>
+      <c r="C765" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 4000К 90Ra Черный для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D765" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E765" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F765" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G765" s="8" t="inlineStr">
+        <is>
+          <t>6 765,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="766">
+      <c r="A766" s="5" t="inlineStr">
+        <is>
+          <t>506542</t>
+        </is>
+      </c>
+      <c r="B766" s="5" t="inlineStr"/>
+      <c r="C766" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 4000К 90Ra Черный для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D766" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E766" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F766" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G766" s="8" t="inlineStr">
+        <is>
+          <t>6 573,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="767">
+      <c r="A767" s="5" t="inlineStr">
+        <is>
+          <t>506543</t>
+        </is>
+      </c>
+      <c r="B767" s="5" t="inlineStr"/>
+      <c r="C767" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 4000К 90Ra Черный для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D767" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E767" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F767" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G767" s="8" t="inlineStr">
+        <is>
+          <t>6 573,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="768">
+      <c r="A768" s="5" t="inlineStr">
+        <is>
+          <t>506650</t>
+        </is>
+      </c>
+      <c r="B768" s="5" t="inlineStr"/>
+      <c r="C768" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 4000К 90Ra Черный с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D768" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E768" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F768" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G768" s="8" t="inlineStr">
+        <is>
+          <t>5 385,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="769">
+      <c r="A769" s="5" t="inlineStr">
+        <is>
+          <t>506616</t>
+        </is>
+      </c>
+      <c r="B769" s="5" t="inlineStr"/>
+      <c r="C769" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 5000К 90Ra Белый для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D769" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E769" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F769" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G769" s="8" t="inlineStr">
+        <is>
+          <t>6 765,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="770">
+      <c r="A770" s="5" t="inlineStr">
+        <is>
+          <t>506617</t>
+        </is>
+      </c>
+      <c r="B770" s="5" t="inlineStr"/>
+      <c r="C770" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 5000К 90Ra Белый для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D770" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E770" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F770" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G770" s="8" t="inlineStr">
+        <is>
+          <t>6 765,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="771">
+      <c r="A771" s="5" t="inlineStr">
+        <is>
+          <t>506568</t>
+        </is>
+      </c>
+      <c r="B771" s="5" t="inlineStr"/>
+      <c r="C771" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 5000К 90Ra Белый для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D771" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E771" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F771" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G771" s="8" t="inlineStr">
+        <is>
+          <t>6 573,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="772">
+      <c r="A772" s="5" t="inlineStr">
+        <is>
+          <t>506569</t>
+        </is>
+      </c>
+      <c r="B772" s="5" t="inlineStr"/>
+      <c r="C772" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 5000К 90Ra Белый для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D772" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E772" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F772" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G772" s="8" t="inlineStr">
+        <is>
+          <t>6 573,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="773">
+      <c r="A773" s="5" t="inlineStr">
+        <is>
+          <t>506653</t>
+        </is>
+      </c>
+      <c r="B773" s="5" t="inlineStr"/>
+      <c r="C773" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 5000К 90Ra Белый с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D773" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E773" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F773" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G773" s="8" t="inlineStr">
+        <is>
+          <t>5 385,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="774">
+      <c r="A774" s="5" t="inlineStr">
+        <is>
+          <t>506593</t>
+        </is>
+      </c>
+      <c r="B774" s="5" t="inlineStr"/>
+      <c r="C774" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 5000К 90Ra Черный для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D774" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E774" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F774" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G774" s="8" t="inlineStr">
+        <is>
+          <t>6 765,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="775">
+      <c r="A775" s="5" t="inlineStr">
+        <is>
+          <t>506592</t>
+        </is>
+      </c>
+      <c r="B775" s="5" t="inlineStr"/>
+      <c r="C775" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 5000К 90Ra Черный для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D775" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E775" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F775" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G775" s="8" t="inlineStr">
+        <is>
+          <t>6 765,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="776">
+      <c r="A776" s="5" t="inlineStr">
+        <is>
+          <t>506544</t>
+        </is>
+      </c>
+      <c r="B776" s="5" t="inlineStr"/>
+      <c r="C776" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 5000К 90Ra Черный для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D776" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E776" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F776" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G776" s="8" t="inlineStr">
+        <is>
+          <t>6 573,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="777">
+      <c r="A777" s="5" t="inlineStr">
+        <is>
+          <t>506545</t>
+        </is>
+      </c>
+      <c r="B777" s="5" t="inlineStr"/>
+      <c r="C777" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 5000К 90Ra Черный для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D777" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E777" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F777" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G777" s="8" t="inlineStr">
+        <is>
+          <t>6 573,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="778">
+      <c r="A778" s="5" t="inlineStr">
+        <is>
+          <t>506652</t>
+        </is>
+      </c>
+      <c r="B778" s="5" t="inlineStr"/>
+      <c r="C778" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 30Вт 5000К 90Ra Черный с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D778" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E778" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F778" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G778" s="8" t="inlineStr">
+        <is>
+          <t>5 385,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="779">
+      <c r="A779" s="5" t="inlineStr">
+        <is>
+          <t>506618</t>
+        </is>
+      </c>
+      <c r="B779" s="5" t="inlineStr"/>
+      <c r="C779" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 3000К 90Ra Белый для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D779" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E779" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F779" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G779" s="8" t="inlineStr">
+        <is>
+          <t>10 087,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="780">
+      <c r="A780" s="5" t="inlineStr">
+        <is>
+          <t>506619</t>
+        </is>
+      </c>
+      <c r="B780" s="5" t="inlineStr"/>
+      <c r="C780" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 3000К 90Ra Белый для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D780" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E780" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F780" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G780" s="8" t="inlineStr">
+        <is>
+          <t>10 087,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="781">
+      <c r="A781" s="5" t="inlineStr">
+        <is>
+          <t>506570</t>
+        </is>
+      </c>
+      <c r="B781" s="5" t="inlineStr"/>
+      <c r="C781" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 3000К 90Ra Белый для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D781" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E781" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F781" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G781" s="8" t="inlineStr">
+        <is>
+          <t>9 895,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="782">
+      <c r="A782" s="5" t="inlineStr">
+        <is>
+          <t>506571</t>
+        </is>
+      </c>
+      <c r="B782" s="5" t="inlineStr"/>
+      <c r="C782" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 3000К 90Ra Белый для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D782" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E782" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F782" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G782" s="8" t="inlineStr">
+        <is>
+          <t>9 895,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="783">
+      <c r="A783" s="5" t="inlineStr">
+        <is>
+          <t>506655</t>
+        </is>
+      </c>
+      <c r="B783" s="5" t="inlineStr"/>
+      <c r="C783" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 3000К 90Ra Белый с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D783" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E783" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F783" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G783" s="8" t="inlineStr">
+        <is>
+          <t>8 707,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="784">
+      <c r="A784" s="5" t="inlineStr">
+        <is>
+          <t>506594</t>
+        </is>
+      </c>
+      <c r="B784" s="5" t="inlineStr"/>
+      <c r="C784" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 3000К 90Ra Черный для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D784" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E784" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F784" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G784" s="8" t="inlineStr">
+        <is>
+          <t>10 087,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="785">
+      <c r="A785" s="5" t="inlineStr">
+        <is>
+          <t>506595</t>
+        </is>
+      </c>
+      <c r="B785" s="5" t="inlineStr"/>
+      <c r="C785" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 3000К 90Ra Черный для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D785" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E785" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F785" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G785" s="8" t="inlineStr">
+        <is>
+          <t>10 087,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="786">
+      <c r="A786" s="5" t="inlineStr">
+        <is>
+          <t>506546</t>
+        </is>
+      </c>
+      <c r="B786" s="5" t="inlineStr"/>
+      <c r="C786" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D786" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E786" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F786" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G786" s="8" t="inlineStr">
+        <is>
+          <t>9 895,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="787">
+      <c r="A787" s="5" t="inlineStr">
+        <is>
+          <t>506547</t>
+        </is>
+      </c>
+      <c r="B787" s="5" t="inlineStr"/>
+      <c r="C787" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 3000К 90Ra Черный для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D787" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E787" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F787" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G787" s="8" t="inlineStr">
+        <is>
+          <t>9 895,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="788">
+      <c r="A788" s="5" t="inlineStr">
+        <is>
+          <t>506654</t>
+        </is>
+      </c>
+      <c r="B788" s="5" t="inlineStr"/>
+      <c r="C788" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 3000К 90Ra Черный с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D788" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E788" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F788" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G788" s="8" t="inlineStr">
+        <is>
+          <t>8 707,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="789">
+      <c r="A789" s="5" t="inlineStr">
+        <is>
+          <t>506620</t>
+        </is>
+      </c>
+      <c r="B789" s="5" t="inlineStr"/>
+      <c r="C789" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 4000К 90Ra Белый для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D789" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E789" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F789" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G789" s="8" t="inlineStr">
+        <is>
+          <t>10 087,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="790">
+      <c r="A790" s="5" t="inlineStr">
+        <is>
+          <t>506621</t>
+        </is>
+      </c>
+      <c r="B790" s="5" t="inlineStr"/>
+      <c r="C790" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 4000К 90Ra Белый для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D790" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E790" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F790" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G790" s="8" t="inlineStr">
+        <is>
+          <t>10 087,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="791">
+      <c r="A791" s="5" t="inlineStr">
+        <is>
+          <t>506572</t>
+        </is>
+      </c>
+      <c r="B791" s="5" t="inlineStr"/>
+      <c r="C791" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 4000К 90Ra Белый для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D791" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E791" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F791" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G791" s="8" t="inlineStr">
+        <is>
+          <t>9 895,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="792">
+      <c r="A792" s="5" t="inlineStr">
+        <is>
+          <t>506573</t>
+        </is>
+      </c>
+      <c r="B792" s="5" t="inlineStr"/>
+      <c r="C792" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 4000К 90Ra Белый для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D792" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E792" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F792" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G792" s="8" t="inlineStr">
+        <is>
+          <t>9 895,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="793">
+      <c r="A793" s="5" t="inlineStr">
+        <is>
+          <t>506657</t>
+        </is>
+      </c>
+      <c r="B793" s="5" t="inlineStr"/>
+      <c r="C793" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 4000К 90Ra Белый с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D793" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E793" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F793" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G793" s="8" t="inlineStr">
+        <is>
+          <t>8 707,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="794">
+      <c r="A794" s="5" t="inlineStr">
+        <is>
+          <t>506596</t>
+        </is>
+      </c>
+      <c r="B794" s="5" t="inlineStr"/>
+      <c r="C794" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 4000К 90Ra Черный для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D794" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E794" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F794" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G794" s="8" t="inlineStr">
+        <is>
+          <t>10 087,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="795">
+      <c r="A795" s="5" t="inlineStr">
+        <is>
+          <t>506597</t>
+        </is>
+      </c>
+      <c r="B795" s="5" t="inlineStr"/>
+      <c r="C795" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 4000К 90Ra Черный для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D795" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E795" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F795" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G795" s="8" t="inlineStr">
+        <is>
+          <t>10 087,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="796">
+      <c r="A796" s="5" t="inlineStr">
+        <is>
+          <t>506548</t>
+        </is>
+      </c>
+      <c r="B796" s="5" t="inlineStr"/>
+      <c r="C796" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 4000К 90Ra Черный для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D796" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E796" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F796" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G796" s="8" t="inlineStr">
+        <is>
+          <t>9 895,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="797">
+      <c r="A797" s="5" t="inlineStr">
+        <is>
+          <t>506549</t>
+        </is>
+      </c>
+      <c r="B797" s="5" t="inlineStr"/>
+      <c r="C797" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 4000К 90Ra Черный для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D797" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E797" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F797" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G797" s="8" t="inlineStr">
+        <is>
+          <t>9 895,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="798">
+      <c r="A798" s="5" t="inlineStr">
+        <is>
+          <t>506656</t>
+        </is>
+      </c>
+      <c r="B798" s="5" t="inlineStr"/>
+      <c r="C798" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 4000К 90Ra Черный с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D798" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E798" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F798" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G798" s="8" t="inlineStr">
+        <is>
+          <t>8 707,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="799">
+      <c r="A799" s="5" t="inlineStr">
+        <is>
+          <t>506622</t>
+        </is>
+      </c>
+      <c r="B799" s="5" t="inlineStr"/>
+      <c r="C799" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 5000К 90Ra Белый для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D799" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E799" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F799" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G799" s="8" t="inlineStr">
+        <is>
+          <t>10 087,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="800">
+      <c r="A800" s="5" t="inlineStr">
+        <is>
+          <t>506623</t>
+        </is>
+      </c>
+      <c r="B800" s="5" t="inlineStr"/>
+      <c r="C800" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 5000К 90Ra Белый для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D800" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E800" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F800" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G800" s="8" t="inlineStr">
+        <is>
+          <t>10 087,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="801">
+      <c r="A801" s="5" t="inlineStr">
+        <is>
+          <t>506574</t>
+        </is>
+      </c>
+      <c r="B801" s="5" t="inlineStr"/>
+      <c r="C801" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 5000К 90Ra Белый для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D801" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E801" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F801" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G801" s="8" t="inlineStr">
+        <is>
+          <t>9 895,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="802">
+      <c r="A802" s="5" t="inlineStr">
+        <is>
+          <t>506575</t>
+        </is>
+      </c>
+      <c r="B802" s="5" t="inlineStr"/>
+      <c r="C802" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 5000К 90Ra Белый для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D802" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E802" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F802" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G802" s="8" t="inlineStr">
+        <is>
+          <t>9 895,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="803">
+      <c r="A803" s="5" t="inlineStr">
+        <is>
+          <t>506659</t>
+        </is>
+      </c>
+      <c r="B803" s="5" t="inlineStr"/>
+      <c r="C803" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 5000К 90Ra Белый с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D803" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E803" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F803" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G803" s="8" t="inlineStr">
+        <is>
+          <t>8 707,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="804">
+      <c r="A804" s="5" t="inlineStr">
+        <is>
+          <t>506598</t>
+        </is>
+      </c>
+      <c r="B804" s="5" t="inlineStr"/>
+      <c r="C804" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 5000К 90Ra Черный для ячейки Грильято 100x100x30</t>
+        </is>
+      </c>
+      <c r="D804" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E804" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F804" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G804" s="8" t="inlineStr">
+        <is>
+          <t>10 087,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="805">
+      <c r="A805" s="5" t="inlineStr">
+        <is>
+          <t>506599</t>
+        </is>
+      </c>
+      <c r="B805" s="5" t="inlineStr"/>
+      <c r="C805" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 5000К 90Ra Черный для ячейки Грильято 100x100x40</t>
+        </is>
+      </c>
+      <c r="D805" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E805" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F805" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G805" s="8" t="inlineStr">
+        <is>
+          <t>10 087,00 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="806">
+      <c r="A806" s="5" t="inlineStr">
+        <is>
+          <t>506550</t>
+        </is>
+      </c>
+      <c r="B806" s="5" t="inlineStr"/>
+      <c r="C806" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 5000К 90Ra Черный для ячейки Грильято 75x75x30</t>
+        </is>
+      </c>
+      <c r="D806" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E806" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F806" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G806" s="8" t="inlineStr">
+        <is>
+          <t>9 895,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="807">
+      <c r="A807" s="5" t="inlineStr">
+        <is>
+          <t>506551</t>
+        </is>
+      </c>
+      <c r="B807" s="5" t="inlineStr"/>
+      <c r="C807" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 5000К 90Ra Черный для ячейки Грильято 75x75x40</t>
+        </is>
+      </c>
+      <c r="D807" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E807" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F807" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G807" s="8" t="inlineStr">
+        <is>
+          <t>9 895,60 ₽</t>
+        </is>
+      </c>
+    </row>
+    <row r="808">
+      <c r="A808" s="5" t="inlineStr">
+        <is>
+          <t>506658</t>
+        </is>
+      </c>
+      <c r="B808" s="5" t="inlineStr"/>
+      <c r="C808" s="6" t="inlineStr">
+        <is>
+          <t>Светодиодный трековый светильник Geniled Track Classic Zoom 10Вт 3000К 90Ra Черный для ячейки Грильято 75x75x30, Светодиодный трековый светильник Geniled Track Classic Zoom 40Вт 5000К 90Ra Черный с адаптером для 1-фазного шинопровода</t>
+        </is>
+      </c>
+      <c r="D808" s="7" t="inlineStr">
+        <is>
+          <t>10 Вт, 880 лм, СПЕЦ., 3000 К, IP40</t>
+        </is>
+      </c>
+      <c r="E808" s="5" t="inlineStr">
+        <is>
+          <t>3 года</t>
+        </is>
+      </c>
+      <c r="F808" s="8" t="inlineStr">
+        <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G808" s="8" t="inlineStr">
+        <is>
+          <t>8 707,60 ₽</t>
+        </is>
+      </c>
+    </row>
   </sheetData>
-  <mergeCells count="19">
+  <mergeCells count="21">
     <mergeCell ref="A1:C4"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="D2:G2"/>
     <mergeCell ref="D3:G3"/>
     <mergeCell ref="D4:G4"/>
     <mergeCell ref="A5:G5"/>
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="A81:G81"/>
     <mergeCell ref="A100:G100"/>
     <mergeCell ref="A219:G219"/>
     <mergeCell ref="A246:G246"/>
     <mergeCell ref="A272:G272"/>
     <mergeCell ref="A286:G286"/>
     <mergeCell ref="A324:G324"/>
     <mergeCell ref="A357:G357"/>
-    <mergeCell ref="A391:G391"/>
-[...2 lines deleted...]
-    <mergeCell ref="A419:G419"/>
+    <mergeCell ref="A498:G498"/>
+    <mergeCell ref="A499:G499"/>
+    <mergeCell ref="A655:G655"/>
+    <mergeCell ref="A671:G671"/>
+    <mergeCell ref="A674:G674"/>
+    <mergeCell ref="A675:G675"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D2" r:id="rId1"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D3" r:id="rId2"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C8" r:id="rId3"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C9" r:id="rId4"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C10" r:id="rId5"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C11" r:id="rId6"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C12" r:id="rId7"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C13" r:id="rId8"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C14" r:id="rId9"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C15" r:id="rId10"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C16" r:id="rId11"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C17" r:id="rId12"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C18" r:id="rId13"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C19" r:id="rId14"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C20" r:id="rId15"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C21" r:id="rId16"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C22" r:id="rId17"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C23" r:id="rId18"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C24" r:id="rId19"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C25" r:id="rId20"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C26" r:id="rId21"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C27" r:id="rId22"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C28" r:id="rId23"/>
@@ -15277,69 +28002,453 @@
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C366" r:id="rId345"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C367" r:id="rId346"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C368" r:id="rId347"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C369" r:id="rId348"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C370" r:id="rId349"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C371" r:id="rId350"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C372" r:id="rId351"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C373" r:id="rId352"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C374" r:id="rId353"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C375" r:id="rId354"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C376" r:id="rId355"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C377" r:id="rId356"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C378" r:id="rId357"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C379" r:id="rId358"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C380" r:id="rId359"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C381" r:id="rId360"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C382" r:id="rId361"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C383" r:id="rId362"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C384" r:id="rId363"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C385" r:id="rId364"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C386" r:id="rId365"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C387" r:id="rId366"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C388" r:id="rId367"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C389" r:id="rId368"/>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C390" r:id="rId369"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C394" r:id="rId370"/>
-[...22 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C421" r:id="rId393"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C391" r:id="rId370"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C392" r:id="rId371"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C393" r:id="rId372"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C394" r:id="rId373"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C395" r:id="rId374"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C396" r:id="rId375"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C397" r:id="rId376"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C398" r:id="rId377"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C399" r:id="rId378"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C400" r:id="rId379"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C401" r:id="rId380"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C402" r:id="rId381"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C403" r:id="rId382"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C404" r:id="rId383"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C405" r:id="rId384"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C406" r:id="rId385"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C407" r:id="rId386"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C408" r:id="rId387"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C409" r:id="rId388"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C410" r:id="rId389"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C411" r:id="rId390"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C412" r:id="rId391"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C413" r:id="rId392"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C414" r:id="rId393"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C415" r:id="rId394"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C416" r:id="rId395"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C417" r:id="rId396"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C418" r:id="rId397"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C419" r:id="rId398"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C420" r:id="rId399"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C421" r:id="rId400"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C422" r:id="rId401"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C423" r:id="rId402"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C424" r:id="rId403"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C425" r:id="rId404"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C426" r:id="rId405"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C427" r:id="rId406"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C428" r:id="rId407"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C429" r:id="rId408"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C430" r:id="rId409"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C431" r:id="rId410"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C432" r:id="rId411"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C433" r:id="rId412"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C434" r:id="rId413"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C435" r:id="rId414"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C436" r:id="rId415"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C437" r:id="rId416"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C438" r:id="rId417"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C439" r:id="rId418"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C440" r:id="rId419"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C441" r:id="rId420"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C442" r:id="rId421"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C443" r:id="rId422"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C444" r:id="rId423"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C445" r:id="rId424"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C446" r:id="rId425"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C447" r:id="rId426"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C448" r:id="rId427"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C449" r:id="rId428"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C450" r:id="rId429"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C451" r:id="rId430"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C452" r:id="rId431"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C453" r:id="rId432"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C454" r:id="rId433"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C455" r:id="rId434"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C456" r:id="rId435"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C457" r:id="rId436"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C458" r:id="rId437"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C459" r:id="rId438"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C460" r:id="rId439"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C461" r:id="rId440"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C462" r:id="rId441"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C463" r:id="rId442"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C464" r:id="rId443"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C465" r:id="rId444"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C466" r:id="rId445"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C467" r:id="rId446"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C468" r:id="rId447"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C469" r:id="rId448"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C470" r:id="rId449"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C471" r:id="rId450"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C472" r:id="rId451"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C473" r:id="rId452"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C474" r:id="rId453"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C475" r:id="rId454"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C476" r:id="rId455"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C477" r:id="rId456"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C478" r:id="rId457"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C479" r:id="rId458"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C480" r:id="rId459"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C481" r:id="rId460"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C482" r:id="rId461"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C483" r:id="rId462"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C484" r:id="rId463"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C485" r:id="rId464"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C486" r:id="rId465"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C487" r:id="rId466"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C488" r:id="rId467"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C489" r:id="rId468"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C490" r:id="rId469"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C491" r:id="rId470"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C492" r:id="rId471"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C493" r:id="rId472"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C494" r:id="rId473"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C495" r:id="rId474"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C496" r:id="rId475"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C497" r:id="rId476"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C501" r:id="rId477"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C502" r:id="rId478"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C503" r:id="rId479"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C504" r:id="rId480"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C505" r:id="rId481"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C506" r:id="rId482"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C507" r:id="rId483"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C508" r:id="rId484"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C509" r:id="rId485"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C510" r:id="rId486"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C511" r:id="rId487"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C512" r:id="rId488"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C513" r:id="rId489"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C514" r:id="rId490"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C515" r:id="rId491"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C516" r:id="rId492"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C517" r:id="rId493"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C518" r:id="rId494"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C519" r:id="rId495"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C520" r:id="rId496"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C521" r:id="rId497"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C522" r:id="rId498"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C523" r:id="rId499"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C524" r:id="rId500"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C525" r:id="rId501"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C526" r:id="rId502"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C527" r:id="rId503"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C528" r:id="rId504"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C529" r:id="rId505"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C530" r:id="rId506"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C531" r:id="rId507"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C532" r:id="rId508"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C533" r:id="rId509"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C534" r:id="rId510"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C535" r:id="rId511"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C536" r:id="rId512"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C537" r:id="rId513"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C538" r:id="rId514"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C539" r:id="rId515"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C540" r:id="rId516"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C541" r:id="rId517"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C542" r:id="rId518"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C543" r:id="rId519"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C544" r:id="rId520"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C545" r:id="rId521"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C546" r:id="rId522"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C547" r:id="rId523"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C548" r:id="rId524"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C549" r:id="rId525"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C550" r:id="rId526"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C551" r:id="rId527"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C552" r:id="rId528"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C553" r:id="rId529"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C554" r:id="rId530"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C555" r:id="rId531"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C556" r:id="rId532"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C557" r:id="rId533"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C558" r:id="rId534"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C559" r:id="rId535"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C560" r:id="rId536"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C561" r:id="rId537"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C562" r:id="rId538"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C563" r:id="rId539"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C564" r:id="rId540"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C565" r:id="rId541"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C566" r:id="rId542"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C567" r:id="rId543"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C568" r:id="rId544"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C569" r:id="rId545"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C570" r:id="rId546"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C571" r:id="rId547"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C572" r:id="rId548"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C573" r:id="rId549"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C574" r:id="rId550"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C575" r:id="rId551"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C576" r:id="rId552"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C577" r:id="rId553"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C578" r:id="rId554"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C579" r:id="rId555"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C580" r:id="rId556"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C581" r:id="rId557"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C582" r:id="rId558"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C583" r:id="rId559"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C584" r:id="rId560"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C585" r:id="rId561"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C586" r:id="rId562"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C587" r:id="rId563"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C588" r:id="rId564"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C589" r:id="rId565"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C590" r:id="rId566"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C591" r:id="rId567"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C592" r:id="rId568"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C593" r:id="rId569"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C594" r:id="rId570"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C595" r:id="rId571"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C596" r:id="rId572"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C597" r:id="rId573"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C598" r:id="rId574"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C599" r:id="rId575"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C600" r:id="rId576"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C601" r:id="rId577"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C602" r:id="rId578"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C603" r:id="rId579"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C604" r:id="rId580"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C605" r:id="rId581"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C606" r:id="rId582"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C607" r:id="rId583"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C608" r:id="rId584"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C609" r:id="rId585"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C610" r:id="rId586"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C611" r:id="rId587"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C612" r:id="rId588"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C613" r:id="rId589"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C614" r:id="rId590"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C615" r:id="rId591"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C616" r:id="rId592"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C617" r:id="rId593"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C618" r:id="rId594"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C619" r:id="rId595"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C620" r:id="rId596"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C621" r:id="rId597"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C622" r:id="rId598"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C623" r:id="rId599"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C624" r:id="rId600"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C625" r:id="rId601"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C626" r:id="rId602"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C627" r:id="rId603"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C628" r:id="rId604"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C629" r:id="rId605"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C630" r:id="rId606"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C631" r:id="rId607"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C632" r:id="rId608"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C633" r:id="rId609"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C634" r:id="rId610"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C635" r:id="rId611"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C636" r:id="rId612"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C637" r:id="rId613"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C638" r:id="rId614"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C639" r:id="rId615"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C640" r:id="rId616"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C641" r:id="rId617"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C642" r:id="rId618"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C643" r:id="rId619"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C644" r:id="rId620"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C645" r:id="rId621"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C646" r:id="rId622"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C647" r:id="rId623"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C648" r:id="rId624"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C649" r:id="rId625"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C650" r:id="rId626"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C651" r:id="rId627"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C652" r:id="rId628"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C653" r:id="rId629"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C654" r:id="rId630"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C657" r:id="rId631"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C658" r:id="rId632"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C659" r:id="rId633"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C660" r:id="rId634"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C661" r:id="rId635"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C662" r:id="rId636"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C663" r:id="rId637"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C664" r:id="rId638"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C665" r:id="rId639"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C666" r:id="rId640"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C667" r:id="rId641"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C668" r:id="rId642"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C669" r:id="rId643"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C670" r:id="rId644"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C673" r:id="rId645"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C677" r:id="rId646"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C678" r:id="rId647"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C679" r:id="rId648"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C680" r:id="rId649"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C681" r:id="rId650"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C682" r:id="rId651"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C683" r:id="rId652"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C684" r:id="rId653"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C685" r:id="rId654"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C686" r:id="rId655"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C687" r:id="rId656"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C688" r:id="rId657"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C689" r:id="rId658"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C690" r:id="rId659"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C691" r:id="rId660"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C692" r:id="rId661"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C693" r:id="rId662"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C694" r:id="rId663"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C695" r:id="rId664"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C696" r:id="rId665"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C697" r:id="rId666"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C698" r:id="rId667"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C699" r:id="rId668"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C700" r:id="rId669"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C701" r:id="rId670"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C702" r:id="rId671"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C703" r:id="rId672"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C704" r:id="rId673"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C705" r:id="rId674"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C706" r:id="rId675"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C707" r:id="rId676"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C708" r:id="rId677"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C709" r:id="rId678"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C710" r:id="rId679"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C711" r:id="rId680"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C712" r:id="rId681"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C713" r:id="rId682"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C714" r:id="rId683"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C715" r:id="rId684"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C716" r:id="rId685"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C717" r:id="rId686"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C718" r:id="rId687"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C719" r:id="rId688"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C720" r:id="rId689"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C721" r:id="rId690"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C722" r:id="rId691"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C723" r:id="rId692"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C724" r:id="rId693"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C725" r:id="rId694"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C726" r:id="rId695"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C727" r:id="rId696"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C728" r:id="rId697"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C729" r:id="rId698"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C730" r:id="rId699"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C731" r:id="rId700"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C732" r:id="rId701"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C733" r:id="rId702"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C734" r:id="rId703"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C735" r:id="rId704"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C736" r:id="rId705"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C737" r:id="rId706"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C738" r:id="rId707"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C739" r:id="rId708"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C740" r:id="rId709"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C741" r:id="rId710"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C742" r:id="rId711"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C743" r:id="rId712"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C744" r:id="rId713"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C745" r:id="rId714"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C746" r:id="rId715"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C747" r:id="rId716"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C748" r:id="rId717"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C749" r:id="rId718"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C750" r:id="rId719"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C751" r:id="rId720"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C752" r:id="rId721"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C753" r:id="rId722"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C754" r:id="rId723"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C755" r:id="rId724"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C756" r:id="rId725"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C757" r:id="rId726"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C758" r:id="rId727"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C759" r:id="rId728"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C760" r:id="rId729"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C761" r:id="rId730"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C762" r:id="rId731"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C763" r:id="rId732"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C764" r:id="rId733"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C765" r:id="rId734"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C766" r:id="rId735"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C767" r:id="rId736"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C768" r:id="rId737"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C769" r:id="rId738"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C770" r:id="rId739"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C771" r:id="rId740"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C772" r:id="rId741"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C773" r:id="rId742"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C774" r:id="rId743"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C775" r:id="rId744"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C776" r:id="rId745"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C777" r:id="rId746"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C778" r:id="rId747"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C779" r:id="rId748"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C780" r:id="rId749"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C781" r:id="rId750"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C782" r:id="rId751"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C783" r:id="rId752"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C784" r:id="rId753"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C785" r:id="rId754"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C786" r:id="rId755"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C787" r:id="rId756"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C788" r:id="rId757"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C789" r:id="rId758"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C790" r:id="rId759"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C791" r:id="rId760"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C792" r:id="rId761"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C793" r:id="rId762"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C794" r:id="rId763"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C795" r:id="rId764"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C796" r:id="rId765"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C797" r:id="rId766"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C798" r:id="rId767"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C799" r:id="rId768"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C800" r:id="rId769"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C801" r:id="rId770"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C802" r:id="rId771"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C803" r:id="rId772"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C804" r:id="rId773"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C805" r:id="rId774"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C806" r:id="rId775"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C807" r:id="rId776"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="C808" r:id="rId777"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId394"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId778"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>