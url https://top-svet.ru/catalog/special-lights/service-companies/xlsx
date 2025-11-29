--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-15 20:56</t>
+          <t>2025-11-29 20:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>СВЕТИЛЬНИКИ ДЛЯ ЖКХ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>