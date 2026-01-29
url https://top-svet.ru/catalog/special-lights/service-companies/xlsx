--- v1 (2025-11-29)
+++ v2 (2026-01-29)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-11-29 20:56</t>
+          <t>2026-01-29 11:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>СВЕТИЛЬНИКИ ДЛЯ ЖКХ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>
@@ -1037,56 +1037,56 @@
     </row>
     <row r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>100382</t>
         </is>
       </c>
       <c r="B22" s="5" t="inlineStr"/>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>Светильник для ЖКХ Фокус ЖКХ 08, 5000 К</t>
         </is>
       </c>
       <c r="D22" s="7" t="inlineStr">
         <is>
           <t>8 Вт, 600 лм, Д, 5000 К, IP40</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F22" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G22" s="8" t="inlineStr">
+        <is>
           <t>1 322,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>1 256,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>104166</t>
         </is>
       </c>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <t>DS-0090</t>
         </is>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>Светильник для ЖКХ Dioteck ЖКХ ДБО</t>
         </is>
       </c>
       <c r="D23" s="7" t="inlineStr">
         <is>
           <t>10 Вт, 770 лм, Д, 4000 К, IP40</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">