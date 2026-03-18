--- v2 (2026-01-29)
+++ v3 (2026-03-18)
@@ -412,101 +412,101 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svet-nn-ssdo-02-kompakt-10/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svet-nn-ssdo-02-kompakt-5/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-meduza-10/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svet-nn-ssdo-02-medyza-10-ip-54/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-meduza-5/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ssdo-02-medyza-ip-54/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-10/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-10/ip54-5000-k-ssdo-01-010-001-bocman-10/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-15/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-15/ip54-5000-k-ssdo-01-015-001-bocman-15/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-20/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-20/ip54-5000-k-ssdo-01-020-001-bocman-20/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-5/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-5/ip54-5000-k-ssdo-01-005-001-bocman-5/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/focus-jkh-08/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/dioteck-jkh-dbo/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svetodiodnyj-svetilnik-geniled-public-15v/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svetodiodnyj-svetilnik-geniled-public-smart-15v/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledeffect-meridian/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledeffect-sssr/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledel-l-one/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledel-l-one-5x2/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledel-sveteco-new-8/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/leaderlight-delta-2/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/leaderlight-delta-3/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId28"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svet-nn-ssdo-02-kompakt-10/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svet-nn-ssdo-02-kompakt-5/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-meduza-10/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svet-nn-ssdo-02-medyza-10-ip-54/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ssdo-02-medyza-ip-54/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-meduza-5/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-10/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-10/ip54-5000-k-ssdo-01-010-001-bocman-10/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-15/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-15/ip54-5000-k-ssdo-01-015-001-bocman-15/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-20/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-20/ip54-5000-k-ssdo-01-020-001-bocman-20/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-5/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/zhkh-svetodiodnyj-svetilnik-svet-nn-ssdo-bocman-5/ip54-5000-k-ssdo-01-005-001-bocman-5/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/focus-jkh-08/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/dioteck-jkh-dbo/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svetodiodnyj-svetilnik-geniled-public-15v/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/svetodiodnyj-svetilnik-geniled-public-smart-15v/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledeffect-meridian/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledeffect-sssr/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledel-l-one/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledel-l-one-5x2/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/ledel-sveteco-new-8/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/leaderlight-delta-2/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/special-lights/service-companies/leaderlight-delta-3/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId28"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:G32"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="8" customWidth="1" min="1" max="1"/>
     <col width="30" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
     <col width="40" customWidth="1" min="4" max="4"/>
     <col width="10" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
     <col width="20" customWidth="1" min="7" max="7"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2026-01-29 11:56</t>
+          <t>2026-03-18 07:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>СВЕТИЛЬНИКИ ДЛЯ ЖКХ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>
@@ -662,118 +662,118 @@
       </c>
       <c r="D11" s="7" t="inlineStr">
         <is>
           <t>10 Вт, 1215 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F11" s="8" t="inlineStr">
         <is>
           <t>4 167,00 ₽</t>
         </is>
       </c>
       <c r="G11" s="8" t="inlineStr">
         <is>
           <t>3 959,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>130011</t>
+          <t>123017</t>
         </is>
       </c>
       <c r="B12" s="5" t="inlineStr">
         <is>
-          <t>ССдО 02-005-008 IP20</t>
+          <t>ССдО 02-005-008 IP54</t>
         </is>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>Светильник для ЖКХ Свет НН ССдО 02 Медуза 5, 5000 К</t>
         </is>
       </c>
       <c r="D12" s="7" t="inlineStr">
         <is>
-          <t>5 Вт, 607 лм, Д, 5000 К, IP20</t>
+          <t>5 Вт, 607 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F12" s="8" t="inlineStr">
         <is>
-          <t>2 616,00 ₽</t>
+          <t>3 275,00 ₽</t>
         </is>
       </c>
       <c r="G12" s="8" t="inlineStr">
         <is>
-          <t>2 486,00 ₽</t>
+          <t>3 112,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>123017</t>
+          <t>130011</t>
         </is>
       </c>
       <c r="B13" s="5" t="inlineStr">
         <is>
-          <t>ССдО 02-005-008 IP54</t>
+          <t>ССдО 02-005-008 IP20</t>
         </is>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>Светильник для ЖКХ Свет НН ССдО 02 Медуза 5, 5000 К</t>
         </is>
       </c>
       <c r="D13" s="7" t="inlineStr">
         <is>
-          <t>5 Вт, 607 лм, Д, 5000 К, IP54</t>
+          <t>5 Вт, 607 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F13" s="8" t="inlineStr">
         <is>
-          <t>3 275,00 ₽</t>
+          <t>2 616,00 ₽</t>
         </is>
       </c>
       <c r="G13" s="8" t="inlineStr">
         <is>
-          <t>3 112,00 ₽</t>
+          <t>2 486,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>123022</t>
         </is>
       </c>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <t>ССдО 01-010-001</t>
         </is>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>Светильник для ЖКХ Свет НН ССдО «Боцман 10»</t>
         </is>
       </c>
       <c r="D14" s="7" t="inlineStr">
         <is>
           <t>10 Вт, 1215 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">