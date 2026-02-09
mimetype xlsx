--- v0 (2025-10-27)
+++ v1 (2026-02-09)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-27 08:56</t>
+          <t>2026-02-10 00:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>ТОРГОВОЕ ОСВЕЩЕНИЕ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>
@@ -535,56 +535,56 @@
     </row>
     <row r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>100379</t>
         </is>
       </c>
       <c r="B8" s="5" t="inlineStr"/>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>Торговый светильник Фокус СПО 40 Ритейл</t>
         </is>
       </c>
       <c r="D8" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5000 лм, Д, 4000 К, IP40</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F8" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G8" s="8" t="inlineStr">
+        <is>
           <t>9 600,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>9 120,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>102434</t>
         </is>
       </c>
       <c r="B9" s="5" t="inlineStr"/>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>Торговый светильник Ферекс FLT 07-43-850</t>
         </is>
       </c>
       <c r="D9" s="7" t="inlineStr">
         <is>
           <t>43 Вт, 6209 лм, Д, 5000 К, IP40</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>