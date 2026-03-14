--- v0 (2025-10-26)
+++ v1 (2026-03-14)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-26 10:56</t>
+          <t>2026-03-14 06:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>НИЗКОВОЛЬТНЫЕ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>
@@ -535,588 +535,588 @@
     </row>
     <row r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>100332</t>
         </is>
       </c>
       <c r="B8" s="5" t="inlineStr"/>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищённый светильник Фокус УСС 12 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D8" s="7" t="inlineStr">
         <is>
           <t>13 Вт, 1500 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F8" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G8" s="8" t="inlineStr">
+        <is>
           <t>13 338,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 671,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>100336</t>
         </is>
       </c>
       <c r="B9" s="5" t="inlineStr"/>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищённый светильник Фокус УСС 18 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D9" s="7" t="inlineStr">
         <is>
           <t>21 Вт, 2200 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F9" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G9" s="8" t="inlineStr">
+        <is>
           <t>13 464,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 791,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>100340</t>
         </is>
       </c>
       <c r="B10" s="5" t="inlineStr"/>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищенный светильник Фокус УСС 24 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D10" s="7" t="inlineStr">
         <is>
           <t>24 Вт, 2900 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F10" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G10" s="8" t="inlineStr">
+        <is>
           <t>14 454,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>13 732,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>100344</t>
         </is>
       </c>
       <c r="B11" s="5" t="inlineStr"/>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищенный светильник Фокус УСС 32 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D11" s="7" t="inlineStr">
         <is>
           <t>32 Вт, 3500 лм, Д, 7000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F11" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G11" s="8" t="inlineStr">
+        <is>
           <t>15 246,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>14 484,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>100348</t>
         </is>
       </c>
       <c r="B12" s="5" t="inlineStr"/>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищенный светильник Фокус УСС 36 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D12" s="7" t="inlineStr">
         <is>
           <t>36 Вт, 3600 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F12" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G12" s="8" t="inlineStr">
+        <is>
           <t>20 395,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>19 375,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>100352</t>
         </is>
       </c>
       <c r="B13" s="5" t="inlineStr"/>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищенный светильник Фокус УСС 48 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D13" s="7" t="inlineStr">
         <is>
           <t>48 Вт, 5000 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F13" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G13" s="8" t="inlineStr">
+        <is>
           <t>24 722,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>23 486,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>100356</t>
         </is>
       </c>
       <c r="B14" s="5" t="inlineStr"/>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищенный светильник Фокус УСС 70 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D14" s="7" t="inlineStr">
         <is>
           <t>72 Вт, 7200 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F14" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G14" s="8" t="inlineStr">
+        <is>
           <t>32 746,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>31 109,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>100328</t>
         </is>
       </c>
       <c r="B15" s="5" t="inlineStr"/>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>Низковольтный взрывозащищенный светильник  Фокус УСС 9 НВ 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D15" s="7" t="inlineStr">
         <is>
           <t>11 Вт, 1100 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F15" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G15" s="8" t="inlineStr">
+        <is>
           <t>13 327,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 661,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>100384</t>
         </is>
       </c>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <t>ЖКХ-08 N/M/W DC-10,5-40В</t>
         </is>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус ЖКХ 08 НВ, 5000 К</t>
         </is>
       </c>
       <c r="D16" s="7" t="inlineStr">
         <is>
           <t>8 Вт, 600 лм, Д, 5000 К, IP40</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F16" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G16" s="8" t="inlineStr">
+        <is>
           <t>2 211,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>2 100,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>100300</t>
         </is>
       </c>
       <c r="B17" s="5" t="inlineStr"/>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 12 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D17" s="7" t="inlineStr">
         <is>
           <t>13 Вт, 1500 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F17" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G17" s="8" t="inlineStr">
+        <is>
           <t>11 650,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>11 068,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>100304</t>
         </is>
       </c>
       <c r="B18" s="5" t="inlineStr"/>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 18 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D18" s="7" t="inlineStr">
         <is>
           <t>21 Вт, 2200 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F18" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G18" s="8" t="inlineStr">
+        <is>
           <t>12 068,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>11 465,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>100308</t>
         </is>
       </c>
       <c r="B19" s="5" t="inlineStr"/>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 24 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D19" s="7" t="inlineStr">
         <is>
           <t>25 Вт, 2900 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F19" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G19" s="8" t="inlineStr">
+        <is>
           <t>14 313,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>13 597,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>100312</t>
         </is>
       </c>
       <c r="B20" s="5" t="inlineStr"/>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 32 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D20" s="7" t="inlineStr">
         <is>
           <t>32 Вт, 3500 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F20" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G20" s="8" t="inlineStr">
+        <is>
           <t>14 935,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>14 188,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>100316</t>
         </is>
       </c>
       <c r="B21" s="5" t="inlineStr"/>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 36 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D21" s="7" t="inlineStr">
         <is>
           <t>36 Вт, 4200 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F21" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G21" s="8" t="inlineStr">
+        <is>
           <t>20 329,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>19 312,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>100320</t>
         </is>
       </c>
       <c r="B22" s="5" t="inlineStr"/>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 48 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D22" s="7" t="inlineStr">
         <is>
           <t>48 Вт, 5000 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F22" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G22" s="8" t="inlineStr">
+        <is>
           <t>24 712,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>23 477,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>100324</t>
         </is>
       </c>
       <c r="B23" s="5" t="inlineStr"/>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 70 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D23" s="7" t="inlineStr">
         <is>
           <t>72 Вт, 8000 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F23" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G23" s="8" t="inlineStr">
+        <is>
           <t>30 285,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>28 771,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>100296</t>
         </is>
       </c>
       <c r="B24" s="5" t="inlineStr"/>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Фокус УСС 9 НВ, с креплением скобой</t>
         </is>
       </c>
       <c r="D24" s="7" t="inlineStr">
         <is>
           <t>11 Вт, 1100 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F24" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G24" s="8" t="inlineStr">
+        <is>
           <t>10 950,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>10 403,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>102051</t>
         </is>
       </c>
       <c r="B25" s="5" t="inlineStr"/>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>Низковольтный светильник Ферекс FWL 24-28-850, КСС Д, 120° (24-28-850-C120)</t>
         </is>
       </c>
       <c r="D25" s="7" t="inlineStr">
         <is>
           <t>28 Вт, 3588 лм, Д, 5000 К, IP66</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>