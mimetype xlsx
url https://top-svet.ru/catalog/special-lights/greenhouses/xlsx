--- v0 (2025-12-11)
+++ v1 (2026-02-08)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-12-11 05:56</t>
+          <t>2026-02-08 10:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>ДЛЯ ТЕПЛИЦ (ФИТОСВЕТ)</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>
@@ -535,463 +535,463 @@
     </row>
     <row r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>100691</t>
         </is>
       </c>
       <c r="B8" s="5" t="inlineStr"/>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УНИС 120 БИО SUN, КСС "Г1Д", крепление скоба, 5000К, 5000K</t>
         </is>
       </c>
       <c r="D8" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 10440 лм, 188 мкМоль/с, Д, 5000 К, IP67</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t>8 лет</t>
         </is>
       </c>
       <c r="F8" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G8" s="8" t="inlineStr">
+        <is>
           <t>30 916,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>29 371,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>100692</t>
         </is>
       </c>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <t>УНИС 150 БИО SUN</t>
         </is>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УНИС 150 БИО SUN, КСС "Г1Д", крепление скоба, 5000К, 5000K</t>
         </is>
       </c>
       <c r="D9" s="7" t="inlineStr">
         <is>
           <t>150 Вт, 13050 лм, 235 мкМоль/с, Д, 5000 К, IP67</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t>8 лет</t>
         </is>
       </c>
       <c r="F9" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G9" s="8" t="inlineStr">
+        <is>
           <t>39 980,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>37 985,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>100688</t>
         </is>
       </c>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <t>УНИС 30 БИО SUN, КСС "Г1Д", подвесное крепление, 5000К</t>
         </is>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УНИС 30 БИО SUN, КСС "Г1Д", подвесное крепление, 5000К, 5000K</t>
         </is>
       </c>
       <c r="D10" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 2610 лм, 47 мкМоль/с, Г, 5000 К, IP67</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t>8 лет</t>
         </is>
       </c>
       <c r="F10" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G10" s="8" t="inlineStr">
+        <is>
           <t>12 851,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>100689</t>
         </is>
       </c>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <t>УНИС-60 БИО SUN</t>
         </is>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УНИС-60 БИО SUN, 5000K</t>
         </is>
       </c>
       <c r="D11" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 5220 лм, 94 мкМоль/с, Г, 5000 К, IP67</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>8 лет</t>
         </is>
       </c>
       <c r="F11" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G11" s="8" t="inlineStr">
+        <is>
           <t>19 402,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 432,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>100690</t>
         </is>
       </c>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <t>УНИС 90 БИО SUN</t>
         </is>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УНИС 90 БИО SUN, КСС "Г1Д", крепление скоба, 5000К, 5000K</t>
         </is>
       </c>
       <c r="D12" s="7" t="inlineStr">
         <is>
           <t>90 Вт, 7830 лм, 141 мкМоль/с, Д, 5000 К, IP67</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>8 лет</t>
         </is>
       </c>
       <c r="F12" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G12" s="8" t="inlineStr">
+        <is>
           <t>27 036,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>25 685,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>100363</t>
         </is>
       </c>
       <c r="B13" s="5" t="inlineStr"/>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УСС 120 БИО</t>
         </is>
       </c>
       <c r="D13" s="7" t="inlineStr">
         <is>
           <t>100 Вт, 4000 лм, Д, Специальный, IP67</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F13" s="8" t="inlineStr">
         <is>
-          <t>36 900,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G13" s="8" t="inlineStr">
         <is>
           <t>36 900,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>100360</t>
         </is>
       </c>
       <c r="B14" s="5" t="inlineStr"/>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УСС 45 БИО</t>
         </is>
       </c>
       <c r="D14" s="7" t="inlineStr">
         <is>
           <t>36 Вт, 400 лм, Д, Специальный, IP67</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F14" s="8" t="inlineStr">
         <is>
-          <t>23 900,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G14" s="8" t="inlineStr">
         <is>
           <t>23 900,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>100361</t>
         </is>
       </c>
       <c r="B15" s="5" t="inlineStr"/>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УСС 60 БИО</t>
         </is>
       </c>
       <c r="D15" s="7" t="inlineStr">
         <is>
           <t>57 Вт, 2000 лм, Д, Специальный, IP67</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F15" s="8" t="inlineStr">
         <is>
-          <t>32 900,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G15" s="8" t="inlineStr">
         <is>
           <t>32 900,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>100362</t>
         </is>
       </c>
       <c r="B16" s="5" t="inlineStr"/>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Фокус УСС 90 БИО</t>
         </is>
       </c>
       <c r="D16" s="7" t="inlineStr">
         <is>
           <t>71 Вт, 800 лм, Д, Специальный, IP67</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F16" s="8" t="inlineStr">
         <is>
-          <t>33 900,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G16" s="8" t="inlineStr">
         <is>
           <t>33 900,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>103417</t>
         </is>
       </c>
       <c r="B17" s="5" t="inlineStr"/>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Pandora LED 605 PN-240 PHYTO</t>
         </is>
       </c>
       <c r="D17" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 577 мкМоль/с, Г, Специальный, IP65</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F17" s="8" t="inlineStr">
         <is>
-          <t>65 920,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G17" s="8" t="inlineStr">
         <is>
           <t>65 920,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>103419</t>
         </is>
       </c>
       <c r="B18" s="5" t="inlineStr"/>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Pandora LED 615 E-150 PHYTO</t>
         </is>
       </c>
       <c r="D18" s="7" t="inlineStr">
         <is>
           <t>150 Вт, 288 мкМоль/с, Л, Специальный, IP65</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F18" s="8" t="inlineStr">
         <is>
-          <t>77 406,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G18" s="8" t="inlineStr">
         <is>
           <t>77 406,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>103416</t>
         </is>
       </c>
       <c r="B19" s="5" t="inlineStr"/>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник Pandora LED 635 PN-380 PHYTO</t>
         </is>
       </c>
       <c r="D19" s="7" t="inlineStr">
         <is>
           <t>380 Вт, 721 мкМоль/с, Г, Специальный, IP65</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F19" s="8" t="inlineStr">
         <is>
           <t>121 660,00 ₽</t>
         </is>
       </c>
       <c r="G19" s="8" t="inlineStr">
         <is>
-          <t>121 660,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>107815</t>
         </is>
       </c>
       <c r="B20" s="5" t="inlineStr"/>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт INDUSTRY.3-085-136 PHYTO, КСС Д, спектр 11 общего назначения</t>
         </is>
       </c>
       <c r="D20" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 130 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F20" s="8" t="inlineStr">
         <is>
-          <t>9 500,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G20" s="8" t="inlineStr">
         <is>
           <t>9 500,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>107816</t>
         </is>
       </c>
       <c r="B21" s="5" t="inlineStr"/>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт INDUSTRY.3-085-136 PHYTO, КСС Д, спектр 12 для выращивания в отсутствие солнечного света</t>
         </is>
       </c>
       <c r="D21" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 130 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
@@ -1112,51 +1112,51 @@
     </row>
     <row r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>107830</t>
         </is>
       </c>
       <c r="B25" s="5" t="inlineStr"/>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт INDUSTRY.3-105-148 PHYTO, КСС Д, спектр 11 общего назначения</t>
         </is>
       </c>
       <c r="D25" s="7" t="inlineStr">
         <is>
           <t>93 Вт, 170 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F25" s="8" t="inlineStr">
         <is>
-          <t>11 200,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G25" s="8" t="inlineStr">
         <is>
           <t>11 200,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>107831</t>
         </is>
       </c>
       <c r="B26" s="5" t="inlineStr"/>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт INDUSTRY.3-105-148 PHYTO, КСС Д, спектр 12 для выращивания без солнечного света</t>
         </is>
       </c>
       <c r="D26" s="7" t="inlineStr">
         <is>
           <t>93 Вт, 170 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
@@ -1277,51 +1277,51 @@
     </row>
     <row r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>107845</t>
         </is>
       </c>
       <c r="B30" s="5" t="inlineStr"/>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт INDUSTRY.3-135-160 PHYTO, КСС Д, спектр 11 общего назначения</t>
         </is>
       </c>
       <c r="D30" s="7" t="inlineStr">
         <is>
           <t>118 Вт, 215 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F30" s="8" t="inlineStr">
         <is>
-          <t>15 000,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G30" s="8" t="inlineStr">
         <is>
           <t>15 000,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>107846</t>
         </is>
       </c>
       <c r="B31" s="5" t="inlineStr"/>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт INDUSTRY.3-135-160 PHYTO, КСС Д, спектр 12 для выращивания без солнечного света</t>
         </is>
       </c>
       <c r="D31" s="7" t="inlineStr">
         <is>
           <t>118 Вт, 215 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
@@ -1442,51 +1442,51 @@
     </row>
     <row r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>107807</t>
         </is>
       </c>
       <c r="B35" s="5" t="inlineStr"/>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт PlantaLux-35, INTER, межрядный</t>
         </is>
       </c>
       <c r="D35" s="7" t="inlineStr">
         <is>
           <t>35 Вт, 65 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F35" s="8" t="inlineStr">
         <is>
-          <t>5 500,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G35" s="8" t="inlineStr">
         <is>
           <t>5 500,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>107809</t>
         </is>
       </c>
       <c r="B36" s="5" t="inlineStr"/>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт PlantaLux-35, UPPER, стеллажный</t>
         </is>
       </c>
       <c r="D36" s="7" t="inlineStr">
         <is>
           <t>35 Вт, 65 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
@@ -1508,51 +1508,51 @@
     </row>
     <row r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>107811</t>
         </is>
       </c>
       <c r="B37" s="5" t="inlineStr"/>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт PlantaLux-45, INTER, межрядный</t>
         </is>
       </c>
       <c r="D37" s="7" t="inlineStr">
         <is>
           <t>45 Вт, 65 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F37" s="8" t="inlineStr">
         <is>
-          <t>6 000,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G37" s="8" t="inlineStr">
         <is>
           <t>6 000,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>107814</t>
         </is>
       </c>
       <c r="B38" s="5" t="inlineStr"/>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>Фитосветильник ЛидерЛайт PlantaLux-45, UPPER, стеллажный</t>
         </is>
       </c>
       <c r="D38" s="7" t="inlineStr">
         <is>
           <t>45 Вт, 65 мкМоль/с, Д, Специальный, IP65</t>
         </is>
       </c>