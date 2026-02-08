--- v1 (2026-02-08)
+++ v2 (2026-02-08)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2026-02-08 10:56</t>
+          <t>2026-02-08 12:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>ДЛЯ ТЕПЛИЦ (ФИТОСВЕТ)</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>