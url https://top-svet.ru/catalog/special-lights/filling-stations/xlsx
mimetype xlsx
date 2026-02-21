--- v0 (2025-11-04)
+++ v1 (2026-02-21)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-11-05 00:56</t>
+          <t>2026-02-21 19:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>ДЛЯ АЗС</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>
@@ -798,122 +798,122 @@
           <t>100234</t>
         </is>
       </c>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <t>УСС-100 АЗС в сборе с рамкой</t>
         </is>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>Светильник для АЗС Фокус УСС-100 АЗС в сборе с рамкой, 4000K</t>
         </is>
       </c>
       <c r="D15" s="7" t="inlineStr">
         <is>
           <t>100 Вт, 13500 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F15" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G15" s="8" t="inlineStr">
+        <is>
           <t>26 905,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>25 560,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>100231</t>
         </is>
       </c>
       <c r="B16" s="5" t="inlineStr"/>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>Светильник для АЗС Фокус УСС 42 АЗС</t>
         </is>
       </c>
       <c r="D16" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 4900 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F16" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G16" s="8" t="inlineStr">
+        <is>
           <t>16 293,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>15 479,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>100232</t>
         </is>
       </c>
       <c r="B17" s="5" t="inlineStr"/>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>Светильник для АЗС Фокус УСС 84 АЗС</t>
         </is>
       </c>
       <c r="D17" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 9800 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F17" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G17" s="8" t="inlineStr">
+        <is>
           <t>22 166,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>21 058,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>102409</t>
         </is>
       </c>
       <c r="B18" s="5" t="inlineStr"/>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>Светильник для АЗС Ферекс ДВУ 07-104-850-Д110</t>
         </is>
       </c>
       <c r="D18" s="7" t="inlineStr">
         <is>
           <t>104 Вт, 13142 лм, Д, 5000 К, IP66</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>