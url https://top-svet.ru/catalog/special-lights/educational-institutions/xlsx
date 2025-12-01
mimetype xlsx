--- v0 (2025-10-17)
+++ v1 (2025-12-01)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-17 13:56</t>
+          <t>2025-12-02 01:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>ДЛЯ ОБРАЗОВАТЕЛЬНЫХ УЧРЕЖДЕНИЙ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>