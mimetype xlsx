--- v1 (2025-12-01)
+++ v2 (2026-02-01)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-12-02 01:56</t>
+          <t>2026-02-01 11:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>ДЛЯ ОБРАЗОВАТЕЛЬНЫХ УЧРЕЖДЕНИЙ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>
@@ -568,56 +568,56 @@
     </row>
     <row r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>100380</t>
         </is>
       </c>
       <c r="B9" s="5" t="inlineStr"/>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>Школьный светильник Фокус СПО 30 Стандарт</t>
         </is>
       </c>
       <c r="D9" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3800 лм, Д, 4000 К, IP65</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F9" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G9" s="8" t="inlineStr">
+        <is>
           <t>7 163,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>6 805,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>109705</t>
         </is>
       </c>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <t>LE-СБО-14-020-1381-20Д</t>
         </is>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>Школьный светильник LEDeffect РИТЕЙЛ ШКОЛЬНИК, 4000К</t>
         </is>
       </c>
       <c r="D10" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2150 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">