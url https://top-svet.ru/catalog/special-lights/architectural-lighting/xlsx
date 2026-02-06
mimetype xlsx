--- v0 (2025-10-24)
+++ v1 (2026-02-06)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-24 02:56</t>
+          <t>2026-02-06 21:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>АРХИТЕКТУРНАЯ ПОДСВЕТКА</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>
@@ -535,1607 +535,1607 @@
     </row>
     <row r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>100598</t>
         </is>
       </c>
       <c r="B8" s="5" t="inlineStr"/>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС Г1</t>
         </is>
       </c>
       <c r="D8" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 15000 лм, Г (Г1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F8" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G8" s="8" t="inlineStr">
+        <is>
           <t>28 491,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>27 067,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>100597</t>
         </is>
       </c>
       <c r="B9" s="5" t="inlineStr"/>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС Д</t>
         </is>
       </c>
       <c r="D9" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 16800 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F9" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G9" s="8" t="inlineStr">
+        <is>
           <t>25 727,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>24 440,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>100599</t>
         </is>
       </c>
       <c r="B10" s="5" t="inlineStr"/>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС К</t>
         </is>
       </c>
       <c r="D10" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 15000 лм, К, 4500 К, IP67</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F10" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G10" s="8" t="inlineStr">
+        <is>
           <t>28 491,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>27 067,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>100600</t>
         </is>
       </c>
       <c r="B11" s="5" t="inlineStr"/>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС К0</t>
         </is>
       </c>
       <c r="D11" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 15000 лм, К (К0), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F11" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G11" s="8" t="inlineStr">
+        <is>
           <t>28 491,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>27 067,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>100601</t>
         </is>
       </c>
       <c r="B12" s="5" t="inlineStr"/>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС К1</t>
         </is>
       </c>
       <c r="D12" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 15000 лм, К (К1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F12" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G12" s="8" t="inlineStr">
+        <is>
           <t>28 491,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>27 067,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>100602</t>
         </is>
       </c>
       <c r="B13" s="5" t="inlineStr"/>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС К1Д</t>
         </is>
       </c>
       <c r="D13" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 16800 лм, К (К1Д), 5000 К, IP67</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F13" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G13" s="8" t="inlineStr">
+        <is>
           <t>28 491,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>27 067,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>100603</t>
         </is>
       </c>
       <c r="B14" s="5" t="inlineStr"/>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС Ш1-1</t>
         </is>
       </c>
       <c r="D14" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 16800 лм, Ш (Ш1-1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F14" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G14" s="8" t="inlineStr">
+        <is>
           <t>28 491,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>27 067,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>100604</t>
         </is>
       </c>
       <c r="B15" s="5" t="inlineStr"/>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 120 Эксперт Slim, КСС Ш2</t>
         </is>
       </c>
       <c r="D15" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 15000 лм, Ш (Ш2), 4000 К, IP67</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F15" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G15" s="8" t="inlineStr">
+        <is>
           <t>28 491,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>27 067,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>100606</t>
         </is>
       </c>
       <c r="B16" s="5" t="inlineStr"/>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС Г1</t>
         </is>
       </c>
       <c r="D16" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 20000 лм, Г (Г1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F16" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G16" s="8" t="inlineStr">
+        <is>
           <t>37 466,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>35 593,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>100605</t>
         </is>
       </c>
       <c r="B17" s="5" t="inlineStr"/>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС Д</t>
         </is>
       </c>
       <c r="D17" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 22400 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F17" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G17" s="8" t="inlineStr">
+        <is>
           <t>31 149,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>29 592,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>100607</t>
         </is>
       </c>
       <c r="B18" s="5" t="inlineStr"/>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС К</t>
         </is>
       </c>
       <c r="D18" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 20000 лм, К, 4500 К, IP67</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F18" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G18" s="8" t="inlineStr">
+        <is>
           <t>37 466,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>35 593,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>100608</t>
         </is>
       </c>
       <c r="B19" s="5" t="inlineStr"/>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС К0</t>
         </is>
       </c>
       <c r="D19" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 20000 лм, К (К0), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F19" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G19" s="8" t="inlineStr">
+        <is>
           <t>37 466,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>35 593,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>100609</t>
         </is>
       </c>
       <c r="B20" s="5" t="inlineStr"/>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС К1</t>
         </is>
       </c>
       <c r="D20" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 20000 лм, К (К1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F20" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G20" s="8" t="inlineStr">
+        <is>
           <t>37 466,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>35 593,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>100610</t>
         </is>
       </c>
       <c r="B21" s="5" t="inlineStr"/>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС К1Д</t>
         </is>
       </c>
       <c r="D21" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 22400 лм, К (К1Д), 5000 К, IP67</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F21" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G21" s="8" t="inlineStr">
+        <is>
           <t>37 466,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>35 593,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>100611</t>
         </is>
       </c>
       <c r="B22" s="5" t="inlineStr"/>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС Ш1-1</t>
         </is>
       </c>
       <c r="D22" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 22400 лм, Ш (Ш1-1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F22" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G22" s="8" t="inlineStr">
+        <is>
           <t>37 466,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>35 593,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>100612</t>
         </is>
       </c>
       <c r="B23" s="5" t="inlineStr"/>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 160 Эксперт Slim, КСС Ш2</t>
         </is>
       </c>
       <c r="D23" s="7" t="inlineStr">
         <is>
           <t>160 Вт, 20000 лм, Ш (Ш2), 4000 К, IP67</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F23" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G23" s="8" t="inlineStr">
+        <is>
           <t>37 466,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>35 593,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>100614</t>
         </is>
       </c>
       <c r="B24" s="5" t="inlineStr"/>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС Г1</t>
         </is>
       </c>
       <c r="D24" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 25000 лм, Г (Г1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F24" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G24" s="8" t="inlineStr">
+        <is>
           <t>46 536,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>44 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>100613</t>
         </is>
       </c>
       <c r="B25" s="5" t="inlineStr"/>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС Д</t>
         </is>
       </c>
       <c r="D25" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 28000 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F25" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G25" s="8" t="inlineStr">
+        <is>
           <t>39 158,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>37 200,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>100615</t>
         </is>
       </c>
       <c r="B26" s="5" t="inlineStr"/>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС К</t>
         </is>
       </c>
       <c r="D26" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 25000 лм, К, 4500 К, IP67</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F26" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G26" s="8" t="inlineStr">
+        <is>
           <t>46 536,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>44 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>100616</t>
         </is>
       </c>
       <c r="B27" s="5" t="inlineStr"/>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС К0</t>
         </is>
       </c>
       <c r="D27" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 25000 лм, К (К0), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F27" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G27" s="8" t="inlineStr">
+        <is>
           <t>46 536,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>44 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>100617</t>
         </is>
       </c>
       <c r="B28" s="5" t="inlineStr"/>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС К1</t>
         </is>
       </c>
       <c r="D28" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 25000 лм, К (К1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F28" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G28" s="8" t="inlineStr">
+        <is>
           <t>46 536,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>44 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>100618</t>
         </is>
       </c>
       <c r="B29" s="5" t="inlineStr"/>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС К1Д</t>
         </is>
       </c>
       <c r="D29" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 28000 лм, К (К1Д), 5000 К, IP67</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F29" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G29" s="8" t="inlineStr">
+        <is>
           <t>46 536,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>44 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>100619</t>
         </is>
       </c>
       <c r="B30" s="5" t="inlineStr"/>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС Ш1-1</t>
         </is>
       </c>
       <c r="D30" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 28000 лм, Ш (Ш1-1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F30" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G30" s="8" t="inlineStr">
+        <is>
           <t>46 536,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>44 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>100620</t>
         </is>
       </c>
       <c r="B31" s="5" t="inlineStr"/>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 200 Эксперт Slim, КСС Ш2</t>
         </is>
       </c>
       <c r="D31" s="7" t="inlineStr">
         <is>
           <t>200 Вт, 25000 лм, Ш (Ш2), 4000 К, IP67</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F31" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G31" s="8" t="inlineStr">
+        <is>
           <t>46 536,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>44 209,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>100622</t>
         </is>
       </c>
       <c r="B32" s="5" t="inlineStr"/>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС Г1</t>
         </is>
       </c>
       <c r="D32" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 30000 лм, Г (Г1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F32" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G32" s="8" t="inlineStr">
+        <is>
           <t>52 991,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>50 341,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>100621</t>
         </is>
       </c>
       <c r="B33" s="5" t="inlineStr"/>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС Д</t>
         </is>
       </c>
       <c r="D33" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 33600 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F33" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G33" s="8" t="inlineStr">
+        <is>
           <t>44 839,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>42 597,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>100623</t>
         </is>
       </c>
       <c r="B34" s="5" t="inlineStr"/>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС К</t>
         </is>
       </c>
       <c r="D34" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 30000 лм, К, 4500 К, IP67</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F34" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G34" s="8" t="inlineStr">
+        <is>
           <t>52 991,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>50 341,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>100624</t>
         </is>
       </c>
       <c r="B35" s="5" t="inlineStr"/>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС К0</t>
         </is>
       </c>
       <c r="D35" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 30000 лм, К (К0), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F35" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G35" s="8" t="inlineStr">
+        <is>
           <t>52 991,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>50 341,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>100625</t>
         </is>
       </c>
       <c r="B36" s="5" t="inlineStr"/>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС К1</t>
         </is>
       </c>
       <c r="D36" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 30000 лм, К (К1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F36" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G36" s="8" t="inlineStr">
+        <is>
           <t>52 991,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>50 341,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>100626</t>
         </is>
       </c>
       <c r="B37" s="5" t="inlineStr"/>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС К1Д</t>
         </is>
       </c>
       <c r="D37" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 33600 лм, К (К1Д), 5000 К, IP67</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F37" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G37" s="8" t="inlineStr">
+        <is>
           <t>52 991,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>50 341,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>100627</t>
         </is>
       </c>
       <c r="B38" s="5" t="inlineStr"/>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС Ш1-1</t>
         </is>
       </c>
       <c r="D38" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 33600 лм, Ш (Ш1-1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F38" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G38" s="8" t="inlineStr">
+        <is>
           <t>52 991,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>50 341,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>100628</t>
         </is>
       </c>
       <c r="B39" s="5" t="inlineStr"/>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 240 Эксперт Slim, КСС Ш2</t>
         </is>
       </c>
       <c r="D39" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 30000 лм, Ш (Ш2), 4000 К, IP67</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F39" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G39" s="8" t="inlineStr">
+        <is>
           <t>52 991,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>50 341,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>100582</t>
         </is>
       </c>
       <c r="B40" s="5" t="inlineStr"/>
       <c r="C40" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС Г1</t>
         </is>
       </c>
       <c r="D40" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5000 лм, Г (Г1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F40" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G40" s="8" t="inlineStr">
+        <is>
           <t>13 481,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 807,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>100581</t>
         </is>
       </c>
       <c r="B41" s="5" t="inlineStr"/>
       <c r="C41" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС Д</t>
         </is>
       </c>
       <c r="D41" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5600 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F41" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G41" s="8" t="inlineStr">
+        <is>
           <t>12 301,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>11 686,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>100583</t>
         </is>
       </c>
       <c r="B42" s="5" t="inlineStr"/>
       <c r="C42" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС К</t>
         </is>
       </c>
       <c r="D42" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5000 лм, К, 4500 К, IP67</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F42" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G42" s="8" t="inlineStr">
+        <is>
           <t>13 481,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 807,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>100584</t>
         </is>
       </c>
       <c r="B43" s="5" t="inlineStr"/>
       <c r="C43" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС К0</t>
         </is>
       </c>
       <c r="D43" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5000 лм, К (К0), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F43" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G43" s="8" t="inlineStr">
+        <is>
           <t>13 481,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 807,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>100585</t>
         </is>
       </c>
       <c r="B44" s="5" t="inlineStr"/>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС К1</t>
         </is>
       </c>
       <c r="D44" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5000 лм, К (К1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F44" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G44" s="8" t="inlineStr">
+        <is>
           <t>13 481,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 807,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>100586</t>
         </is>
       </c>
       <c r="B45" s="5" t="inlineStr"/>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС К1Д</t>
         </is>
       </c>
       <c r="D45" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5600 лм, К (К1Д), 5000 К, IP67</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F45" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G45" s="8" t="inlineStr">
+        <is>
           <t>13 481,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 807,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>100587</t>
         </is>
       </c>
       <c r="B46" s="5" t="inlineStr"/>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС Ш1-1</t>
         </is>
       </c>
       <c r="D46" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5600 лм, Ш (Ш1-1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F46" s="8" t="inlineStr">
         <is>
-          <t>13 481,00 ₽</t>
+          <t>по запросу</t>
         </is>
       </c>
       <c r="G46" s="8" t="inlineStr">
         <is>
-          <t>12 807,00 ₽</t>
+          <t>16 118,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>100588</t>
         </is>
       </c>
       <c r="B47" s="5" t="inlineStr"/>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 40 Эксперт Slim, КСС Ш2</t>
         </is>
       </c>
       <c r="D47" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5000 лм, Ш (Ш2), 4000 К, IP67</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F47" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G47" s="8" t="inlineStr">
+        <is>
           <t>13 481,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>12 807,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>100590</t>
         </is>
       </c>
       <c r="B48" s="5" t="inlineStr"/>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС Г1</t>
         </is>
       </c>
       <c r="D48" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10000 лм, Г (Г1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F48" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G48" s="8" t="inlineStr">
+        <is>
           <t>19 194,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 234,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>100589</t>
         </is>
       </c>
       <c r="B49" s="5" t="inlineStr"/>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС Д</t>
         </is>
       </c>
       <c r="D49" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 11200 лм, Д, 4000 К, IP67</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F49" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G49" s="8" t="inlineStr">
+        <is>
           <t>16 530,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>15 704,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>100591</t>
         </is>
       </c>
       <c r="B50" s="5" t="inlineStr"/>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС К</t>
         </is>
       </c>
       <c r="D50" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10000 лм, К, 4500 К, IP67</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F50" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G50" s="8" t="inlineStr">
+        <is>
           <t>19 194,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 234,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>100592</t>
         </is>
       </c>
       <c r="B51" s="5" t="inlineStr"/>
       <c r="C51" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС К0</t>
         </is>
       </c>
       <c r="D51" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10000 лм, К (К0), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F51" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G51" s="8" t="inlineStr">
+        <is>
           <t>19 194,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 234,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>100593</t>
         </is>
       </c>
       <c r="B52" s="5" t="inlineStr"/>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС К1</t>
         </is>
       </c>
       <c r="D52" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10000 лм, К (К1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F52" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G52" s="8" t="inlineStr">
+        <is>
           <t>19 194,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 234,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>100594</t>
         </is>
       </c>
       <c r="B53" s="5" t="inlineStr"/>
       <c r="C53" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС К1Д</t>
         </is>
       </c>
       <c r="D53" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 11200 лм, К (К1Д), 5000 К, IP67</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F53" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G53" s="8" t="inlineStr">
+        <is>
           <t>19 194,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 234,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>100595</t>
         </is>
       </c>
       <c r="B54" s="5" t="inlineStr"/>
       <c r="C54" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС Ш1-1</t>
         </is>
       </c>
       <c r="D54" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 11200 лм, Ш (Ш1-1), 4500 К, IP67</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F54" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G54" s="8" t="inlineStr">
+        <is>
           <t>19 194,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 234,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>100596</t>
         </is>
       </c>
       <c r="B55" s="5" t="inlineStr"/>
       <c r="C55" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Фокус УСС 80 Эксперт Slim, КСС Ш2</t>
         </is>
       </c>
       <c r="D55" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10000 лм, Ш (Ш2), 4000 К, IP67</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F55" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G55" s="8" t="inlineStr">
+        <is>
           <t>19 194,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 234,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>102043</t>
         </is>
       </c>
       <c r="B56" s="5" t="inlineStr"/>
       <c r="C56" s="6" t="inlineStr">
         <is>
           <t>Архитектурный светильник Ферекс FWL 12-26-RGBW50, КСС Д, 120° (12-26-RGBW50-C120)</t>
         </is>
       </c>
       <c r="D56" s="7" t="inlineStr">
         <is>
           <t>26 Вт, 3248 лм, Д, RGB, IP66</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>