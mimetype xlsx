--- v0 (2025-10-22)
+++ v1 (2026-02-17)
@@ -415,101 +415,101 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/xlsx/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mglass/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mp/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-oppol/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-op/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-mglass/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-mp/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-oppol/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-op/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mglass/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mp/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-oppol/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-op/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-mglass/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-mp/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-oppol/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-op/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mglass/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mp/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mp/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-op/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-oppol/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-op/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-mglass/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-mp/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-mp/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-op/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-oppol/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-op/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mglass/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mp/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mp/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-op/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-oppol/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-op/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-mglass/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-mp/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-mp/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-op/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-oppol/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-op/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mglass/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mp/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mp/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-op/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-oppol/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-op/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-mglass/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-mp/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-mp/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-op/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-oppol/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-op/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mglass/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mp/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mp/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-op/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-oppol/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-op/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-mglass/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-mp/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-mp/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-op/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-oppol/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-op/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mp/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-op/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-mp/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-op/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mp/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-op/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-mp/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-op/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mglass/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mp/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-mp/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-op/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-oppol/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-op/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-mglass/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k-mp/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-mp/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k-op/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-oppol/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-op/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mglass/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mp/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-mp/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-op/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-oppol/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-op/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-mglass/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-mp/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k-mp/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k-op/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-oppol/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-op/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mglass/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mp/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-oppol/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-op/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-mglass/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-mp/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-oppol/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-op/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mglass/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mp/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-oppol/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-op/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-mglass/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-mp/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-oppol/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-op/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mglass/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mp/" TargetMode="External" Id="rId180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mp/" TargetMode="External" Id="rId181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-op/" TargetMode="External" Id="rId182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-oppol/" TargetMode="External" Id="rId183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-op/" TargetMode="External" Id="rId185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k/" TargetMode="External" Id="rId186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k/" TargetMode="External" Id="rId187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-mglass/" TargetMode="External" Id="rId189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-mp/" TargetMode="External" Id="rId190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-mp/" TargetMode="External" Id="rId191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-op/" TargetMode="External" Id="rId192"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-oppol/" TargetMode="External" Id="rId193"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId194"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-op/" TargetMode="External" Id="rId195"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k/" TargetMode="External" Id="rId196"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k/" TargetMode="External" Id="rId197"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId198"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mglass/" TargetMode="External" Id="rId199"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mp/" TargetMode="External" Id="rId200"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mp/" TargetMode="External" Id="rId201"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-op/" TargetMode="External" Id="rId202"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-oppol/" TargetMode="External" Id="rId203"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId204"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-op/" TargetMode="External" Id="rId205"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k/" TargetMode="External" Id="rId206"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k/" TargetMode="External" Id="rId207"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-mglass/" TargetMode="External" Id="rId208"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId209"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-mp/" TargetMode="External" Id="rId210"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-mp/" TargetMode="External" Id="rId211"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-op/" TargetMode="External" Id="rId212"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-oppol/" TargetMode="External" Id="rId213"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId214"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-op/" TargetMode="External" Id="rId215"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k/" TargetMode="External" Id="rId216"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k/" TargetMode="External" Id="rId217"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId218"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mglass/" TargetMode="External" Id="rId219"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mp/" TargetMode="External" Id="rId220"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mp/" TargetMode="External" Id="rId221"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-op/" TargetMode="External" Id="rId222"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId223"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-oppol/" TargetMode="External" Id="rId224"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-op/" TargetMode="External" Id="rId225"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k/" TargetMode="External" Id="rId226"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k/" TargetMode="External" Id="rId227"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId228"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-mglass/" TargetMode="External" Id="rId229"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-mp/" TargetMode="External" Id="rId230"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-mp/" TargetMode="External" Id="rId231"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-op/" TargetMode="External" Id="rId232"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-oppol/" TargetMode="External" Id="rId233"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId234"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-op/" TargetMode="External" Id="rId235"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k/" TargetMode="External" Id="rId236"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k/" TargetMode="External" Id="rId237"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId238"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mglass/" TargetMode="External" Id="rId239"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mp/" TargetMode="External" Id="rId240"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mp/" TargetMode="External" Id="rId241"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-op/" TargetMode="External" Id="rId242"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-oppol/" TargetMode="External" Id="rId243"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId244"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-op/" TargetMode="External" Id="rId245"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k/" TargetMode="External" Id="rId246"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k/" TargetMode="External" Id="rId247"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId248"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-mglass/" TargetMode="External" Id="rId249"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-mp/" TargetMode="External" Id="rId250"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-mp/" TargetMode="External" Id="rId251"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-op/" TargetMode="External" Id="rId252"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-oppol/" TargetMode="External" Id="rId253"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId254"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-op/" TargetMode="External" Id="rId255"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k/" TargetMode="External" Id="rId256"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k/" TargetMode="External" Id="rId257"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mglass/" TargetMode="External" Id="rId258"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mglass/" TargetMode="External" Id="rId259"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mp/" TargetMode="External" Id="rId260"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mp/" TargetMode="External" Id="rId261"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-op/" TargetMode="External" Id="rId262"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-oppol/" TargetMode="External" Id="rId263"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-oppol/" TargetMode="External" Id="rId264"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-op/" TargetMode="External" Id="rId265"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k/" TargetMode="External" Id="rId266"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k/" TargetMode="External" Id="rId267"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-mglass/" TargetMode="External" Id="rId268"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-mglass/" TargetMode="External" Id="rId269"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-mp/" TargetMode="External" Id="rId270"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-mp/" TargetMode="External" Id="rId271"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-op/" TargetMode="External" Id="rId272"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-oppol/" TargetMode="External" Id="rId273"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-oppol/" TargetMode="External" Id="rId274"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-op/" TargetMode="External" Id="rId275"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k/" TargetMode="External" Id="rId276"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k/" TargetMode="External" Id="rId277"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mglass/" TargetMode="External" Id="rId278"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mglass/" TargetMode="External" Id="rId279"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mp/" TargetMode="External" Id="rId280"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mp/" TargetMode="External" Id="rId281"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-op/" TargetMode="External" Id="rId282"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-oppol/" TargetMode="External" Id="rId283"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-oppol/" TargetMode="External" Id="rId284"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-op/" TargetMode="External" Id="rId285"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k/" TargetMode="External" Id="rId286"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k/" TargetMode="External" Id="rId287"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-mglass/" TargetMode="External" Id="rId288"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-mglass/" TargetMode="External" Id="rId289"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-mp/" TargetMode="External" Id="rId290"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-mp/" TargetMode="External" Id="rId291"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-op/" TargetMode="External" Id="rId292"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-oppol/" TargetMode="External" Id="rId293"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-oppol/" TargetMode="External" Id="rId294"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-op/" TargetMode="External" Id="rId295"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k/" TargetMode="External" Id="rId296"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k/" TargetMode="External" Id="rId297"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId298"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mglass/" TargetMode="External" Id="rId299"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mp/" TargetMode="External" Id="rId300"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mp/" TargetMode="External" Id="rId301"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-op/" TargetMode="External" Id="rId302"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId303"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-oppol/" TargetMode="External" Id="rId304"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-op/" TargetMode="External" Id="rId305"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k/" TargetMode="External" Id="rId306"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k/" TargetMode="External" Id="rId307"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId308"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-mglass/" TargetMode="External" Id="rId309"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-mp/" TargetMode="External" Id="rId310"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-mp/" TargetMode="External" Id="rId311"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-op/" TargetMode="External" Id="rId312"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId313"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-oppol/" TargetMode="External" Id="rId314"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-op/" TargetMode="External" Id="rId315"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k/" TargetMode="External" Id="rId316"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k/" TargetMode="External" Id="rId317"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mglass/" TargetMode="External" Id="rId318"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId319"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mp/" TargetMode="External" Id="rId320"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mp/" TargetMode="External" Id="rId321"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-op/" TargetMode="External" Id="rId322"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-oppol/" TargetMode="External" Id="rId323"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId324"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-op/" TargetMode="External" Id="rId325"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k/" TargetMode="External" Id="rId326"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k/" TargetMode="External" Id="rId327"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-mglass/" TargetMode="External" Id="rId328"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId329"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-mp/" TargetMode="External" Id="rId330"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-mp/" TargetMode="External" Id="rId331"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-op/" TargetMode="External" Id="rId332"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-oppol/" TargetMode="External" Id="rId333"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId334"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-op/" TargetMode="External" Id="rId335"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k/" TargetMode="External" Id="rId336"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mglass/" TargetMode="External" Id="rId337"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mp/" TargetMode="External" Id="rId338"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-oppol/" TargetMode="External" Id="rId339"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-op/" TargetMode="External" Id="rId340"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k/" TargetMode="External" Id="rId341"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-mglass/" TargetMode="External" Id="rId342"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-mp/" TargetMode="External" Id="rId343"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-oppol/" TargetMode="External" Id="rId344"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-op/" TargetMode="External" Id="rId345"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k/" TargetMode="External" Id="rId346"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mglass/" TargetMode="External" Id="rId347"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mp/" TargetMode="External" Id="rId348"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-oppol/" TargetMode="External" Id="rId349"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-op/" TargetMode="External" Id="rId350"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k/" TargetMode="External" Id="rId351"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-mglass/" TargetMode="External" Id="rId352"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-mp/" TargetMode="External" Id="rId353"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-oppol/" TargetMode="External" Id="rId354"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-op/" TargetMode="External" Id="rId355"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-grilliato-domino-50/" TargetMode="External" Id="rId356"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-downlight-22/" TargetMode="External" Id="rId357"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-1-p600x600/4000k/" TargetMode="External" Id="rId358"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x1200/4000k/" TargetMode="External" Id="rId359"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x600/4000k/" TargetMode="External" Id="rId360"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x1200/4000k/" TargetMode="External" Id="rId361"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x300/4000k/" TargetMode="External" Id="rId362"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x600/4000k/" TargetMode="External" Id="rId363"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/liderlajt-slimpanel2-p600x1200/4000k/" TargetMode="External" Id="rId364"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p600x600/4000k/" TargetMode="External" Id="rId365"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId366"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/xlsx/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mglass/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mp/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-oppol/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-op/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-mglass/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-mp/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-oppol/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-op/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mglass/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mp/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-oppol/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-op/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-mglass/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-mp/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-oppol/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-op/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mglass/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mp/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mp/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-op/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-oppol/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-op/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-mglass/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-mp/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-mp/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-op/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-oppol/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-op/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mglass/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mp/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mp/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-op/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-oppol/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-op/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-mglass/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-mp/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-mp/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-op/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-oppol/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-op/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mglass/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mp/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mp/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-op/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-oppol/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-op/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-mglass/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-mp/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-mp/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-op/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-oppol/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-op/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mglass/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mp/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mp/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-op/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-oppol/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-op/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-mglass/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-mp/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-mp/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-op/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-oppol/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-op/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mp/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-op/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-mp/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-op/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mp/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-op/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-mp/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-op/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mglass/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-mp/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mp/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-op/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-oppol/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-op/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-mglass/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k-mp/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-mp/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k-op/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-oppol/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-op/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mglass/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mp/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-mp/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-op/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-oppol/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-op/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-mglass/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k-mp/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-mp/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k-op/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-oppol/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-op/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mglass/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mp/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-oppol/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-op/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-mglass/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-mp/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-oppol/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-op/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mglass/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mp/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-oppol/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-op/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-mglass/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-mp/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-oppol/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-op/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mglass/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mp/" TargetMode="External" Id="rId180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mp/" TargetMode="External" Id="rId181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-op/" TargetMode="External" Id="rId182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-oppol/" TargetMode="External" Id="rId184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-op/" TargetMode="External" Id="rId185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k/" TargetMode="External" Id="rId186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k/" TargetMode="External" Id="rId187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-mglass/" TargetMode="External" Id="rId188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-mp/" TargetMode="External" Id="rId190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-mp/" TargetMode="External" Id="rId191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-op/" TargetMode="External" Id="rId192"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId193"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-oppol/" TargetMode="External" Id="rId194"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-op/" TargetMode="External" Id="rId195"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k/" TargetMode="External" Id="rId196"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k/" TargetMode="External" Id="rId197"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId198"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mglass/" TargetMode="External" Id="rId199"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mp/" TargetMode="External" Id="rId200"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mp/" TargetMode="External" Id="rId201"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-op/" TargetMode="External" Id="rId202"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-oppol/" TargetMode="External" Id="rId203"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId204"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-op/" TargetMode="External" Id="rId205"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k/" TargetMode="External" Id="rId206"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k/" TargetMode="External" Id="rId207"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-mglass/" TargetMode="External" Id="rId208"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId209"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-mp/" TargetMode="External" Id="rId210"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-mp/" TargetMode="External" Id="rId211"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-op/" TargetMode="External" Id="rId212"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-oppol/" TargetMode="External" Id="rId213"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId214"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-op/" TargetMode="External" Id="rId215"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k/" TargetMode="External" Id="rId216"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k/" TargetMode="External" Id="rId217"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId218"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mglass/" TargetMode="External" Id="rId219"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mp/" TargetMode="External" Id="rId220"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mp/" TargetMode="External" Id="rId221"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-op/" TargetMode="External" Id="rId222"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId223"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-oppol/" TargetMode="External" Id="rId224"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-op/" TargetMode="External" Id="rId225"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k/" TargetMode="External" Id="rId226"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k/" TargetMode="External" Id="rId227"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId228"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-mglass/" TargetMode="External" Id="rId229"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-mp/" TargetMode="External" Id="rId230"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-mp/" TargetMode="External" Id="rId231"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-op/" TargetMode="External" Id="rId232"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId233"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-oppol/" TargetMode="External" Id="rId234"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-op/" TargetMode="External" Id="rId235"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k/" TargetMode="External" Id="rId236"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k/" TargetMode="External" Id="rId237"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId238"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mglass/" TargetMode="External" Id="rId239"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mp/" TargetMode="External" Id="rId240"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mp/" TargetMode="External" Id="rId241"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-op/" TargetMode="External" Id="rId242"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-oppol/" TargetMode="External" Id="rId243"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId244"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-op/" TargetMode="External" Id="rId245"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k/" TargetMode="External" Id="rId246"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k/" TargetMode="External" Id="rId247"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-mglass/" TargetMode="External" Id="rId248"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId249"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-mp/" TargetMode="External" Id="rId250"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-mp/" TargetMode="External" Id="rId251"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-op/" TargetMode="External" Id="rId252"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-oppol/" TargetMode="External" Id="rId253"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId254"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-op/" TargetMode="External" Id="rId255"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k/" TargetMode="External" Id="rId256"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k/" TargetMode="External" Id="rId257"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mglass/" TargetMode="External" Id="rId258"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mglass/" TargetMode="External" Id="rId259"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mp/" TargetMode="External" Id="rId260"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mp/" TargetMode="External" Id="rId261"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-op/" TargetMode="External" Id="rId262"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-oppol/" TargetMode="External" Id="rId263"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-oppol/" TargetMode="External" Id="rId264"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-op/" TargetMode="External" Id="rId265"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k/" TargetMode="External" Id="rId266"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k/" TargetMode="External" Id="rId267"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-mglass/" TargetMode="External" Id="rId268"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-mglass/" TargetMode="External" Id="rId269"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-mp/" TargetMode="External" Id="rId270"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-mp/" TargetMode="External" Id="rId271"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-op/" TargetMode="External" Id="rId272"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-oppol/" TargetMode="External" Id="rId273"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-oppol/" TargetMode="External" Id="rId274"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-op/" TargetMode="External" Id="rId275"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k/" TargetMode="External" Id="rId276"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k/" TargetMode="External" Id="rId277"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mglass/" TargetMode="External" Id="rId278"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mglass/" TargetMode="External" Id="rId279"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mp/" TargetMode="External" Id="rId280"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mp/" TargetMode="External" Id="rId281"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-op/" TargetMode="External" Id="rId282"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-oppol/" TargetMode="External" Id="rId283"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-oppol/" TargetMode="External" Id="rId284"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-op/" TargetMode="External" Id="rId285"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k/" TargetMode="External" Id="rId286"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k/" TargetMode="External" Id="rId287"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-mglass/" TargetMode="External" Id="rId288"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-mglass/" TargetMode="External" Id="rId289"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-mp/" TargetMode="External" Id="rId290"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-mp/" TargetMode="External" Id="rId291"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-op/" TargetMode="External" Id="rId292"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-oppol/" TargetMode="External" Id="rId293"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-oppol/" TargetMode="External" Id="rId294"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-op/" TargetMode="External" Id="rId295"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k/" TargetMode="External" Id="rId296"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k/" TargetMode="External" Id="rId297"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mglass/" TargetMode="External" Id="rId298"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId299"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mp/" TargetMode="External" Id="rId300"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mp/" TargetMode="External" Id="rId301"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-op/" TargetMode="External" Id="rId302"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId303"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-oppol/" TargetMode="External" Id="rId304"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-op/" TargetMode="External" Id="rId305"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k/" TargetMode="External" Id="rId306"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k/" TargetMode="External" Id="rId307"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId308"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-mglass/" TargetMode="External" Id="rId309"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-mp/" TargetMode="External" Id="rId310"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-mp/" TargetMode="External" Id="rId311"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-op/" TargetMode="External" Id="rId312"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-oppol/" TargetMode="External" Id="rId313"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId314"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-op/" TargetMode="External" Id="rId315"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k/" TargetMode="External" Id="rId316"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k/" TargetMode="External" Id="rId317"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mglass/" TargetMode="External" Id="rId318"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId319"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mp/" TargetMode="External" Id="rId320"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mp/" TargetMode="External" Id="rId321"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-op/" TargetMode="External" Id="rId322"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-oppol/" TargetMode="External" Id="rId323"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId324"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-op/" TargetMode="External" Id="rId325"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k/" TargetMode="External" Id="rId326"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k/" TargetMode="External" Id="rId327"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-mglass/" TargetMode="External" Id="rId328"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId329"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-mp/" TargetMode="External" Id="rId330"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-mp/" TargetMode="External" Id="rId331"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-op/" TargetMode="External" Id="rId332"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-oppol/" TargetMode="External" Id="rId333"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId334"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-op/" TargetMode="External" Id="rId335"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k/" TargetMode="External" Id="rId336"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mglass/" TargetMode="External" Id="rId337"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mp/" TargetMode="External" Id="rId338"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-oppol/" TargetMode="External" Id="rId339"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-op/" TargetMode="External" Id="rId340"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k/" TargetMode="External" Id="rId341"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-mglass/" TargetMode="External" Id="rId342"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-mp/" TargetMode="External" Id="rId343"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-oppol/" TargetMode="External" Id="rId344"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-op/" TargetMode="External" Id="rId345"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k/" TargetMode="External" Id="rId346"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mglass/" TargetMode="External" Id="rId347"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mp/" TargetMode="External" Id="rId348"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-oppol/" TargetMode="External" Id="rId349"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-op/" TargetMode="External" Id="rId350"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k/" TargetMode="External" Id="rId351"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-mglass/" TargetMode="External" Id="rId352"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-mp/" TargetMode="External" Id="rId353"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-oppol/" TargetMode="External" Id="rId354"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-op/" TargetMode="External" Id="rId355"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-grilliato-domino-50/" TargetMode="External" Id="rId356"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-downlight-22/" TargetMode="External" Id="rId357"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-1-p600x600/4000k/" TargetMode="External" Id="rId358"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x1200/4000k/" TargetMode="External" Id="rId359"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x600/4000k/" TargetMode="External" Id="rId360"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x1200/4000k/" TargetMode="External" Id="rId361"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x300/4000k/" TargetMode="External" Id="rId362"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x600/4000k/" TargetMode="External" Id="rId363"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/liderlajt-slimpanel2-p600x1200/4000k/" TargetMode="External" Id="rId364"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p600x600/4000k/" TargetMode="External" Id="rId365"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId366"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:G369"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="8" customWidth="1" min="1" max="1"/>
     <col width="30" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
     <col width="40" customWidth="1" min="4" max="4"/>
     <col width="10" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
     <col width="20" customWidth="1" min="7" max="7"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-22 22:56</t>
+          <t>2026-02-17 10:22</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Показаны только результаты, подходящие под установленные во время скачивания фильтры. Для скачивания прайс-листа на все товары категории - щёлкните на этот текст.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>ОФИСНЫЕ СВЕТОДИОДНЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="5" t="inlineStr">
         <is>
@@ -1183,176 +1183,176 @@
       </c>
       <c r="D27" s="8" t="inlineStr">
         <is>
           <t>100 Вт, 13125 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E27" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F27" s="9" t="inlineStr">
         <is>
           <t>12 588,00 ₽</t>
         </is>
       </c>
       <c r="G27" s="9" t="inlineStr">
         <is>
           <t>11 959,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
-          <t>101181</t>
+          <t>101085</t>
         </is>
       </c>
       <c r="B28" s="6" t="inlineStr"/>
       <c r="C28" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D28" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E28" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F28" s="9" t="inlineStr">
         <is>
-          <t>5 076,00 ₽</t>
+          <t>5 150,00 ₽</t>
         </is>
       </c>
       <c r="G28" s="9" t="inlineStr">
         <is>
-          <t>4 823,00 ₽</t>
+          <t>4 893,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="6" t="inlineStr">
         <is>
-          <t>101085</t>
+          <t>101181</t>
         </is>
       </c>
       <c r="B29" s="6" t="inlineStr"/>
       <c r="C29" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D29" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E29" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F29" s="9" t="inlineStr">
         <is>
-          <t>5 150,00 ₽</t>
+          <t>5 076,00 ₽</t>
         </is>
       </c>
       <c r="G29" s="9" t="inlineStr">
         <is>
-          <t>4 893,00 ₽</t>
+          <t>4 823,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="6" t="inlineStr">
         <is>
-          <t>114205</t>
+          <t>114333</t>
         </is>
       </c>
       <c r="B30" s="6" t="inlineStr"/>
       <c r="C30" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D30" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E30" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F30" s="9" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 276,00 ₽</t>
         </is>
       </c>
       <c r="G30" s="9" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>8 813,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="6" t="inlineStr">
         <is>
-          <t>114333</t>
+          <t>114205</t>
         </is>
       </c>
       <c r="B31" s="6" t="inlineStr"/>
       <c r="C31" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D31" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E31" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F31" s="9" t="inlineStr">
         <is>
-          <t>9 276,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G31" s="9" t="inlineStr">
         <is>
-          <t>8 813,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="inlineStr">
         <is>
           <t>111393</t>
         </is>
       </c>
       <c r="B32" s="6" t="inlineStr"/>
       <c r="C32" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D32" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E32" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -1414,209 +1414,209 @@
       </c>
       <c r="D34" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E34" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F34" s="9" t="inlineStr">
         <is>
           <t>5 316,00 ₽</t>
         </is>
       </c>
       <c r="G34" s="9" t="inlineStr">
         <is>
           <t>5 051,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="6" t="inlineStr">
         <is>
-          <t>114325</t>
+          <t>114197</t>
         </is>
       </c>
       <c r="B35" s="6" t="inlineStr"/>
       <c r="C35" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D35" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E35" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F35" s="9" t="inlineStr">
         <is>
-          <t>6 534,00 ₽</t>
+          <t>6 608,00 ₽</t>
         </is>
       </c>
       <c r="G35" s="9" t="inlineStr">
         <is>
-          <t>6 208,00 ₽</t>
+          <t>6 278,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="6" t="inlineStr">
         <is>
-          <t>114197</t>
+          <t>114325</t>
         </is>
       </c>
       <c r="B36" s="6" t="inlineStr"/>
       <c r="C36" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D36" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E36" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F36" s="9" t="inlineStr">
         <is>
-          <t>6 608,00 ₽</t>
+          <t>6 534,00 ₽</t>
         </is>
       </c>
       <c r="G36" s="9" t="inlineStr">
         <is>
-          <t>6 278,00 ₽</t>
+          <t>6 208,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="6" t="inlineStr">
         <is>
           <t>111401</t>
         </is>
       </c>
       <c r="B37" s="6" t="inlineStr"/>
       <c r="C37" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D37" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E37" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F37" s="9" t="inlineStr">
         <is>
           <t>5 242,00 ₽</t>
         </is>
       </c>
       <c r="G37" s="9" t="inlineStr">
         <is>
           <t>4 980,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="6" t="inlineStr">
         <is>
-          <t>101182</t>
+          <t>101086</t>
         </is>
       </c>
       <c r="B38" s="6" t="inlineStr"/>
       <c r="C38" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D38" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E38" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F38" s="9" t="inlineStr">
         <is>
-          <t>5 076,00 ₽</t>
+          <t>5 150,00 ₽</t>
         </is>
       </c>
       <c r="G38" s="9" t="inlineStr">
         <is>
-          <t>4 823,00 ₽</t>
+          <t>4 893,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="6" t="inlineStr">
         <is>
-          <t>101086</t>
+          <t>101182</t>
         </is>
       </c>
       <c r="B39" s="6" t="inlineStr"/>
       <c r="C39" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D39" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E39" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F39" s="9" t="inlineStr">
         <is>
-          <t>5 150,00 ₽</t>
+          <t>5 076,00 ₽</t>
         </is>
       </c>
       <c r="G39" s="9" t="inlineStr">
         <is>
-          <t>4 893,00 ₽</t>
+          <t>4 823,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="6" t="inlineStr">
         <is>
           <t>114206</t>
         </is>
       </c>
       <c r="B40" s="6" t="inlineStr"/>
       <c r="C40" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D40" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E40" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -1744,275 +1744,275 @@
       </c>
       <c r="D44" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E44" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F44" s="9" t="inlineStr">
         <is>
           <t>5 316,00 ₽</t>
         </is>
       </c>
       <c r="G44" s="9" t="inlineStr">
         <is>
           <t>5 051,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="6" t="inlineStr">
         <is>
-          <t>114326</t>
+          <t>114198</t>
         </is>
       </c>
       <c r="B45" s="6" t="inlineStr"/>
       <c r="C45" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D45" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E45" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F45" s="9" t="inlineStr">
         <is>
-          <t>6 534,00 ₽</t>
+          <t>6 608,00 ₽</t>
         </is>
       </c>
       <c r="G45" s="9" t="inlineStr">
         <is>
-          <t>6 208,00 ₽</t>
+          <t>6 278,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="6" t="inlineStr">
         <is>
-          <t>114198</t>
+          <t>114326</t>
         </is>
       </c>
       <c r="B46" s="6" t="inlineStr"/>
       <c r="C46" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D46" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E46" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F46" s="9" t="inlineStr">
         <is>
-          <t>6 608,00 ₽</t>
+          <t>6 534,00 ₽</t>
         </is>
       </c>
       <c r="G46" s="9" t="inlineStr">
         <is>
-          <t>6 278,00 ₽</t>
+          <t>6 208,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="6" t="inlineStr">
         <is>
           <t>111402</t>
         </is>
       </c>
       <c r="B47" s="6" t="inlineStr"/>
       <c r="C47" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D47" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E47" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F47" s="9" t="inlineStr">
         <is>
           <t>5 242,00 ₽</t>
         </is>
       </c>
       <c r="G47" s="9" t="inlineStr">
         <is>
           <t>4 980,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="6" t="inlineStr">
         <is>
-          <t>101188</t>
+          <t>101092</t>
         </is>
       </c>
       <c r="B48" s="6" t="inlineStr"/>
       <c r="C48" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D48" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E48" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F48" s="9" t="inlineStr">
         <is>
-          <t>8 103,00 ₽</t>
+          <t>8 177,00 ₽</t>
         </is>
       </c>
       <c r="G48" s="9" t="inlineStr">
         <is>
-          <t>7 698,00 ₽</t>
+          <t>7 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="6" t="inlineStr">
         <is>
-          <t>101092</t>
+          <t>101188</t>
         </is>
       </c>
       <c r="B49" s="6" t="inlineStr"/>
       <c r="C49" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D49" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E49" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F49" s="9" t="inlineStr">
         <is>
-          <t>8 177,00 ₽</t>
+          <t>8 103,00 ₽</t>
         </is>
       </c>
       <c r="G49" s="9" t="inlineStr">
         <is>
-          <t>7 769,00 ₽</t>
+          <t>7 698,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="6" t="inlineStr">
         <is>
-          <t>114337</t>
+          <t>114209</t>
         </is>
       </c>
       <c r="B50" s="6" t="inlineStr"/>
       <c r="C50" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D50" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E50" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F50" s="9" t="inlineStr">
         <is>
-          <t>12 303,00 ₽</t>
+          <t>12 172,00 ₽</t>
         </is>
       </c>
       <c r="G50" s="9" t="inlineStr">
         <is>
-          <t>11 688,00 ₽</t>
+          <t>11 564,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="6" t="inlineStr">
         <is>
-          <t>114209</t>
+          <t>114337</t>
         </is>
       </c>
       <c r="B51" s="6" t="inlineStr"/>
       <c r="C51" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D51" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E51" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F51" s="9" t="inlineStr">
         <is>
-          <t>12 172,00 ₽</t>
+          <t>12 303,00 ₽</t>
         </is>
       </c>
       <c r="G51" s="9" t="inlineStr">
         <is>
-          <t>11 564,00 ₽</t>
+          <t>11 688,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="6" t="inlineStr">
         <is>
           <t>111581</t>
         </is>
       </c>
       <c r="B52" s="6" t="inlineStr"/>
       <c r="C52" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D52" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E52" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -2074,539 +2074,539 @@
       </c>
       <c r="D54" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E54" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F54" s="9" t="inlineStr">
         <is>
           <t>8 343,00 ₽</t>
         </is>
       </c>
       <c r="G54" s="9" t="inlineStr">
         <is>
           <t>7 926,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="6" t="inlineStr">
         <is>
-          <t>114329</t>
+          <t>114201</t>
         </is>
       </c>
       <c r="B55" s="6" t="inlineStr"/>
       <c r="C55" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D55" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E55" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F55" s="9" t="inlineStr">
         <is>
-          <t>9 561,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G55" s="9" t="inlineStr">
         <is>
-          <t>9 083,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="6" t="inlineStr">
         <is>
-          <t>114201</t>
+          <t>114329</t>
         </is>
       </c>
       <c r="B56" s="6" t="inlineStr"/>
       <c r="C56" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D56" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E56" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F56" s="9" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 561,00 ₽</t>
         </is>
       </c>
       <c r="G56" s="9" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>9 083,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="6" t="inlineStr">
         <is>
           <t>111405</t>
         </is>
       </c>
       <c r="B57" s="6" t="inlineStr"/>
       <c r="C57" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D57" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E57" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F57" s="9" t="inlineStr">
         <is>
           <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G57" s="9" t="inlineStr">
         <is>
           <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="6" t="inlineStr">
         <is>
-          <t>101093</t>
+          <t>101189</t>
         </is>
       </c>
       <c r="B58" s="6" t="inlineStr"/>
       <c r="C58" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 4000 К</t>
         </is>
       </c>
       <c r="D58" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E58" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F58" s="9" t="inlineStr">
         <is>
-          <t>8 177,00 ₽</t>
+          <t>8 103,00 ₽</t>
         </is>
       </c>
       <c r="G58" s="9" t="inlineStr">
         <is>
-          <t>7 769,00 ₽</t>
+          <t>7 698,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="6" t="inlineStr">
         <is>
-          <t>101189</t>
+          <t>101093</t>
         </is>
       </c>
       <c r="B59" s="6" t="inlineStr"/>
       <c r="C59" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 4000 К</t>
         </is>
       </c>
       <c r="D59" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E59" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F59" s="9" t="inlineStr">
         <is>
-          <t>8 103,00 ₽</t>
+          <t>8 177,00 ₽</t>
         </is>
       </c>
       <c r="G59" s="9" t="inlineStr">
         <is>
-          <t>7 698,00 ₽</t>
+          <t>7 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="6" t="inlineStr">
         <is>
-          <t>114338</t>
+          <t>114210</t>
         </is>
       </c>
       <c r="B60" s="6" t="inlineStr"/>
       <c r="C60" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D60" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E60" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F60" s="9" t="inlineStr">
         <is>
-          <t>12 303,00 ₽</t>
+          <t>12 172,00 ₽</t>
         </is>
       </c>
       <c r="G60" s="9" t="inlineStr">
         <is>
-          <t>11 688,00 ₽</t>
+          <t>11 564,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="6" t="inlineStr">
         <is>
-          <t>114210</t>
+          <t>114338</t>
         </is>
       </c>
       <c r="B61" s="6" t="inlineStr"/>
       <c r="C61" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D61" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E61" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F61" s="9" t="inlineStr">
         <is>
-          <t>12 172,00 ₽</t>
+          <t>12 303,00 ₽</t>
         </is>
       </c>
       <c r="G61" s="9" t="inlineStr">
         <is>
-          <t>11 564,00 ₽</t>
+          <t>11 688,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="6" t="inlineStr">
         <is>
-          <t>111398</t>
+          <t>111582</t>
         </is>
       </c>
       <c r="B62" s="6" t="inlineStr"/>
       <c r="C62" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D62" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E62" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F62" s="9" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 709,00 ₽</t>
         </is>
       </c>
       <c r="G62" s="9" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>9 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="6" t="inlineStr">
         <is>
-          <t>111582</t>
+          <t>111398</t>
         </is>
       </c>
       <c r="B63" s="6" t="inlineStr"/>
       <c r="C63" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D63" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E63" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F63" s="9" t="inlineStr">
         <is>
-          <t>9 709,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G63" s="9" t="inlineStr">
         <is>
-          <t>9 224,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="6" t="inlineStr">
         <is>
           <t>111590</t>
         </is>
       </c>
       <c r="B64" s="6" t="inlineStr"/>
       <c r="C64" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 4000 К, опал</t>
         </is>
       </c>
       <c r="D64" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E64" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F64" s="9" t="inlineStr">
         <is>
           <t>8 343,00 ₽</t>
         </is>
       </c>
       <c r="G64" s="9" t="inlineStr">
         <is>
           <t>7 926,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="6" t="inlineStr">
         <is>
-          <t>114330</t>
+          <t>114202</t>
         </is>
       </c>
       <c r="B65" s="6" t="inlineStr"/>
       <c r="C65" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D65" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E65" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F65" s="9" t="inlineStr">
         <is>
-          <t>9 561,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G65" s="9" t="inlineStr">
         <is>
-          <t>9 083,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="6" t="inlineStr">
         <is>
-          <t>114202</t>
+          <t>114330</t>
         </is>
       </c>
       <c r="B66" s="6" t="inlineStr"/>
       <c r="C66" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D66" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E66" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F66" s="9" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 561,00 ₽</t>
         </is>
       </c>
       <c r="G66" s="9" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>9 083,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="6" t="inlineStr">
         <is>
           <t>111406</t>
         </is>
       </c>
       <c r="B67" s="6" t="inlineStr"/>
       <c r="C67" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 4000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D67" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E67" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F67" s="9" t="inlineStr">
         <is>
           <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G67" s="9" t="inlineStr">
         <is>
           <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="6" t="inlineStr">
         <is>
-          <t>101097</t>
+          <t>101205</t>
         </is>
       </c>
       <c r="B68" s="6" t="inlineStr"/>
       <c r="C68" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D68" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E68" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F68" s="9" t="inlineStr">
         <is>
-          <t>5 703,00 ₽</t>
+          <t>5 334,00 ₽</t>
         </is>
       </c>
       <c r="G68" s="9" t="inlineStr">
         <is>
-          <t>5 418,00 ₽</t>
+          <t>5 068,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="6" t="inlineStr">
         <is>
-          <t>101205</t>
+          <t>101097</t>
         </is>
       </c>
       <c r="B69" s="6" t="inlineStr"/>
       <c r="C69" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D69" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E69" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F69" s="9" t="inlineStr">
         <is>
-          <t>5 334,00 ₽</t>
+          <t>5 703,00 ₽</t>
         </is>
       </c>
       <c r="G69" s="9" t="inlineStr">
         <is>
-          <t>5 068,00 ₽</t>
+          <t>5 418,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="6" t="inlineStr">
         <is>
           <t>114221</t>
         </is>
       </c>
       <c r="B70" s="6" t="inlineStr"/>
       <c r="C70" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D70" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E70" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -2635,110 +2635,110 @@
       </c>
       <c r="D71" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E71" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F71" s="9" t="inlineStr">
         <is>
           <t>9 534,00 ₽</t>
         </is>
       </c>
       <c r="G71" s="9" t="inlineStr">
         <is>
           <t>9 058,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="6" t="inlineStr">
         <is>
-          <t>111409</t>
+          <t>111593</t>
         </is>
       </c>
       <c r="B72" s="6" t="inlineStr"/>
       <c r="C72" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D72" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E72" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F72" s="9" t="inlineStr">
         <is>
-          <t>6 866,00 ₽</t>
+          <t>7 235,00 ₽</t>
         </is>
       </c>
       <c r="G72" s="9" t="inlineStr">
         <is>
-          <t>6 523,00 ₽</t>
+          <t>6 874,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="6" t="inlineStr">
         <is>
-          <t>111593</t>
+          <t>111409</t>
         </is>
       </c>
       <c r="B73" s="6" t="inlineStr"/>
       <c r="C73" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D73" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E73" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F73" s="9" t="inlineStr">
         <is>
-          <t>7 235,00 ₽</t>
+          <t>6 866,00 ₽</t>
         </is>
       </c>
       <c r="G73" s="9" t="inlineStr">
         <is>
-          <t>6 874,00 ₽</t>
+          <t>6 523,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="6" t="inlineStr">
         <is>
           <t>111601</t>
         </is>
       </c>
       <c r="B74" s="6" t="inlineStr"/>
       <c r="C74" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К, опал</t>
         </is>
       </c>
       <c r="D74" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E74" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -2965,308 +2965,308 @@
       </c>
       <c r="D81" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E81" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F81" s="9" t="inlineStr">
         <is>
           <t>9 534,00 ₽</t>
         </is>
       </c>
       <c r="G81" s="9" t="inlineStr">
         <is>
           <t>9 058,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="6" t="inlineStr">
         <is>
-          <t>111410</t>
+          <t>111594</t>
         </is>
       </c>
       <c r="B82" s="6" t="inlineStr"/>
       <c r="C82" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D82" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E82" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F82" s="9" t="inlineStr">
         <is>
-          <t>6 866,00 ₽</t>
+          <t>7 235,00 ₽</t>
         </is>
       </c>
       <c r="G82" s="9" t="inlineStr">
         <is>
-          <t>6 523,00 ₽</t>
+          <t>6 874,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="6" t="inlineStr">
         <is>
-          <t>111594</t>
+          <t>111410</t>
         </is>
       </c>
       <c r="B83" s="6" t="inlineStr"/>
       <c r="C83" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D83" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E83" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F83" s="9" t="inlineStr">
         <is>
-          <t>7 235,00 ₽</t>
+          <t>6 866,00 ₽</t>
         </is>
       </c>
       <c r="G83" s="9" t="inlineStr">
         <is>
-          <t>6 874,00 ₽</t>
+          <t>6 523,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="6" t="inlineStr">
         <is>
           <t>111602</t>
         </is>
       </c>
       <c r="B84" s="6" t="inlineStr"/>
       <c r="C84" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 4000 К, опал</t>
         </is>
       </c>
       <c r="D84" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E84" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F84" s="9" t="inlineStr">
         <is>
           <t>5 869,00 ₽</t>
         </is>
       </c>
       <c r="G84" s="9" t="inlineStr">
         <is>
           <t>5 576,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="6" t="inlineStr">
         <is>
-          <t>114214</t>
+          <t>114342</t>
         </is>
       </c>
       <c r="B85" s="6" t="inlineStr"/>
       <c r="C85" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D85" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E85" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F85" s="9" t="inlineStr">
         <is>
-          <t>7 161,00 ₽</t>
+          <t>6 792,00 ₽</t>
         </is>
       </c>
       <c r="G85" s="9" t="inlineStr">
         <is>
-          <t>6 803,00 ₽</t>
+          <t>6 453,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="6" t="inlineStr">
         <is>
-          <t>114342</t>
+          <t>114214</t>
         </is>
       </c>
       <c r="B86" s="6" t="inlineStr"/>
       <c r="C86" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D86" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E86" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F86" s="9" t="inlineStr">
         <is>
-          <t>6 792,00 ₽</t>
+          <t>7 161,00 ₽</t>
         </is>
       </c>
       <c r="G86" s="9" t="inlineStr">
         <is>
-          <t>6 453,00 ₽</t>
+          <t>6 803,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="6" t="inlineStr">
         <is>
           <t>111418</t>
         </is>
       </c>
       <c r="B87" s="6" t="inlineStr"/>
       <c r="C87" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 4000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D87" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E87" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F87" s="9" t="inlineStr">
         <is>
           <t>5 500,00 ₽</t>
         </is>
       </c>
       <c r="G87" s="9" t="inlineStr">
         <is>
           <t>5 225,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="6" t="inlineStr">
         <is>
-          <t>101104</t>
+          <t>101212</t>
         </is>
       </c>
       <c r="B88" s="6" t="inlineStr"/>
       <c r="C88" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D88" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E88" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F88" s="9" t="inlineStr">
         <is>
-          <t>8 730,00 ₽</t>
+          <t>8 361,00 ₽</t>
         </is>
       </c>
       <c r="G88" s="9" t="inlineStr">
         <is>
-          <t>8 294,00 ₽</t>
+          <t>7 943,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="6" t="inlineStr">
         <is>
-          <t>101212</t>
+          <t>101104</t>
         </is>
       </c>
       <c r="B89" s="6" t="inlineStr"/>
       <c r="C89" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D89" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E89" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F89" s="9" t="inlineStr">
         <is>
-          <t>8 361,00 ₽</t>
+          <t>8 730,00 ₽</t>
         </is>
       </c>
       <c r="G89" s="9" t="inlineStr">
         <is>
-          <t>7 943,00 ₽</t>
+          <t>8 294,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="6" t="inlineStr">
         <is>
           <t>114353</t>
         </is>
       </c>
       <c r="B90" s="6" t="inlineStr"/>
       <c r="C90" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D90" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E90" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -3493,341 +3493,341 @@
       </c>
       <c r="D97" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E97" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F97" s="9" t="inlineStr">
         <is>
           <t>8 527,00 ₽</t>
         </is>
       </c>
       <c r="G97" s="9" t="inlineStr">
         <is>
           <t>8 101,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="6" t="inlineStr">
         <is>
-          <t>101105</t>
+          <t>101213</t>
         </is>
       </c>
       <c r="B98" s="6" t="inlineStr"/>
       <c r="C98" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К</t>
         </is>
       </c>
       <c r="D98" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E98" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F98" s="9" t="inlineStr">
         <is>
-          <t>8 730,00 ₽</t>
+          <t>8 361,00 ₽</t>
         </is>
       </c>
       <c r="G98" s="9" t="inlineStr">
         <is>
-          <t>8 294,00 ₽</t>
+          <t>7 943,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="6" t="inlineStr">
         <is>
-          <t>101213</t>
+          <t>101105</t>
         </is>
       </c>
       <c r="B99" s="6" t="inlineStr"/>
       <c r="C99" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К</t>
         </is>
       </c>
       <c r="D99" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E99" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F99" s="9" t="inlineStr">
         <is>
-          <t>8 361,00 ₽</t>
+          <t>8 730,00 ₽</t>
         </is>
       </c>
       <c r="G99" s="9" t="inlineStr">
         <is>
-          <t>7 943,00 ₽</t>
+          <t>8 294,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="6" t="inlineStr">
         <is>
-          <t>114354</t>
+          <t>114226</t>
         </is>
       </c>
       <c r="B100" s="6" t="inlineStr"/>
       <c r="C100" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D100" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E100" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F100" s="9" t="inlineStr">
         <is>
-          <t>12 561,00 ₽</t>
+          <t>12 732,00 ₽</t>
         </is>
       </c>
       <c r="G100" s="9" t="inlineStr">
         <is>
-          <t>11 933,00 ₽</t>
+          <t>12 096,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="6" t="inlineStr">
         <is>
-          <t>114226</t>
+          <t>114354</t>
         </is>
       </c>
       <c r="B101" s="6" t="inlineStr"/>
       <c r="C101" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D101" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E101" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F101" s="9" t="inlineStr">
         <is>
-          <t>12 732,00 ₽</t>
+          <t>12 561,00 ₽</t>
         </is>
       </c>
       <c r="G101" s="9" t="inlineStr">
         <is>
-          <t>12 096,00 ₽</t>
+          <t>11 933,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="6" t="inlineStr">
         <is>
-          <t>111414</t>
+          <t>111598</t>
         </is>
       </c>
       <c r="B102" s="6" t="inlineStr"/>
       <c r="C102" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D102" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E102" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F102" s="9" t="inlineStr">
         <is>
-          <t>9 893,00 ₽</t>
+          <t>10 262,00 ₽</t>
         </is>
       </c>
       <c r="G102" s="9" t="inlineStr">
         <is>
-          <t>9 399,00 ₽</t>
+          <t>9 749,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="6" t="inlineStr">
         <is>
-          <t>111598</t>
+          <t>111414</t>
         </is>
       </c>
       <c r="B103" s="6" t="inlineStr"/>
       <c r="C103" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D103" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E103" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F103" s="9" t="inlineStr">
         <is>
-          <t>10 262,00 ₽</t>
+          <t>9 893,00 ₽</t>
         </is>
       </c>
       <c r="G103" s="9" t="inlineStr">
         <is>
-          <t>9 749,00 ₽</t>
+          <t>9 399,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="6" t="inlineStr">
         <is>
           <t>111606</t>
         </is>
       </c>
       <c r="B104" s="6" t="inlineStr"/>
       <c r="C104" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, опал</t>
         </is>
       </c>
       <c r="D104" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E104" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F104" s="9" t="inlineStr">
         <is>
           <t>8 896,00 ₽</t>
         </is>
       </c>
       <c r="G104" s="9" t="inlineStr">
         <is>
           <t>8 452,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="6" t="inlineStr">
         <is>
-          <t>114346</t>
+          <t>114218</t>
         </is>
       </c>
       <c r="B105" s="6" t="inlineStr"/>
       <c r="C105" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D105" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E105" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F105" s="9" t="inlineStr">
         <is>
-          <t>9 819,00 ₽</t>
+          <t>10 188,00 ₽</t>
         </is>
       </c>
       <c r="G105" s="9" t="inlineStr">
         <is>
-          <t>9 329,00 ₽</t>
+          <t>9 679,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="6" t="inlineStr">
         <is>
-          <t>114218</t>
+          <t>114346</t>
         </is>
       </c>
       <c r="B106" s="6" t="inlineStr"/>
       <c r="C106" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D106" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E106" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F106" s="9" t="inlineStr">
         <is>
-          <t>10 188,00 ₽</t>
+          <t>9 819,00 ₽</t>
         </is>
       </c>
       <c r="G106" s="9" t="inlineStr">
         <is>
-          <t>9 679,00 ₽</t>
+          <t>9 329,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="6" t="inlineStr">
         <is>
           <t>111422</t>
         </is>
       </c>
       <c r="B107" s="6" t="inlineStr"/>
       <c r="C107" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D107" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E107" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -4582,110 +4582,110 @@
       </c>
       <c r="D130" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E130" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F130" s="9" t="inlineStr">
         <is>
           <t>10 014,00 ₽</t>
         </is>
       </c>
       <c r="G130" s="9" t="inlineStr">
         <is>
           <t>9 514,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="6" t="inlineStr">
         <is>
-          <t>111441</t>
+          <t>111625</t>
         </is>
       </c>
       <c r="B131" s="6" t="inlineStr"/>
       <c r="C131" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D131" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E131" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F131" s="9" t="inlineStr">
         <is>
-          <t>7 346,00 ₽</t>
+          <t>7 604,00 ₽</t>
         </is>
       </c>
       <c r="G131" s="9" t="inlineStr">
         <is>
-          <t>6 979,00 ₽</t>
+          <t>7 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="6" t="inlineStr">
         <is>
-          <t>111625</t>
+          <t>111441</t>
         </is>
       </c>
       <c r="B132" s="6" t="inlineStr"/>
       <c r="C132" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D132" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E132" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F132" s="9" t="inlineStr">
         <is>
-          <t>7 604,00 ₽</t>
+          <t>7 346,00 ₽</t>
         </is>
       </c>
       <c r="G132" s="9" t="inlineStr">
         <is>
-          <t>7 224,00 ₽</t>
+          <t>6 979,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="6" t="inlineStr">
         <is>
           <t>111633</t>
         </is>
       </c>
       <c r="B133" s="6" t="inlineStr"/>
       <c r="C133" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 3000 К, опал</t>
         </is>
       </c>
       <c r="D133" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E133" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -5011,110 +5011,110 @@
       </c>
       <c r="D143" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E143" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F143" s="9" t="inlineStr">
         <is>
           <t>5 980,00 ₽</t>
         </is>
       </c>
       <c r="G143" s="9" t="inlineStr">
         <is>
           <t>5 681,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="6" t="inlineStr">
         <is>
-          <t>101128</t>
+          <t>101236</t>
         </is>
       </c>
       <c r="B144" s="6" t="inlineStr"/>
       <c r="C144" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D144" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E144" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F144" s="9" t="inlineStr">
         <is>
-          <t>9 099,00 ₽</t>
+          <t>8 841,00 ₽</t>
         </is>
       </c>
       <c r="G144" s="9" t="inlineStr">
         <is>
-          <t>8 645,00 ₽</t>
+          <t>8 399,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="6" t="inlineStr">
         <is>
-          <t>101236</t>
+          <t>101128</t>
         </is>
       </c>
       <c r="B145" s="6" t="inlineStr"/>
       <c r="C145" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D145" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E145" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F145" s="9" t="inlineStr">
         <is>
-          <t>8 841,00 ₽</t>
+          <t>9 099,00 ₽</t>
         </is>
       </c>
       <c r="G145" s="9" t="inlineStr">
         <is>
-          <t>8 399,00 ₽</t>
+          <t>8 645,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="6" t="inlineStr">
         <is>
           <t>114385</t>
         </is>
       </c>
       <c r="B146" s="6" t="inlineStr"/>
       <c r="C146" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D146" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E146" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -5275,209 +5275,209 @@
       </c>
       <c r="D151" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E151" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F151" s="9" t="inlineStr">
         <is>
           <t>9 007,00 ₽</t>
         </is>
       </c>
       <c r="G151" s="9" t="inlineStr">
         <is>
           <t>8 557,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="6" t="inlineStr">
         <is>
-          <t>101129</t>
+          <t>101237</t>
         </is>
       </c>
       <c r="B152" s="6" t="inlineStr"/>
       <c r="C152" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 4000 К</t>
         </is>
       </c>
       <c r="D152" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E152" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F152" s="9" t="inlineStr">
         <is>
-          <t>9 099,00 ₽</t>
+          <t>8 841,00 ₽</t>
         </is>
       </c>
       <c r="G152" s="9" t="inlineStr">
         <is>
-          <t>8 645,00 ₽</t>
+          <t>8 399,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="6" t="inlineStr">
         <is>
-          <t>101237</t>
+          <t>101129</t>
         </is>
       </c>
       <c r="B153" s="6" t="inlineStr"/>
       <c r="C153" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 4000 К</t>
         </is>
       </c>
       <c r="D153" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E153" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F153" s="9" t="inlineStr">
         <is>
-          <t>8 841,00 ₽</t>
+          <t>9 099,00 ₽</t>
         </is>
       </c>
       <c r="G153" s="9" t="inlineStr">
         <is>
-          <t>8 399,00 ₽</t>
+          <t>8 645,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="6" t="inlineStr">
         <is>
           <t>114386</t>
         </is>
       </c>
       <c r="B154" s="6" t="inlineStr"/>
       <c r="C154" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D154" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E154" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F154" s="9" t="inlineStr">
         <is>
           <t>13 041,00 ₽</t>
         </is>
       </c>
       <c r="G154" s="9" t="inlineStr">
         <is>
           <t>12 389,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="6" t="inlineStr">
         <is>
-          <t>111446</t>
+          <t>111630</t>
         </is>
       </c>
       <c r="B155" s="6" t="inlineStr"/>
       <c r="C155" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D155" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E155" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F155" s="9" t="inlineStr">
         <is>
-          <t>10 373,00 ₽</t>
+          <t>10 631,00 ₽</t>
         </is>
       </c>
       <c r="G155" s="9" t="inlineStr">
         <is>
-          <t>9 855,00 ₽</t>
+          <t>10 100,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="6" t="inlineStr">
         <is>
-          <t>111630</t>
+          <t>111446</t>
         </is>
       </c>
       <c r="B156" s="6" t="inlineStr"/>
       <c r="C156" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D156" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E156" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F156" s="9" t="inlineStr">
         <is>
-          <t>10 631,00 ₽</t>
+          <t>10 373,00 ₽</t>
         </is>
       </c>
       <c r="G156" s="9" t="inlineStr">
         <is>
-          <t>10 100,00 ₽</t>
+          <t>9 855,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="6" t="inlineStr">
         <is>
           <t>111638</t>
         </is>
       </c>
       <c r="B157" s="6" t="inlineStr"/>
       <c r="C157" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 4000 К, опал</t>
         </is>
       </c>
       <c r="D157" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E157" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -6199,216 +6199,216 @@
       </c>
       <c r="D179" s="8" t="inlineStr">
         <is>
           <t>45 Вт, 5906 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E179" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F179" s="9" t="inlineStr">
         <is>
           <t>9 191,00 ₽</t>
         </is>
       </c>
       <c r="G179" s="9" t="inlineStr">
         <is>
           <t>8 732,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="6" t="inlineStr">
         <is>
-          <t>101133</t>
+          <t>101253</t>
         </is>
       </c>
       <c r="B180" s="6" t="inlineStr"/>
       <c r="C180" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D180" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E180" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F180" s="9" t="inlineStr">
         <is>
           <t>6 184,00 ₽</t>
         </is>
       </c>
       <c r="G180" s="9" t="inlineStr">
         <is>
           <t>5 875,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="6" t="inlineStr">
         <is>
-          <t>101253</t>
+          <t>101133</t>
         </is>
       </c>
       <c r="B181" s="6" t="inlineStr"/>
       <c r="C181" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D181" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E181" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F181" s="9" t="inlineStr">
         <is>
           <t>6 184,00 ₽</t>
         </is>
       </c>
       <c r="G181" s="9" t="inlineStr">
         <is>
           <t>5 875,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="6" t="inlineStr">
         <is>
-          <t>114413</t>
+          <t>114269</t>
         </is>
       </c>
       <c r="B182" s="6" t="inlineStr"/>
       <c r="C182" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D182" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E182" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F182" s="9" t="inlineStr">
         <is>
-          <t>10 384,00 ₽</t>
+          <t>10 281,00 ₽</t>
         </is>
       </c>
       <c r="G182" s="9" t="inlineStr">
         <is>
-          <t>9 865,00 ₽</t>
+          <t>9 767,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="6" t="inlineStr">
         <is>
-          <t>114269</t>
+          <t>114413</t>
         </is>
       </c>
       <c r="B183" s="6" t="inlineStr"/>
       <c r="C183" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D183" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E183" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F183" s="9" t="inlineStr">
         <is>
-          <t>10 281,00 ₽</t>
+          <t>10 384,00 ₽</t>
         </is>
       </c>
       <c r="G183" s="9" t="inlineStr">
         <is>
-          <t>9 767,00 ₽</t>
+          <t>9 865,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="6" t="inlineStr">
         <is>
-          <t>111641</t>
+          <t>111473</t>
         </is>
       </c>
       <c r="B184" s="6" t="inlineStr"/>
       <c r="C184" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D184" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E184" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F184" s="9" t="inlineStr">
         <is>
           <t>7 716,00 ₽</t>
         </is>
       </c>
       <c r="G184" s="9" t="inlineStr">
         <is>
           <t>7 331,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="6" t="inlineStr">
         <is>
-          <t>111473</t>
+          <t>111641</t>
         </is>
       </c>
       <c r="B185" s="6" t="inlineStr"/>
       <c r="C185" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D185" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E185" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F185" s="9" t="inlineStr">
         <is>
           <t>7 716,00 ₽</t>
         </is>
       </c>
       <c r="G185" s="9" t="inlineStr">
         <is>
@@ -6430,84 +6430,84 @@
       </c>
       <c r="D186" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E186" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F186" s="9" t="inlineStr">
         <is>
           <t>6 350,00 ₽</t>
         </is>
       </c>
       <c r="G186" s="9" t="inlineStr">
         <is>
           <t>6 033,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="6" t="inlineStr">
         <is>
-          <t>114405</t>
+          <t>114261</t>
         </is>
       </c>
       <c r="B187" s="6" t="inlineStr"/>
       <c r="C187" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D187" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E187" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F187" s="9" t="inlineStr">
         <is>
           <t>7 642,00 ₽</t>
         </is>
       </c>
       <c r="G187" s="9" t="inlineStr">
         <is>
           <t>7 260,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="6" t="inlineStr">
         <is>
-          <t>114261</t>
+          <t>114405</t>
         </is>
       </c>
       <c r="B188" s="6" t="inlineStr"/>
       <c r="C188" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D188" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E188" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F188" s="9" t="inlineStr">
         <is>
           <t>7 642,00 ₽</t>
         </is>
       </c>
       <c r="G188" s="9" t="inlineStr">
         <is>
@@ -6529,216 +6529,216 @@
       </c>
       <c r="D189" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E189" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F189" s="9" t="inlineStr">
         <is>
           <t>6 350,00 ₽</t>
         </is>
       </c>
       <c r="G189" s="9" t="inlineStr">
         <is>
           <t>6 033,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="6" t="inlineStr">
         <is>
-          <t>101134</t>
+          <t>101254</t>
         </is>
       </c>
       <c r="B190" s="6" t="inlineStr"/>
       <c r="C190" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D190" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E190" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F190" s="9" t="inlineStr">
         <is>
           <t>6 184,00 ₽</t>
         </is>
       </c>
       <c r="G190" s="9" t="inlineStr">
         <is>
           <t>5 875,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="6" t="inlineStr">
         <is>
-          <t>101254</t>
+          <t>101134</t>
         </is>
       </c>
       <c r="B191" s="6" t="inlineStr"/>
       <c r="C191" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D191" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E191" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F191" s="9" t="inlineStr">
         <is>
           <t>6 184,00 ₽</t>
         </is>
       </c>
       <c r="G191" s="9" t="inlineStr">
         <is>
           <t>5 875,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="6" t="inlineStr">
         <is>
-          <t>114270</t>
+          <t>114414</t>
         </is>
       </c>
       <c r="B192" s="6" t="inlineStr"/>
       <c r="C192" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D192" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E192" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F192" s="9" t="inlineStr">
         <is>
-          <t>10 281,00 ₽</t>
+          <t>10 384,00 ₽</t>
         </is>
       </c>
       <c r="G192" s="9" t="inlineStr">
         <is>
-          <t>9 767,00 ₽</t>
+          <t>9 865,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="6" t="inlineStr">
         <is>
-          <t>114414</t>
+          <t>114270</t>
         </is>
       </c>
       <c r="B193" s="6" t="inlineStr"/>
       <c r="C193" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D193" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E193" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F193" s="9" t="inlineStr">
         <is>
-          <t>10 384,00 ₽</t>
+          <t>10 281,00 ₽</t>
         </is>
       </c>
       <c r="G193" s="9" t="inlineStr">
         <is>
-          <t>9 865,00 ₽</t>
+          <t>9 767,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="6" t="inlineStr">
         <is>
-          <t>111642</t>
+          <t>111474</t>
         </is>
       </c>
       <c r="B194" s="6" t="inlineStr"/>
       <c r="C194" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D194" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E194" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F194" s="9" t="inlineStr">
         <is>
           <t>7 716,00 ₽</t>
         </is>
       </c>
       <c r="G194" s="9" t="inlineStr">
         <is>
           <t>7 331,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="6" t="inlineStr">
         <is>
-          <t>111474</t>
+          <t>111642</t>
         </is>
       </c>
       <c r="B195" s="6" t="inlineStr"/>
       <c r="C195" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D195" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E195" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F195" s="9" t="inlineStr">
         <is>
           <t>7 716,00 ₽</t>
         </is>
       </c>
       <c r="G195" s="9" t="inlineStr">
         <is>
@@ -6760,84 +6760,84 @@
       </c>
       <c r="D196" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E196" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F196" s="9" t="inlineStr">
         <is>
           <t>6 350,00 ₽</t>
         </is>
       </c>
       <c r="G196" s="9" t="inlineStr">
         <is>
           <t>6 033,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="6" t="inlineStr">
         <is>
-          <t>114406</t>
+          <t>114262</t>
         </is>
       </c>
       <c r="B197" s="6" t="inlineStr"/>
       <c r="C197" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D197" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E197" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F197" s="9" t="inlineStr">
         <is>
           <t>7 642,00 ₽</t>
         </is>
       </c>
       <c r="G197" s="9" t="inlineStr">
         <is>
           <t>7 260,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="6" t="inlineStr">
         <is>
-          <t>114262</t>
+          <t>114406</t>
         </is>
       </c>
       <c r="B198" s="6" t="inlineStr"/>
       <c r="C198" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D198" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E198" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F198" s="9" t="inlineStr">
         <is>
           <t>7 642,00 ₽</t>
         </is>
       </c>
       <c r="G198" s="9" t="inlineStr">
         <is>
@@ -7651,110 +7651,110 @@
       </c>
       <c r="D223" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E223" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F223" s="9" t="inlineStr">
         <is>
           <t>10 845,00 ₽</t>
         </is>
       </c>
       <c r="G223" s="9" t="inlineStr">
         <is>
           <t>10 303,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="6" t="inlineStr">
         <is>
-          <t>111657</t>
+          <t>111489</t>
         </is>
       </c>
       <c r="B224" s="6" t="inlineStr"/>
       <c r="C224" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D224" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E224" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F224" s="9" t="inlineStr">
         <is>
-          <t>8 269,00 ₽</t>
+          <t>8 177,00 ₽</t>
         </is>
       </c>
       <c r="G224" s="9" t="inlineStr">
         <is>
-          <t>7 856,00 ₽</t>
+          <t>7 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="6" t="inlineStr">
         <is>
-          <t>111489</t>
+          <t>111657</t>
         </is>
       </c>
       <c r="B225" s="6" t="inlineStr"/>
       <c r="C225" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D225" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E225" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F225" s="9" t="inlineStr">
         <is>
-          <t>8 177,00 ₽</t>
+          <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G225" s="9" t="inlineStr">
         <is>
-          <t>7 769,00 ₽</t>
+          <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="6" t="inlineStr">
         <is>
           <t>111665</t>
         </is>
       </c>
       <c r="B226" s="6" t="inlineStr"/>
       <c r="C226" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К, опал</t>
         </is>
       </c>
       <c r="D226" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E226" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -7981,209 +7981,209 @@
       </c>
       <c r="D233" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E233" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F233" s="9" t="inlineStr">
         <is>
           <t>10 845,00 ₽</t>
         </is>
       </c>
       <c r="G233" s="9" t="inlineStr">
         <is>
           <t>10 303,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="6" t="inlineStr">
         <is>
-          <t>111490</t>
+          <t>111658</t>
         </is>
       </c>
       <c r="B234" s="6" t="inlineStr"/>
       <c r="C234" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D234" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E234" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F234" s="9" t="inlineStr">
         <is>
-          <t>8 177,00 ₽</t>
+          <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G234" s="9" t="inlineStr">
         <is>
-          <t>7 769,00 ₽</t>
+          <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="6" t="inlineStr">
         <is>
-          <t>111658</t>
+          <t>111490</t>
         </is>
       </c>
       <c r="B235" s="6" t="inlineStr"/>
       <c r="C235" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D235" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E235" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F235" s="9" t="inlineStr">
         <is>
-          <t>8 269,00 ₽</t>
+          <t>8 177,00 ₽</t>
         </is>
       </c>
       <c r="G235" s="9" t="inlineStr">
         <is>
-          <t>7 856,00 ₽</t>
+          <t>7 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="6" t="inlineStr">
         <is>
           <t>111666</t>
         </is>
       </c>
       <c r="B236" s="6" t="inlineStr"/>
       <c r="C236" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 4000 К, опал</t>
         </is>
       </c>
       <c r="D236" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E236" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F236" s="9" t="inlineStr">
         <is>
           <t>6 903,00 ₽</t>
         </is>
       </c>
       <c r="G236" s="9" t="inlineStr">
         <is>
           <t>6 558,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="6" t="inlineStr">
         <is>
-          <t>114422</t>
+          <t>114278</t>
         </is>
       </c>
       <c r="B237" s="6" t="inlineStr"/>
       <c r="C237" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D237" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E237" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F237" s="9" t="inlineStr">
         <is>
-          <t>8 269,00 ₽</t>
+          <t>8 195,00 ₽</t>
         </is>
       </c>
       <c r="G237" s="9" t="inlineStr">
         <is>
-          <t>7 856,00 ₽</t>
+          <t>7 786,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="6" t="inlineStr">
         <is>
-          <t>114278</t>
+          <t>114422</t>
         </is>
       </c>
       <c r="B238" s="6" t="inlineStr"/>
       <c r="C238" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D238" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E238" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F238" s="9" t="inlineStr">
         <is>
-          <t>8 195,00 ₽</t>
+          <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G238" s="9" t="inlineStr">
         <is>
-          <t>7 786,00 ₽</t>
+          <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="6" t="inlineStr">
         <is>
           <t>111498</t>
         </is>
       </c>
       <c r="B239" s="6" t="inlineStr"/>
       <c r="C239" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 4000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D239" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E239" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -8311,110 +8311,110 @@
       </c>
       <c r="D243" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E243" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F243" s="9" t="inlineStr">
         <is>
           <t>13 872,00 ₽</t>
         </is>
       </c>
       <c r="G243" s="9" t="inlineStr">
         <is>
           <t>13 179,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="6" t="inlineStr">
         <is>
-          <t>111661</t>
+          <t>111493</t>
         </is>
       </c>
       <c r="B244" s="6" t="inlineStr"/>
       <c r="C244" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D244" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E244" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F244" s="9" t="inlineStr">
         <is>
-          <t>11 296,00 ₽</t>
+          <t>11 204,00 ₽</t>
         </is>
       </c>
       <c r="G244" s="9" t="inlineStr">
         <is>
-          <t>10 732,00 ₽</t>
+          <t>10 644,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="6" t="inlineStr">
         <is>
-          <t>111493</t>
+          <t>111661</t>
         </is>
       </c>
       <c r="B245" s="6" t="inlineStr"/>
       <c r="C245" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D245" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E245" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F245" s="9" t="inlineStr">
         <is>
-          <t>11 204,00 ₽</t>
+          <t>11 296,00 ₽</t>
         </is>
       </c>
       <c r="G245" s="9" t="inlineStr">
         <is>
-          <t>10 644,00 ₽</t>
+          <t>10 732,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="6" t="inlineStr">
         <is>
           <t>111669</t>
         </is>
       </c>
       <c r="B246" s="6" t="inlineStr"/>
       <c r="C246" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 3000 К, опал</t>
         </is>
       </c>
       <c r="D246" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E246" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -8509,242 +8509,242 @@
       </c>
       <c r="D249" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E249" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F249" s="9" t="inlineStr">
         <is>
           <t>9 838,00 ₽</t>
         </is>
       </c>
       <c r="G249" s="9" t="inlineStr">
         <is>
           <t>9 347,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="6" t="inlineStr">
         <is>
-          <t>101153</t>
+          <t>101285</t>
         </is>
       </c>
       <c r="B250" s="6" t="inlineStr"/>
       <c r="C250" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 4000 К</t>
         </is>
       </c>
       <c r="D250" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E250" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F250" s="9" t="inlineStr">
         <is>
-          <t>9 323,00 ₽</t>
+          <t>9 672,00 ₽</t>
         </is>
       </c>
       <c r="G250" s="9" t="inlineStr">
         <is>
-          <t>8 857,00 ₽</t>
+          <t>9 189,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="6" t="inlineStr">
         <is>
-          <t>101285</t>
+          <t>101153</t>
         </is>
       </c>
       <c r="B251" s="6" t="inlineStr"/>
       <c r="C251" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 4000 К</t>
         </is>
       </c>
       <c r="D251" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E251" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F251" s="9" t="inlineStr">
         <is>
-          <t>9 672,00 ₽</t>
+          <t>9 323,00 ₽</t>
         </is>
       </c>
       <c r="G251" s="9" t="inlineStr">
         <is>
-          <t>9 189,00 ₽</t>
+          <t>8 857,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="6" t="inlineStr">
         <is>
-          <t>114290</t>
+          <t>114434</t>
         </is>
       </c>
       <c r="B252" s="6" t="inlineStr"/>
       <c r="C252" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D252" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E252" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F252" s="9" t="inlineStr">
         <is>
-          <t>13 964,00 ₽</t>
+          <t>13 872,00 ₽</t>
         </is>
       </c>
       <c r="G252" s="9" t="inlineStr">
         <is>
-          <t>13 266,00 ₽</t>
+          <t>13 179,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="6" t="inlineStr">
         <is>
-          <t>114434</t>
+          <t>114290</t>
         </is>
       </c>
       <c r="B253" s="6" t="inlineStr"/>
       <c r="C253" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D253" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E253" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F253" s="9" t="inlineStr">
         <is>
-          <t>13 872,00 ₽</t>
+          <t>13 964,00 ₽</t>
         </is>
       </c>
       <c r="G253" s="9" t="inlineStr">
         <is>
-          <t>13 179,00 ₽</t>
+          <t>13 266,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="6" t="inlineStr">
         <is>
-          <t>111494</t>
+          <t>111662</t>
         </is>
       </c>
       <c r="B254" s="6" t="inlineStr"/>
       <c r="C254" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D254" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E254" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F254" s="9" t="inlineStr">
         <is>
-          <t>11 204,00 ₽</t>
+          <t>11 296,00 ₽</t>
         </is>
       </c>
       <c r="G254" s="9" t="inlineStr">
         <is>
-          <t>10 644,00 ₽</t>
+          <t>10 732,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="6" t="inlineStr">
         <is>
-          <t>111662</t>
+          <t>111494</t>
         </is>
       </c>
       <c r="B255" s="6" t="inlineStr"/>
       <c r="C255" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D255" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E255" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F255" s="9" t="inlineStr">
         <is>
-          <t>11 296,00 ₽</t>
+          <t>11 204,00 ₽</t>
         </is>
       </c>
       <c r="G255" s="9" t="inlineStr">
         <is>
-          <t>10 732,00 ₽</t>
+          <t>10 644,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="6" t="inlineStr">
         <is>
           <t>111670</t>
         </is>
       </c>
       <c r="B256" s="6" t="inlineStr"/>
       <c r="C256" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 4000 К, опал</t>
         </is>
       </c>
       <c r="D256" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E256" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -8905,110 +8905,110 @@
       </c>
       <c r="D261" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E261" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F261" s="9" t="inlineStr">
         <is>
           <t>7 660,00 ₽</t>
         </is>
       </c>
       <c r="G261" s="9" t="inlineStr">
         <is>
           <t>7 277,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="6" t="inlineStr">
         <is>
-          <t>114445</t>
+          <t>114301</t>
         </is>
       </c>
       <c r="B262" s="6" t="inlineStr"/>
       <c r="C262" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D262" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E262" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F262" s="9" t="inlineStr">
         <is>
-          <t>11 749,00 ₽</t>
+          <t>11 860,00 ₽</t>
         </is>
       </c>
       <c r="G262" s="9" t="inlineStr">
         <is>
-          <t>11 162,00 ₽</t>
+          <t>11 267,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="6" t="inlineStr">
         <is>
-          <t>114301</t>
+          <t>114445</t>
         </is>
       </c>
       <c r="B263" s="6" t="inlineStr"/>
       <c r="C263" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D263" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E263" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F263" s="9" t="inlineStr">
         <is>
-          <t>11 860,00 ₽</t>
+          <t>11 749,00 ₽</t>
         </is>
       </c>
       <c r="G263" s="9" t="inlineStr">
         <is>
-          <t>11 267,00 ₽</t>
+          <t>11 162,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="6" t="inlineStr">
         <is>
           <t>111513</t>
         </is>
       </c>
       <c r="B264" s="6" t="inlineStr"/>
       <c r="C264" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D264" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E264" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -9499,176 +9499,176 @@
       </c>
       <c r="D279" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E279" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F279" s="9" t="inlineStr">
         <is>
           <t>7 715,00 ₽</t>
         </is>
       </c>
       <c r="G279" s="9" t="inlineStr">
         <is>
           <t>7 330,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="6" t="inlineStr">
         <is>
-          <t>101164</t>
+          <t>111509</t>
         </is>
       </c>
       <c r="B280" s="6" t="inlineStr"/>
       <c r="C280" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D280" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E280" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F280" s="9" t="inlineStr">
         <is>
-          <t>10 687,00 ₽</t>
+          <t>10 576,00 ₽</t>
         </is>
       </c>
       <c r="G280" s="9" t="inlineStr">
         <is>
-          <t>10 153,00 ₽</t>
+          <t>10 048,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="6" t="inlineStr">
         <is>
-          <t>111509</t>
+          <t>101164</t>
         </is>
       </c>
       <c r="B281" s="6" t="inlineStr"/>
       <c r="C281" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D281" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E281" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F281" s="9" t="inlineStr">
         <is>
-          <t>10 576,00 ₽</t>
+          <t>10 687,00 ₽</t>
         </is>
       </c>
       <c r="G281" s="9" t="inlineStr">
         <is>
-          <t>10 048,00 ₽</t>
+          <t>10 153,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="6" t="inlineStr">
         <is>
-          <t>114305</t>
+          <t>114449</t>
         </is>
       </c>
       <c r="B282" s="6" t="inlineStr"/>
       <c r="C282" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D282" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E282" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F282" s="9" t="inlineStr">
         <is>
-          <t>14 887,00 ₽</t>
+          <t>14 776,00 ₽</t>
         </is>
       </c>
       <c r="G282" s="9" t="inlineStr">
         <is>
-          <t>14 143,00 ₽</t>
+          <t>14 038,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="6" t="inlineStr">
         <is>
-          <t>114449</t>
+          <t>114305</t>
         </is>
       </c>
       <c r="B283" s="6" t="inlineStr"/>
       <c r="C283" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D283" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E283" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F283" s="9" t="inlineStr">
         <is>
-          <t>14 776,00 ₽</t>
+          <t>14 887,00 ₽</t>
         </is>
       </c>
       <c r="G283" s="9" t="inlineStr">
         <is>
-          <t>14 038,00 ₽</t>
+          <t>14 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="6" t="inlineStr">
         <is>
           <t>111677</t>
         </is>
       </c>
       <c r="B284" s="6" t="inlineStr"/>
       <c r="C284" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D284" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E284" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -9730,110 +9730,110 @@
       </c>
       <c r="D286" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E286" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F286" s="9" t="inlineStr">
         <is>
           <t>10 853,00 ₽</t>
         </is>
       </c>
       <c r="G286" s="9" t="inlineStr">
         <is>
           <t>10 311,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="6" t="inlineStr">
         <is>
-          <t>114297</t>
+          <t>114441</t>
         </is>
       </c>
       <c r="B287" s="6" t="inlineStr"/>
       <c r="C287" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D287" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E287" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F287" s="9" t="inlineStr">
         <is>
-          <t>12 145,00 ₽</t>
+          <t>12 034,00 ₽</t>
         </is>
       </c>
       <c r="G287" s="9" t="inlineStr">
         <is>
-          <t>11 538,00 ₽</t>
+          <t>11 433,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="6" t="inlineStr">
         <is>
-          <t>114441</t>
+          <t>114297</t>
         </is>
       </c>
       <c r="B288" s="6" t="inlineStr"/>
       <c r="C288" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D288" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E288" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F288" s="9" t="inlineStr">
         <is>
-          <t>12 034,00 ₽</t>
+          <t>12 145,00 ₽</t>
         </is>
       </c>
       <c r="G288" s="9" t="inlineStr">
         <is>
-          <t>11 433,00 ₽</t>
+          <t>11 538,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="6" t="inlineStr">
         <is>
           <t>111525</t>
         </is>
       </c>
       <c r="B289" s="6" t="inlineStr"/>
       <c r="C289" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D289" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E289" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -9895,110 +9895,110 @@
       </c>
       <c r="D291" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E291" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F291" s="9" t="inlineStr">
         <is>
           <t>10 576,00 ₽</t>
         </is>
       </c>
       <c r="G291" s="9" t="inlineStr">
         <is>
           <t>10 048,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="6" t="inlineStr">
         <is>
-          <t>114306</t>
+          <t>114450</t>
         </is>
       </c>
       <c r="B292" s="6" t="inlineStr"/>
       <c r="C292" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D292" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E292" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F292" s="9" t="inlineStr">
         <is>
-          <t>14 887,00 ₽</t>
+          <t>14 776,00 ₽</t>
         </is>
       </c>
       <c r="G292" s="9" t="inlineStr">
         <is>
-          <t>14 143,00 ₽</t>
+          <t>14 038,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="6" t="inlineStr">
         <is>
-          <t>114450</t>
+          <t>114306</t>
         </is>
       </c>
       <c r="B293" s="6" t="inlineStr"/>
       <c r="C293" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D293" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E293" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F293" s="9" t="inlineStr">
         <is>
-          <t>14 776,00 ₽</t>
+          <t>14 887,00 ₽</t>
         </is>
       </c>
       <c r="G293" s="9" t="inlineStr">
         <is>
-          <t>14 038,00 ₽</t>
+          <t>14 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="6" t="inlineStr">
         <is>
           <t>111678</t>
         </is>
       </c>
       <c r="B294" s="6" t="inlineStr"/>
       <c r="C294" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D294" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E294" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -10159,176 +10159,176 @@
       </c>
       <c r="D299" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E299" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F299" s="9" t="inlineStr">
         <is>
           <t>10 742,00 ₽</t>
         </is>
       </c>
       <c r="G299" s="9" t="inlineStr">
         <is>
           <t>10 205,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="6" t="inlineStr">
         <is>
-          <t>111730</t>
+          <t>111530</t>
         </is>
       </c>
       <c r="B300" s="6" t="inlineStr"/>
       <c r="C300" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D300" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E300" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F300" s="9" t="inlineStr">
         <is>
-          <t>8 768,00 ₽</t>
+          <t>8 656,00 ₽</t>
         </is>
       </c>
       <c r="G300" s="9" t="inlineStr">
         <is>
-          <t>8 330,00 ₽</t>
+          <t>8 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="6" t="inlineStr">
         <is>
-          <t>111530</t>
+          <t>111730</t>
         </is>
       </c>
       <c r="B301" s="6" t="inlineStr"/>
       <c r="C301" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D301" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E301" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F301" s="9" t="inlineStr">
         <is>
-          <t>8 656,00 ₽</t>
+          <t>8 768,00 ₽</t>
         </is>
       </c>
       <c r="G301" s="9" t="inlineStr">
         <is>
-          <t>8 224,00 ₽</t>
+          <t>8 330,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="6" t="inlineStr">
         <is>
-          <t>114317</t>
+          <t>114461</t>
         </is>
       </c>
       <c r="B302" s="6" t="inlineStr"/>
       <c r="C302" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D302" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E302" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F302" s="9" t="inlineStr">
         <is>
-          <t>12 968,00 ₽</t>
+          <t>12 856,00 ₽</t>
         </is>
       </c>
       <c r="G302" s="9" t="inlineStr">
         <is>
-          <t>12 320,00 ₽</t>
+          <t>12 214,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="6" t="inlineStr">
         <is>
-          <t>114461</t>
+          <t>114317</t>
         </is>
       </c>
       <c r="B303" s="6" t="inlineStr"/>
       <c r="C303" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D303" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E303" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F303" s="9" t="inlineStr">
         <is>
-          <t>12 856,00 ₽</t>
+          <t>12 968,00 ₽</t>
         </is>
       </c>
       <c r="G303" s="9" t="inlineStr">
         <is>
-          <t>12 214,00 ₽</t>
+          <t>12 320,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="6" t="inlineStr">
         <is>
           <t>111737</t>
         </is>
       </c>
       <c r="B304" s="6" t="inlineStr"/>
       <c r="C304" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D304" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E304" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -10489,110 +10489,110 @@
       </c>
       <c r="D309" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E309" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F309" s="9" t="inlineStr">
         <is>
           <t>8 822,00 ₽</t>
         </is>
       </c>
       <c r="G309" s="9" t="inlineStr">
         <is>
           <t>8 381,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="6" t="inlineStr">
         <is>
-          <t>111731</t>
+          <t>111531</t>
         </is>
       </c>
       <c r="B310" s="6" t="inlineStr"/>
       <c r="C310" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D310" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E310" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F310" s="9" t="inlineStr">
         <is>
-          <t>8 768,00 ₽</t>
+          <t>8 656,00 ₽</t>
         </is>
       </c>
       <c r="G310" s="9" t="inlineStr">
         <is>
-          <t>8 330,00 ₽</t>
+          <t>8 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="6" t="inlineStr">
         <is>
-          <t>111531</t>
+          <t>111731</t>
         </is>
       </c>
       <c r="B311" s="6" t="inlineStr"/>
       <c r="C311" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D311" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E311" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F311" s="9" t="inlineStr">
         <is>
-          <t>8 656,00 ₽</t>
+          <t>8 768,00 ₽</t>
         </is>
       </c>
       <c r="G311" s="9" t="inlineStr">
         <is>
-          <t>8 224,00 ₽</t>
+          <t>8 330,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="6" t="inlineStr">
         <is>
           <t>114318</t>
         </is>
       </c>
       <c r="B312" s="6" t="inlineStr"/>
       <c r="C312" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D312" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E312" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -10720,209 +10720,209 @@
       </c>
       <c r="D316" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E316" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F316" s="9" t="inlineStr">
         <is>
           <t>8 934,00 ₽</t>
         </is>
       </c>
       <c r="G316" s="9" t="inlineStr">
         <is>
           <t>8 488,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="6" t="inlineStr">
         <is>
-          <t>114310</t>
+          <t>114454</t>
         </is>
       </c>
       <c r="B317" s="6" t="inlineStr"/>
       <c r="C317" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D317" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E317" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F317" s="9" t="inlineStr">
         <is>
-          <t>10 226,00 ₽</t>
+          <t>10 114,00 ₽</t>
         </is>
       </c>
       <c r="G317" s="9" t="inlineStr">
         <is>
-          <t>9 715,00 ₽</t>
+          <t>9 609,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="6" t="inlineStr">
         <is>
-          <t>114454</t>
+          <t>114310</t>
         </is>
       </c>
       <c r="B318" s="6" t="inlineStr"/>
       <c r="C318" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D318" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E318" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F318" s="9" t="inlineStr">
         <is>
-          <t>10 114,00 ₽</t>
+          <t>10 226,00 ₽</t>
         </is>
       </c>
       <c r="G318" s="9" t="inlineStr">
         <is>
-          <t>9 609,00 ₽</t>
+          <t>9 715,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="6" t="inlineStr">
         <is>
           <t>111546</t>
         </is>
       </c>
       <c r="B319" s="6" t="inlineStr"/>
       <c r="C319" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D319" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E319" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F319" s="9" t="inlineStr">
         <is>
           <t>8 822,00 ₽</t>
         </is>
       </c>
       <c r="G319" s="9" t="inlineStr">
         <is>
           <t>8 381,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="6" t="inlineStr">
         <is>
-          <t>111533</t>
+          <t>111733</t>
         </is>
       </c>
       <c r="B320" s="6" t="inlineStr"/>
       <c r="C320" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D320" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E320" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F320" s="9" t="inlineStr">
         <is>
-          <t>11 683,00 ₽</t>
+          <t>11 795,00 ₽</t>
         </is>
       </c>
       <c r="G320" s="9" t="inlineStr">
         <is>
-          <t>11 099,00 ₽</t>
+          <t>11 206,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="6" t="inlineStr">
         <is>
-          <t>111733</t>
+          <t>111533</t>
         </is>
       </c>
       <c r="B321" s="6" t="inlineStr"/>
       <c r="C321" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D321" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E321" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F321" s="9" t="inlineStr">
         <is>
-          <t>11 795,00 ₽</t>
+          <t>11 683,00 ₽</t>
         </is>
       </c>
       <c r="G321" s="9" t="inlineStr">
         <is>
-          <t>11 206,00 ₽</t>
+          <t>11 099,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="6" t="inlineStr">
         <is>
           <t>114465</t>
         </is>
       </c>
       <c r="B322" s="6" t="inlineStr"/>
       <c r="C322" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D322" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E322" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -10951,110 +10951,110 @@
       </c>
       <c r="D323" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E323" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F323" s="9" t="inlineStr">
         <is>
           <t>15 995,00 ₽</t>
         </is>
       </c>
       <c r="G323" s="9" t="inlineStr">
         <is>
           <t>15 196,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="6" t="inlineStr">
         <is>
-          <t>111541</t>
+          <t>111741</t>
         </is>
       </c>
       <c r="B324" s="6" t="inlineStr"/>
       <c r="C324" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D324" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E324" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F324" s="9" t="inlineStr">
         <is>
-          <t>13 215,00 ₽</t>
+          <t>13 327,00 ₽</t>
         </is>
       </c>
       <c r="G324" s="9" t="inlineStr">
         <is>
-          <t>12 555,00 ₽</t>
+          <t>12 661,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="6" t="inlineStr">
         <is>
-          <t>111741</t>
+          <t>111541</t>
         </is>
       </c>
       <c r="B325" s="6" t="inlineStr"/>
       <c r="C325" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D325" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E325" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F325" s="9" t="inlineStr">
         <is>
-          <t>13 327,00 ₽</t>
+          <t>13 215,00 ₽</t>
         </is>
       </c>
       <c r="G325" s="9" t="inlineStr">
         <is>
-          <t>12 661,00 ₽</t>
+          <t>12 555,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="6" t="inlineStr">
         <is>
           <t>111749</t>
         </is>
       </c>
       <c r="B326" s="6" t="inlineStr"/>
       <c r="C326" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, опал</t>
         </is>
       </c>
       <c r="D326" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E326" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -11281,110 +11281,110 @@
       </c>
       <c r="D333" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E333" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F333" s="9" t="inlineStr">
         <is>
           <t>15 995,00 ₽</t>
         </is>
       </c>
       <c r="G333" s="9" t="inlineStr">
         <is>
           <t>15 196,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="6" t="inlineStr">
         <is>
-          <t>111742</t>
+          <t>111542</t>
         </is>
       </c>
       <c r="B334" s="6" t="inlineStr"/>
       <c r="C334" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D334" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E334" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F334" s="9" t="inlineStr">
         <is>
-          <t>13 327,00 ₽</t>
+          <t>13 215,00 ₽</t>
         </is>
       </c>
       <c r="G334" s="9" t="inlineStr">
         <is>
-          <t>12 661,00 ₽</t>
+          <t>12 555,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="6" t="inlineStr">
         <is>
-          <t>111542</t>
+          <t>111742</t>
         </is>
       </c>
       <c r="B335" s="6" t="inlineStr"/>
       <c r="C335" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D335" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E335" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F335" s="9" t="inlineStr">
         <is>
-          <t>13 215,00 ₽</t>
+          <t>13 327,00 ₽</t>
         </is>
       </c>
       <c r="G335" s="9" t="inlineStr">
         <is>
-          <t>12 555,00 ₽</t>
+          <t>12 661,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="6" t="inlineStr">
         <is>
           <t>111750</t>
         </is>
       </c>
       <c r="B336" s="6" t="inlineStr"/>
       <c r="C336" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 4000 К, опал</t>
         </is>
       </c>
       <c r="D336" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E336" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>