--- v0 (2025-10-22)
+++ v1 (2026-02-17)
@@ -415,101 +415,101 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/xlsx/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-100/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-20-1200/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-20/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-30-1200/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-30/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-35-1200/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-35/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-40-1200/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-40/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-45/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-50-1200/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-50/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-60-1200/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-60/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-70-1200/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-70/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-80-1200/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-80/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-90/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-010-003-ip-20-linia-10/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-010-003-ip-20-linia-10-l300/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20-l300/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20-l600/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20-l/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-030-003-ip-20-linia-30/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-030-003-ip-20-liniya-30-l-900/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-liniya-003-30-t/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia40-l1200/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40-l600/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40-l/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40-x/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-050-003-ip-20-linia-50/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-050-003-ip-20-liniya-50-l-1500/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-060-003-ip-20-linia-60/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-060-003-ip-20-linia-60-l900/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-060-003-ip-20-linia-60-t/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-070-003-ip-20-linia-70/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-080-003-ip-20-linia-80/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-080-003-ip-20-linia-80-l1200/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-080-003-ip-20-linia-80-x/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-090-003-ip-20-linia-90/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-100-003-ip-20-linia-100/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-100-003-ip-20-linia-100-l1500/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-liniya-003-30/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-liniya-003-50/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-mglass/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-mp/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-oppol/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-op/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-mglass/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-mp/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-oppol/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-op/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-mglass/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-mp/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-oppol/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-op/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-mglass/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-mp/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-oppol/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-op/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-mglass/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-mp/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-mp/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-op/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-oppol/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-op/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-mglass/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-mp/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-mp/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-op/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-oppol/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-op/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-mglass/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-mp/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-mp/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-op/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-oppol/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-op/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-mglass/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-mp/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-mp/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-op/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-oppol/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-op/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-mglass/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-mp/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-mp/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-op/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-oppol/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-op/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-004-ofis-30/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-mglass/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-mp/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-mp/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-op/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-oppol/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-op/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-mglass/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-mp/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-mp/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-op/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-oppol/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-op/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-mglass/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-mp/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-mp/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-op/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-oppol/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-op/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-mp/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-op/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-mp/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-op/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-mp/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-op/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-mp/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-op/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-mglass/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k-mp/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-mp/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k-op/" TargetMode="External" Id="rId180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-oppol/" TargetMode="External" Id="rId181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-op/" TargetMode="External" Id="rId182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-mglass/" TargetMode="External" Id="rId183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-5000k-mp/" TargetMode="External" Id="rId184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-mp/" TargetMode="External" Id="rId185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-5000k-op/" TargetMode="External" Id="rId186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-oppol/" TargetMode="External" Id="rId187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-op/" TargetMode="External" Id="rId188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k/" TargetMode="External" Id="rId189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k/" TargetMode="External" Id="rId190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-mglass/" TargetMode="External" Id="rId191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k-mp/" TargetMode="External" Id="rId192"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-mp/" TargetMode="External" Id="rId193"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k-op/" TargetMode="External" Id="rId194"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-oppol/" TargetMode="External" Id="rId195"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-op/" TargetMode="External" Id="rId196"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-5000k/" TargetMode="External" Id="rId197"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k/" TargetMode="External" Id="rId198"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-mglass/" TargetMode="External" Id="rId199"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-mp/" TargetMode="External" Id="rId200"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-5000k-mp/" TargetMode="External" Id="rId201"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-5000k-op/" TargetMode="External" Id="rId202"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-oppol/" TargetMode="External" Id="rId203"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-op/" TargetMode="External" Id="rId204"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/" TargetMode="External" Id="rId205"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k/" TargetMode="External" Id="rId206"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-mglass/" TargetMode="External" Id="rId207"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-mp/" TargetMode="External" Id="rId208"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-oppol/" TargetMode="External" Id="rId209"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-op/" TargetMode="External" Id="rId210"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-mglass/" TargetMode="External" Id="rId211"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-mp/" TargetMode="External" Id="rId212"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-oppol/" TargetMode="External" Id="rId213"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-op/" TargetMode="External" Id="rId214"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k/" TargetMode="External" Id="rId215"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-mglass/" TargetMode="External" Id="rId216"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-mp/" TargetMode="External" Id="rId217"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-oppol/" TargetMode="External" Id="rId218"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-op/" TargetMode="External" Id="rId219"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k/" TargetMode="External" Id="rId220"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-mglass/" TargetMode="External" Id="rId221"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-mp/" TargetMode="External" Id="rId222"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-oppol/" TargetMode="External" Id="rId223"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-op/" TargetMode="External" Id="rId224"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/" TargetMode="External" Id="rId225"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/" TargetMode="External" Id="rId226"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k/" TargetMode="External" Id="rId227"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k/" TargetMode="External" Id="rId228"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-mglass/" TargetMode="External" Id="rId229"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId230"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-mp/" TargetMode="External" Id="rId231"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-mp/" TargetMode="External" Id="rId232"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-op/" TargetMode="External" Id="rId233"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId234"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-oppol/" TargetMode="External" Id="rId235"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-op/" TargetMode="External" Id="rId236"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-mglass/" TargetMode="External" Id="rId237"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId238"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-mp/" TargetMode="External" Id="rId239"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-mp/" TargetMode="External" Id="rId240"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-op/" TargetMode="External" Id="rId241"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-oppol/" TargetMode="External" Id="rId242"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId243"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-op/" TargetMode="External" Id="rId244"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k/" TargetMode="External" Id="rId245"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k/" TargetMode="External" Id="rId246"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-mglass/" TargetMode="External" Id="rId247"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId248"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-mp/" TargetMode="External" Id="rId249"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-mp/" TargetMode="External" Id="rId250"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-op/" TargetMode="External" Id="rId251"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-oppol/" TargetMode="External" Id="rId252"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId253"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-op/" TargetMode="External" Id="rId254"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k/" TargetMode="External" Id="rId255"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k/" TargetMode="External" Id="rId256"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-mglass/" TargetMode="External" Id="rId257"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId258"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-mp/" TargetMode="External" Id="rId259"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-mp/" TargetMode="External" Id="rId260"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-op/" TargetMode="External" Id="rId261"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId262"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-oppol/" TargetMode="External" Id="rId263"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-op/" TargetMode="External" Id="rId264"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/" TargetMode="External" Id="rId265"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/" TargetMode="External" Id="rId266"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k/" TargetMode="External" Id="rId267"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k/" TargetMode="External" Id="rId268"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-mglass/" TargetMode="External" Id="rId269"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId270"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-mp/" TargetMode="External" Id="rId271"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-mp/" TargetMode="External" Id="rId272"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-op/" TargetMode="External" Id="rId273"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId274"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-oppol/" TargetMode="External" Id="rId275"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-op/" TargetMode="External" Id="rId276"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId277"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-mglass/" TargetMode="External" Id="rId278"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-mp/" TargetMode="External" Id="rId279"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-mp/" TargetMode="External" Id="rId280"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-op/" TargetMode="External" Id="rId281"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId282"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-oppol/" TargetMode="External" Id="rId283"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-op/" TargetMode="External" Id="rId284"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k/" TargetMode="External" Id="rId285"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k/" TargetMode="External" Id="rId286"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-mglass/" TargetMode="External" Id="rId287"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId288"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-mp/" TargetMode="External" Id="rId289"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-mp/" TargetMode="External" Id="rId290"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-op/" TargetMode="External" Id="rId291"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId292"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-oppol/" TargetMode="External" Id="rId293"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-op/" TargetMode="External" Id="rId294"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k/" TargetMode="External" Id="rId295"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k/" TargetMode="External" Id="rId296"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId297"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-mglass/" TargetMode="External" Id="rId298"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-mp/" TargetMode="External" Id="rId299"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-mp/" TargetMode="External" Id="rId300"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-op/" TargetMode="External" Id="rId301"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId302"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-oppol/" TargetMode="External" Id="rId303"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-op/" TargetMode="External" Id="rId304"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/" TargetMode="External" Id="rId305"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/" TargetMode="External" Id="rId306"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k/" TargetMode="External" Id="rId307"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k/" TargetMode="External" Id="rId308"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-mglass/" TargetMode="External" Id="rId309"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-mglass/" TargetMode="External" Id="rId310"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-mp/" TargetMode="External" Id="rId311"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-mp/" TargetMode="External" Id="rId312"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-op/" TargetMode="External" Id="rId313"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-oppol/" TargetMode="External" Id="rId314"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-oppol/" TargetMode="External" Id="rId315"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-op/" TargetMode="External" Id="rId316"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-mglass/" TargetMode="External" Id="rId317"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-mglass/" TargetMode="External" Id="rId318"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-mp/" TargetMode="External" Id="rId319"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-mp/" TargetMode="External" Id="rId320"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-op/" TargetMode="External" Id="rId321"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-oppol/" TargetMode="External" Id="rId322"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-oppol/" TargetMode="External" Id="rId323"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-op/" TargetMode="External" Id="rId324"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k/" TargetMode="External" Id="rId325"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k/" TargetMode="External" Id="rId326"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-mglass/" TargetMode="External" Id="rId327"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-mglass/" TargetMode="External" Id="rId328"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-mp/" TargetMode="External" Id="rId329"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-mp/" TargetMode="External" Id="rId330"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-op/" TargetMode="External" Id="rId331"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-oppol/" TargetMode="External" Id="rId332"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-oppol/" TargetMode="External" Id="rId333"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-op/" TargetMode="External" Id="rId334"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k/" TargetMode="External" Id="rId335"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k/" TargetMode="External" Id="rId336"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-mglass/" TargetMode="External" Id="rId337"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-mglass/" TargetMode="External" Id="rId338"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-mp/" TargetMode="External" Id="rId339"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-mp/" TargetMode="External" Id="rId340"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-op/" TargetMode="External" Id="rId341"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-oppol/" TargetMode="External" Id="rId342"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-oppol/" TargetMode="External" Id="rId343"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-op/" TargetMode="External" Id="rId344"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/" TargetMode="External" Id="rId345"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/" TargetMode="External" Id="rId346"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k/" TargetMode="External" Id="rId347"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k/" TargetMode="External" Id="rId348"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-mglass/" TargetMode="External" Id="rId349"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId350"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-mp/" TargetMode="External" Id="rId351"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-mp/" TargetMode="External" Id="rId352"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-op/" TargetMode="External" Id="rId353"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-oppol/" TargetMode="External" Id="rId354"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId355"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-op/" TargetMode="External" Id="rId356"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-mglass/" TargetMode="External" Id="rId357"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId358"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-mp/" TargetMode="External" Id="rId359"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-mp/" TargetMode="External" Id="rId360"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-op/" TargetMode="External" Id="rId361"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId362"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-oppol/" TargetMode="External" Id="rId363"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-op/" TargetMode="External" Id="rId364"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k/" TargetMode="External" Id="rId365"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k/" TargetMode="External" Id="rId366"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-mglass/" TargetMode="External" Id="rId367"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId368"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-mp/" TargetMode="External" Id="rId369"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-mp/" TargetMode="External" Id="rId370"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-op/" TargetMode="External" Id="rId371"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-oppol/" TargetMode="External" Id="rId372"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId373"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-op/" TargetMode="External" Id="rId374"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k/" TargetMode="External" Id="rId375"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k/" TargetMode="External" Id="rId376"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-mglass/" TargetMode="External" Id="rId377"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId378"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-mp/" TargetMode="External" Id="rId379"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-mp/" TargetMode="External" Id="rId380"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-op/" TargetMode="External" Id="rId381"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId382"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-oppol/" TargetMode="External" Id="rId383"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-op/" TargetMode="External" Id="rId384"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/" TargetMode="External" Id="rId385"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k/" TargetMode="External" Id="rId386"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-mglass/" TargetMode="External" Id="rId387"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-mp/" TargetMode="External" Id="rId388"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-oppol/" TargetMode="External" Id="rId389"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-op/" TargetMode="External" Id="rId390"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-mglass/" TargetMode="External" Id="rId391"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-mp/" TargetMode="External" Id="rId392"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-oppol/" TargetMode="External" Id="rId393"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-op/" TargetMode="External" Id="rId394"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k/" TargetMode="External" Id="rId395"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-mglass/" TargetMode="External" Id="rId396"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-mp/" TargetMode="External" Id="rId397"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-oppol/" TargetMode="External" Id="rId398"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-op/" TargetMode="External" Id="rId399"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k/" TargetMode="External" Id="rId400"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-mglass/" TargetMode="External" Id="rId401"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-mp/" TargetMode="External" Id="rId402"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-oppol/" TargetMode="External" Id="rId403"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-op/" TargetMode="External" Id="rId404"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-100/" TargetMode="External" Id="rId405"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-20/" TargetMode="External" Id="rId406"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-30/" TargetMode="External" Id="rId407"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-35/" TargetMode="External" Id="rId408"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-40/" TargetMode="External" Id="rId409"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-45/" TargetMode="External" Id="rId410"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-50/" TargetMode="External" Id="rId411"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-60/" TargetMode="External" Id="rId412"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-70/" TargetMode="External" Id="rId413"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-80/" TargetMode="External" Id="rId414"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-90/" TargetMode="External" Id="rId415"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-fdl-03-45/" TargetMode="External" Id="rId416"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-fdl-03-65/" TargetMode="External" Id="rId417"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-02-22/" TargetMode="External" Id="rId418"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-03-22/" TargetMode="External" Id="rId419"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-05-22/" TargetMode="External" Id="rId420"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-05-33/" TargetMode="External" Id="rId421"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-06-56/" TargetMode="External" Id="rId422"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-07-18/" TargetMode="External" Id="rId423"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dsb-01-14/" TargetMode="External" Id="rId424"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dsb-01-28/" TargetMode="External" Id="rId425"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-15-1600/" TargetMode="External" Id="rId426"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-28-3000/" TargetMode="External" Id="rId427"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-28-3100/" TargetMode="External" Id="rId428"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-37-3900/" TargetMode="External" Id="rId429"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-37-4000/" TargetMode="External" Id="rId430"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-41-4500/" TargetMode="External" Id="rId431"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-56/" TargetMode="External" Id="rId432"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-64/" TargetMode="External" Id="rId433"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-72/" TargetMode="External" Id="rId434"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-80/" TargetMode="External" Id="rId435"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-n-64/" TargetMode="External" Id="rId436"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-n-72/" TargetMode="External" Id="rId437"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-n-80-bap/" TargetMode="External" Id="rId438"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-56/" TargetMode="External" Id="rId439"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-64/" TargetMode="External" Id="rId440"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-72/" TargetMode="External" Id="rId441"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-80-bap/" TargetMode="External" Id="rId442"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-n56-32-vt-ip-40/" TargetMode="External" Id="rId443"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u56-32-vt-ip54/" TargetMode="External" Id="rId444"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u64-36-vt-ip-54/" TargetMode="External" Id="rId445"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u72-39-vt-ip54/" TargetMode="External" Id="rId446"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u80-45-vt-ip54/" TargetMode="External" Id="rId447"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-grilliato-domino-50/" TargetMode="External" Id="rId448"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-downlight-22/" TargetMode="External" Id="rId449"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-downlight-ip54-22/" TargetMode="External" Id="rId450"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-comfort-40/" TargetMode="External" Id="rId451"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-33/" TargetMode="External" Id="rId452"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-34/" TargetMode="External" Id="rId453"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-68/" TargetMode="External" Id="rId454"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-comfort-43/" TargetMode="External" Id="rId455"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-comfort-42/" TargetMode="External" Id="rId456"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-comfort-85/" TargetMode="External" Id="rId457"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-20/" TargetMode="External" Id="rId458"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-40/" TargetMode="External" Id="rId459"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-60/" TargetMode="External" Id="rId460"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-80/" TargetMode="External" Id="rId461"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-ip54-ree-25/" TargetMode="External" Id="rId462"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-ip54-ree-33/" TargetMode="External" Id="rId463"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-g/" TargetMode="External" Id="rId464"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-30/" TargetMode="External" Id="rId465"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-t/" TargetMode="External" Id="rId466"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-40/" TargetMode="External" Id="rId467"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-x/" TargetMode="External" Id="rId468"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-60/" TargetMode="External" Id="rId469"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-80/" TargetMode="External" Id="rId470"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-classica-16/" TargetMode="External" Id="rId471"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-classica-33/" TargetMode="External" Id="rId472"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-orion-45/" TargetMode="External" Id="rId473"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-orion-60/" TargetMode="External" Id="rId474"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-orion-80/" TargetMode="External" Id="rId475"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-comfort-3d-40/" TargetMode="External" Id="rId476"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-standart-33/" TargetMode="External" Id="rId477"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-standart-40/" TargetMode="External" Id="rId478"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-r-43/" TargetMode="External" Id="rId479"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-r-60/" TargetMode="External" Id="rId480"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-r-80/" TargetMode="External" Id="rId481"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-20/" TargetMode="External" Id="rId482"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-40/" TargetMode="External" Id="rId483"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-60/" TargetMode="External" Id="rId484"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-80/" TargetMode="External" Id="rId485"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-20/" TargetMode="External" Id="rId486"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-30/" TargetMode="External" Id="rId487"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-40/" TargetMode="External" Id="rId488"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-60/" TargetMode="External" Id="rId489"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-1-p600x600/4000k/" TargetMode="External" Id="rId490"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-1-p600x600/" TargetMode="External" Id="rId491"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x1200/4000k/" TargetMode="External" Id="rId492"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x1200/" TargetMode="External" Id="rId493"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x600/4000k/" TargetMode="External" Id="rId494"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x600/" TargetMode="External" Id="rId495"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x1200/4000k/" TargetMode="External" Id="rId496"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x1200/" TargetMode="External" Id="rId497"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x300/4000k/" TargetMode="External" Id="rId498"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x300/" TargetMode="External" Id="rId499"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x600/4000k/" TargetMode="External" Id="rId500"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x600/" TargetMode="External" Id="rId501"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/liderlajt-slimpanel2-p600x1200/4000k/" TargetMode="External" Id="rId502"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p600x600/4000k/" TargetMode="External" Id="rId503"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p600x600/" TargetMode="External" Id="rId504"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId505"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/xlsx/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-100/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-20-1200/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-20/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-30-1200/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-30/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-35-1200/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-35/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-40-1200/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-40/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-45/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-50-1200/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-50/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-60-1200/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-60/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-70-1200/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-70/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-80-1200/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-80/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-90/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-010-003-ip-20-linia-10/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-010-003-ip-20-linia-10-l300/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20-l300/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20-l600/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20-l/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-030-003-ip-20-linia-30/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-030-003-ip-20-liniya-30-l-900/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-liniya-003-30-t/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia40-l1200/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40-l600/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40-l/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40-x/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-050-003-ip-20-linia-50/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-050-003-ip-20-liniya-50-l-1500/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-060-003-ip-20-linia-60/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-060-003-ip-20-linia-60-l900/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-060-003-ip-20-linia-60-t/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-070-003-ip-20-linia-70/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-080-003-ip-20-linia-80/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-080-003-ip-20-linia-80-l1200/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-080-003-ip-20-linia-80-x/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-090-003-ip-20-linia-90/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-100-003-ip-20-linia-100/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-100-003-ip-20-linia-100-l1500/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-liniya-003-30/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-liniya-003-50/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-mglass/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-mp/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-oppol/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-op/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-mglass/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-mp/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-oppol/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-op/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-mglass/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-mp/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-oppol/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-op/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-mglass/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-mp/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-oppol/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-op/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-mglass/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-mp/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-mp/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-op/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-oppol/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-op/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-mglass/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-mp/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-mp/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-op/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-oppol/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-op/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-mglass/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-mp/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-mp/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-op/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-oppol/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-op/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-mglass/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-mp/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-mp/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-op/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-oppol/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-op/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-mglass/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-mp/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-mp/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-op/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-oppol/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-op/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-004-ofis-30/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-mglass/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-mp/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-mp/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-op/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-oppol/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-op/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-mglass/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-mp/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-mp/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-op/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-oppol/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-op/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-mglass/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-mp/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-mp/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-op/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-oppol/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-op/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-mp/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-op/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-mp/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-op/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-mp/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-op/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-mp/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-op/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-mglass/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-mp/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k-mp/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k-op/" TargetMode="External" Id="rId180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-oppol/" TargetMode="External" Id="rId181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-op/" TargetMode="External" Id="rId182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-mglass/" TargetMode="External" Id="rId183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-mp/" TargetMode="External" Id="rId184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-5000k-mp/" TargetMode="External" Id="rId185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-5000k-op/" TargetMode="External" Id="rId186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-oppol/" TargetMode="External" Id="rId187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-op/" TargetMode="External" Id="rId188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k/" TargetMode="External" Id="rId189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k/" TargetMode="External" Id="rId190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-mglass/" TargetMode="External" Id="rId191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-mp/" TargetMode="External" Id="rId192"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k-mp/" TargetMode="External" Id="rId193"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k-op/" TargetMode="External" Id="rId194"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-oppol/" TargetMode="External" Id="rId195"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-op/" TargetMode="External" Id="rId196"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k/" TargetMode="External" Id="rId197"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-5000k/" TargetMode="External" Id="rId198"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-mglass/" TargetMode="External" Id="rId199"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-5000k-mp/" TargetMode="External" Id="rId200"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-mp/" TargetMode="External" Id="rId201"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-5000k-op/" TargetMode="External" Id="rId202"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-oppol/" TargetMode="External" Id="rId203"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-op/" TargetMode="External" Id="rId204"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/" TargetMode="External" Id="rId205"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k/" TargetMode="External" Id="rId206"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-mglass/" TargetMode="External" Id="rId207"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-mp/" TargetMode="External" Id="rId208"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-oppol/" TargetMode="External" Id="rId209"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-op/" TargetMode="External" Id="rId210"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-mglass/" TargetMode="External" Id="rId211"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-mp/" TargetMode="External" Id="rId212"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-oppol/" TargetMode="External" Id="rId213"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-op/" TargetMode="External" Id="rId214"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k/" TargetMode="External" Id="rId215"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-mglass/" TargetMode="External" Id="rId216"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-mp/" TargetMode="External" Id="rId217"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-oppol/" TargetMode="External" Id="rId218"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-op/" TargetMode="External" Id="rId219"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k/" TargetMode="External" Id="rId220"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-mglass/" TargetMode="External" Id="rId221"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-mp/" TargetMode="External" Id="rId222"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-oppol/" TargetMode="External" Id="rId223"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-op/" TargetMode="External" Id="rId224"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/" TargetMode="External" Id="rId225"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/" TargetMode="External" Id="rId226"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k/" TargetMode="External" Id="rId227"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k/" TargetMode="External" Id="rId228"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId229"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-mglass/" TargetMode="External" Id="rId230"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-mp/" TargetMode="External" Id="rId231"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-mp/" TargetMode="External" Id="rId232"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-op/" TargetMode="External" Id="rId233"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-oppol/" TargetMode="External" Id="rId234"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId235"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-op/" TargetMode="External" Id="rId236"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId237"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-mglass/" TargetMode="External" Id="rId238"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-mp/" TargetMode="External" Id="rId239"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-mp/" TargetMode="External" Id="rId240"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-op/" TargetMode="External" Id="rId241"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-oppol/" TargetMode="External" Id="rId242"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId243"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-op/" TargetMode="External" Id="rId244"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k/" TargetMode="External" Id="rId245"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k/" TargetMode="External" Id="rId246"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-mglass/" TargetMode="External" Id="rId247"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId248"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-mp/" TargetMode="External" Id="rId249"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-mp/" TargetMode="External" Id="rId250"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-op/" TargetMode="External" Id="rId251"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-oppol/" TargetMode="External" Id="rId252"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId253"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-op/" TargetMode="External" Id="rId254"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k/" TargetMode="External" Id="rId255"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k/" TargetMode="External" Id="rId256"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-mglass/" TargetMode="External" Id="rId257"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId258"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-mp/" TargetMode="External" Id="rId259"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-mp/" TargetMode="External" Id="rId260"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-op/" TargetMode="External" Id="rId261"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId262"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-oppol/" TargetMode="External" Id="rId263"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-op/" TargetMode="External" Id="rId264"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/" TargetMode="External" Id="rId265"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/" TargetMode="External" Id="rId266"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k/" TargetMode="External" Id="rId267"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k/" TargetMode="External" Id="rId268"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId269"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-mglass/" TargetMode="External" Id="rId270"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-mp/" TargetMode="External" Id="rId271"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-mp/" TargetMode="External" Id="rId272"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-op/" TargetMode="External" Id="rId273"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId274"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-oppol/" TargetMode="External" Id="rId275"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-op/" TargetMode="External" Id="rId276"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-mglass/" TargetMode="External" Id="rId277"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId278"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-mp/" TargetMode="External" Id="rId279"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-mp/" TargetMode="External" Id="rId280"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-op/" TargetMode="External" Id="rId281"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-oppol/" TargetMode="External" Id="rId282"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId283"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-op/" TargetMode="External" Id="rId284"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k/" TargetMode="External" Id="rId285"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k/" TargetMode="External" Id="rId286"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-mglass/" TargetMode="External" Id="rId287"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId288"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-mp/" TargetMode="External" Id="rId289"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-mp/" TargetMode="External" Id="rId290"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-op/" TargetMode="External" Id="rId291"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId292"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-oppol/" TargetMode="External" Id="rId293"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-op/" TargetMode="External" Id="rId294"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k/" TargetMode="External" Id="rId295"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k/" TargetMode="External" Id="rId296"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId297"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-mglass/" TargetMode="External" Id="rId298"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-mp/" TargetMode="External" Id="rId299"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-mp/" TargetMode="External" Id="rId300"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-op/" TargetMode="External" Id="rId301"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-oppol/" TargetMode="External" Id="rId302"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId303"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-op/" TargetMode="External" Id="rId304"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/" TargetMode="External" Id="rId305"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/" TargetMode="External" Id="rId306"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k/" TargetMode="External" Id="rId307"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k/" TargetMode="External" Id="rId308"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-mglass/" TargetMode="External" Id="rId309"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-mglass/" TargetMode="External" Id="rId310"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-mp/" TargetMode="External" Id="rId311"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-mp/" TargetMode="External" Id="rId312"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-op/" TargetMode="External" Id="rId313"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-oppol/" TargetMode="External" Id="rId314"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-oppol/" TargetMode="External" Id="rId315"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-op/" TargetMode="External" Id="rId316"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-mglass/" TargetMode="External" Id="rId317"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-mglass/" TargetMode="External" Id="rId318"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-mp/" TargetMode="External" Id="rId319"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-mp/" TargetMode="External" Id="rId320"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-op/" TargetMode="External" Id="rId321"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-oppol/" TargetMode="External" Id="rId322"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-oppol/" TargetMode="External" Id="rId323"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-op/" TargetMode="External" Id="rId324"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k/" TargetMode="External" Id="rId325"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k/" TargetMode="External" Id="rId326"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-mglass/" TargetMode="External" Id="rId327"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-mglass/" TargetMode="External" Id="rId328"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-mp/" TargetMode="External" Id="rId329"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-mp/" TargetMode="External" Id="rId330"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-op/" TargetMode="External" Id="rId331"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-oppol/" TargetMode="External" Id="rId332"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-oppol/" TargetMode="External" Id="rId333"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-op/" TargetMode="External" Id="rId334"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k/" TargetMode="External" Id="rId335"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k/" TargetMode="External" Id="rId336"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-mglass/" TargetMode="External" Id="rId337"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-mglass/" TargetMode="External" Id="rId338"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-mp/" TargetMode="External" Id="rId339"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-mp/" TargetMode="External" Id="rId340"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-op/" TargetMode="External" Id="rId341"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-oppol/" TargetMode="External" Id="rId342"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-oppol/" TargetMode="External" Id="rId343"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-op/" TargetMode="External" Id="rId344"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/" TargetMode="External" Id="rId345"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/" TargetMode="External" Id="rId346"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k/" TargetMode="External" Id="rId347"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k/" TargetMode="External" Id="rId348"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId349"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-mglass/" TargetMode="External" Id="rId350"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-mp/" TargetMode="External" Id="rId351"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-mp/" TargetMode="External" Id="rId352"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-op/" TargetMode="External" Id="rId353"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-oppol/" TargetMode="External" Id="rId354"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId355"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-op/" TargetMode="External" Id="rId356"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId357"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-mglass/" TargetMode="External" Id="rId358"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-mp/" TargetMode="External" Id="rId359"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-mp/" TargetMode="External" Id="rId360"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-op/" TargetMode="External" Id="rId361"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-oppol/" TargetMode="External" Id="rId362"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId363"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-op/" TargetMode="External" Id="rId364"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k/" TargetMode="External" Id="rId365"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k/" TargetMode="External" Id="rId366"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId367"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-mglass/" TargetMode="External" Id="rId368"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-mp/" TargetMode="External" Id="rId369"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-mp/" TargetMode="External" Id="rId370"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-op/" TargetMode="External" Id="rId371"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-oppol/" TargetMode="External" Id="rId372"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId373"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-op/" TargetMode="External" Id="rId374"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k/" TargetMode="External" Id="rId375"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k/" TargetMode="External" Id="rId376"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId377"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-mglass/" TargetMode="External" Id="rId378"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-mp/" TargetMode="External" Id="rId379"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-mp/" TargetMode="External" Id="rId380"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-op/" TargetMode="External" Id="rId381"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-oppol/" TargetMode="External" Id="rId382"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId383"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-op/" TargetMode="External" Id="rId384"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/" TargetMode="External" Id="rId385"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k/" TargetMode="External" Id="rId386"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-mglass/" TargetMode="External" Id="rId387"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-mp/" TargetMode="External" Id="rId388"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-oppol/" TargetMode="External" Id="rId389"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-op/" TargetMode="External" Id="rId390"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-mglass/" TargetMode="External" Id="rId391"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-mp/" TargetMode="External" Id="rId392"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-oppol/" TargetMode="External" Id="rId393"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-op/" TargetMode="External" Id="rId394"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k/" TargetMode="External" Id="rId395"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-mglass/" TargetMode="External" Id="rId396"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-mp/" TargetMode="External" Id="rId397"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-oppol/" TargetMode="External" Id="rId398"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-op/" TargetMode="External" Id="rId399"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k/" TargetMode="External" Id="rId400"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-mglass/" TargetMode="External" Id="rId401"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-mp/" TargetMode="External" Id="rId402"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-oppol/" TargetMode="External" Id="rId403"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-op/" TargetMode="External" Id="rId404"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-100/" TargetMode="External" Id="rId405"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-20/" TargetMode="External" Id="rId406"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-30/" TargetMode="External" Id="rId407"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-35/" TargetMode="External" Id="rId408"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-40/" TargetMode="External" Id="rId409"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-45/" TargetMode="External" Id="rId410"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-50/" TargetMode="External" Id="rId411"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-60/" TargetMode="External" Id="rId412"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-70/" TargetMode="External" Id="rId413"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-80/" TargetMode="External" Id="rId414"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-90/" TargetMode="External" Id="rId415"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-fdl-03-45/" TargetMode="External" Id="rId416"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-fdl-03-65/" TargetMode="External" Id="rId417"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-02-22/" TargetMode="External" Id="rId418"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-03-22/" TargetMode="External" Id="rId419"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-05-22/" TargetMode="External" Id="rId420"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-05-33/" TargetMode="External" Id="rId421"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-06-56/" TargetMode="External" Id="rId422"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-07-18/" TargetMode="External" Id="rId423"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dsb-01-14/" TargetMode="External" Id="rId424"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dsb-01-28/" TargetMode="External" Id="rId425"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-15-1600/" TargetMode="External" Id="rId426"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-28-3000/" TargetMode="External" Id="rId427"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-28-3100/" TargetMode="External" Id="rId428"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-37-3900/" TargetMode="External" Id="rId429"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-37-4000/" TargetMode="External" Id="rId430"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-41-4500/" TargetMode="External" Id="rId431"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-56/" TargetMode="External" Id="rId432"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-64/" TargetMode="External" Id="rId433"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-72/" TargetMode="External" Id="rId434"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-80/" TargetMode="External" Id="rId435"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-n-64/" TargetMode="External" Id="rId436"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-n-72/" TargetMode="External" Id="rId437"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-n-80-bap/" TargetMode="External" Id="rId438"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-56/" TargetMode="External" Id="rId439"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-64/" TargetMode="External" Id="rId440"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-72/" TargetMode="External" Id="rId441"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-80-bap/" TargetMode="External" Id="rId442"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-n56-32-vt-ip-40/" TargetMode="External" Id="rId443"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u56-32-vt-ip54/" TargetMode="External" Id="rId444"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u64-36-vt-ip-54/" TargetMode="External" Id="rId445"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u72-39-vt-ip54/" TargetMode="External" Id="rId446"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u80-45-vt-ip54/" TargetMode="External" Id="rId447"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-grilliato-domino-50/" TargetMode="External" Id="rId448"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-downlight-22/" TargetMode="External" Id="rId449"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-downlight-ip54-22/" TargetMode="External" Id="rId450"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-comfort-40/" TargetMode="External" Id="rId451"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-33/" TargetMode="External" Id="rId452"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-34/" TargetMode="External" Id="rId453"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-68/" TargetMode="External" Id="rId454"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-comfort-43/" TargetMode="External" Id="rId455"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-comfort-42/" TargetMode="External" Id="rId456"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-comfort-85/" TargetMode="External" Id="rId457"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-20/" TargetMode="External" Id="rId458"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-40/" TargetMode="External" Id="rId459"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-60/" TargetMode="External" Id="rId460"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-80/" TargetMode="External" Id="rId461"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-ip54-ree-25/" TargetMode="External" Id="rId462"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-ip54-ree-33/" TargetMode="External" Id="rId463"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-g/" TargetMode="External" Id="rId464"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-30/" TargetMode="External" Id="rId465"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-t/" TargetMode="External" Id="rId466"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-40/" TargetMode="External" Id="rId467"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-x/" TargetMode="External" Id="rId468"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-60/" TargetMode="External" Id="rId469"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-80/" TargetMode="External" Id="rId470"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-classica-16/" TargetMode="External" Id="rId471"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-classica-33/" TargetMode="External" Id="rId472"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-orion-45/" TargetMode="External" Id="rId473"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-orion-60/" TargetMode="External" Id="rId474"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-orion-80/" TargetMode="External" Id="rId475"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-comfort-3d-40/" TargetMode="External" Id="rId476"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-standart-33/" TargetMode="External" Id="rId477"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-standart-40/" TargetMode="External" Id="rId478"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-r-43/" TargetMode="External" Id="rId479"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-r-60/" TargetMode="External" Id="rId480"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-r-80/" TargetMode="External" Id="rId481"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-20/" TargetMode="External" Id="rId482"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-40/" TargetMode="External" Id="rId483"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-60/" TargetMode="External" Id="rId484"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-80/" TargetMode="External" Id="rId485"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-20/" TargetMode="External" Id="rId486"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-30/" TargetMode="External" Id="rId487"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-40/" TargetMode="External" Id="rId488"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-60/" TargetMode="External" Id="rId489"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-1-p600x600/4000k/" TargetMode="External" Id="rId490"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-1-p600x600/" TargetMode="External" Id="rId491"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x1200/4000k/" TargetMode="External" Id="rId492"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x1200/" TargetMode="External" Id="rId493"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x600/4000k/" TargetMode="External" Id="rId494"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x600/" TargetMode="External" Id="rId495"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x1200/4000k/" TargetMode="External" Id="rId496"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x1200/" TargetMode="External" Id="rId497"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x300/4000k/" TargetMode="External" Id="rId498"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x300/" TargetMode="External" Id="rId499"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x600/4000k/" TargetMode="External" Id="rId500"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x600/" TargetMode="External" Id="rId501"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/liderlajt-slimpanel2-p600x1200/4000k/" TargetMode="External" Id="rId502"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p600x600/4000k/" TargetMode="External" Id="rId503"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p600x600/" TargetMode="External" Id="rId504"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId505"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:G508"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="8" customWidth="1" min="1" max="1"/>
     <col width="30" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
     <col width="40" customWidth="1" min="4" max="4"/>
     <col width="10" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
     <col width="20" customWidth="1" min="7" max="7"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-22 22:52</t>
+          <t>2026-02-17 10:29</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Показаны только результаты, подходящие под установленные во время скачивания фильтры. Для скачивания прайс-листа на все товары категории - щёлкните на этот текст.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>ОФИСНЫЕ СВЕТОДИОДНЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="5" t="inlineStr">
         <is>
@@ -3000,242 +3000,242 @@
       </c>
       <c r="D76" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E76" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F76" s="9" t="inlineStr">
         <is>
           <t>5 076,00 ₽</t>
         </is>
       </c>
       <c r="G76" s="9" t="inlineStr">
         <is>
           <t>4 823,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="6" t="inlineStr">
         <is>
-          <t>101182</t>
+          <t>101086</t>
         </is>
       </c>
       <c r="B77" s="6" t="inlineStr"/>
       <c r="C77" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D77" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E77" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F77" s="9" t="inlineStr">
         <is>
-          <t>5 076,00 ₽</t>
+          <t>5 150,00 ₽</t>
         </is>
       </c>
       <c r="G77" s="9" t="inlineStr">
         <is>
-          <t>4 823,00 ₽</t>
+          <t>4 893,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="6" t="inlineStr">
         <is>
-          <t>101086</t>
+          <t>101182</t>
         </is>
       </c>
       <c r="B78" s="6" t="inlineStr"/>
       <c r="C78" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D78" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E78" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F78" s="9" t="inlineStr">
         <is>
-          <t>5 150,00 ₽</t>
+          <t>5 076,00 ₽</t>
         </is>
       </c>
       <c r="G78" s="9" t="inlineStr">
         <is>
-          <t>4 893,00 ₽</t>
+          <t>4 823,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="6" t="inlineStr">
         <is>
-          <t>114206</t>
+          <t>114334</t>
         </is>
       </c>
       <c r="B79" s="6" t="inlineStr"/>
       <c r="C79" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D79" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E79" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F79" s="9" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 276,00 ₽</t>
         </is>
       </c>
       <c r="G79" s="9" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>8 813,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="6" t="inlineStr">
         <is>
-          <t>114334</t>
+          <t>114206</t>
         </is>
       </c>
       <c r="B80" s="6" t="inlineStr"/>
       <c r="C80" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D80" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E80" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F80" s="9" t="inlineStr">
         <is>
-          <t>9 276,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G80" s="9" t="inlineStr">
         <is>
-          <t>8 813,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="6" t="inlineStr">
         <is>
-          <t>111394</t>
+          <t>111578</t>
         </is>
       </c>
       <c r="B81" s="6" t="inlineStr"/>
       <c r="C81" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D81" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E81" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F81" s="9" t="inlineStr">
         <is>
-          <t>6 608,00 ₽</t>
+          <t>6 682,00 ₽</t>
         </is>
       </c>
       <c r="G81" s="9" t="inlineStr">
         <is>
-          <t>6 278,00 ₽</t>
+          <t>6 348,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="6" t="inlineStr">
         <is>
-          <t>111578</t>
+          <t>111394</t>
         </is>
       </c>
       <c r="B82" s="6" t="inlineStr"/>
       <c r="C82" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D82" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E82" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F82" s="9" t="inlineStr">
         <is>
-          <t>6 682,00 ₽</t>
+          <t>6 608,00 ₽</t>
         </is>
       </c>
       <c r="G82" s="9" t="inlineStr">
         <is>
-          <t>6 348,00 ₽</t>
+          <t>6 278,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="6" t="inlineStr">
         <is>
           <t>111586</t>
         </is>
       </c>
       <c r="B83" s="6" t="inlineStr"/>
       <c r="C83" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К, опал</t>
         </is>
       </c>
       <c r="D83" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E83" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -3396,209 +3396,209 @@
       </c>
       <c r="D88" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E88" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F88" s="9" t="inlineStr">
         <is>
           <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G88" s="9" t="inlineStr">
         <is>
           <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="6" t="inlineStr">
         <is>
-          <t>111395</t>
+          <t>111579</t>
         </is>
       </c>
       <c r="B89" s="6" t="inlineStr"/>
       <c r="C89" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D89" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E89" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F89" s="9" t="inlineStr">
         <is>
-          <t>6 608,00 ₽</t>
+          <t>6 682,00 ₽</t>
         </is>
       </c>
       <c r="G89" s="9" t="inlineStr">
         <is>
-          <t>6 278,00 ₽</t>
+          <t>6 348,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="6" t="inlineStr">
         <is>
-          <t>111579</t>
+          <t>111395</t>
         </is>
       </c>
       <c r="B90" s="6" t="inlineStr"/>
       <c r="C90" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D90" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E90" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F90" s="9" t="inlineStr">
         <is>
-          <t>6 682,00 ₽</t>
+          <t>6 608,00 ₽</t>
         </is>
       </c>
       <c r="G90" s="9" t="inlineStr">
         <is>
-          <t>6 348,00 ₽</t>
+          <t>6 278,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="6" t="inlineStr">
         <is>
           <t>111587</t>
         </is>
       </c>
       <c r="B91" s="6" t="inlineStr"/>
       <c r="C91" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 5000 К, опал</t>
         </is>
       </c>
       <c r="D91" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E91" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F91" s="9" t="inlineStr">
         <is>
           <t>5 316,00 ₽</t>
         </is>
       </c>
       <c r="G91" s="9" t="inlineStr">
         <is>
           <t>5 051,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="6" t="inlineStr">
         <is>
-          <t>114199</t>
+          <t>114327</t>
         </is>
       </c>
       <c r="B92" s="6" t="inlineStr"/>
       <c r="C92" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D92" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E92" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F92" s="9" t="inlineStr">
         <is>
-          <t>6 608,00 ₽</t>
+          <t>6 534,00 ₽</t>
         </is>
       </c>
       <c r="G92" s="9" t="inlineStr">
         <is>
-          <t>6 278,00 ₽</t>
+          <t>6 208,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="6" t="inlineStr">
         <is>
-          <t>114327</t>
+          <t>114199</t>
         </is>
       </c>
       <c r="B93" s="6" t="inlineStr"/>
       <c r="C93" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D93" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E93" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F93" s="9" t="inlineStr">
         <is>
-          <t>6 534,00 ₽</t>
+          <t>6 608,00 ₽</t>
         </is>
       </c>
       <c r="G93" s="9" t="inlineStr">
         <is>
-          <t>6 208,00 ₽</t>
+          <t>6 278,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="6" t="inlineStr">
         <is>
           <t>111403</t>
         </is>
       </c>
       <c r="B94" s="6" t="inlineStr"/>
       <c r="C94" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 5000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D94" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E94" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -3660,176 +3660,176 @@
       </c>
       <c r="D96" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E96" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F96" s="9" t="inlineStr">
         <is>
           <t>8 103,00 ₽</t>
         </is>
       </c>
       <c r="G96" s="9" t="inlineStr">
         <is>
           <t>7 698,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="6" t="inlineStr">
         <is>
-          <t>114338</t>
+          <t>114210</t>
         </is>
       </c>
       <c r="B97" s="6" t="inlineStr"/>
       <c r="C97" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D97" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E97" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F97" s="9" t="inlineStr">
         <is>
-          <t>12 303,00 ₽</t>
+          <t>12 172,00 ₽</t>
         </is>
       </c>
       <c r="G97" s="9" t="inlineStr">
         <is>
-          <t>11 688,00 ₽</t>
+          <t>11 564,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="6" t="inlineStr">
         <is>
-          <t>114210</t>
+          <t>114338</t>
         </is>
       </c>
       <c r="B98" s="6" t="inlineStr"/>
       <c r="C98" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D98" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E98" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F98" s="9" t="inlineStr">
         <is>
-          <t>12 172,00 ₽</t>
+          <t>12 303,00 ₽</t>
         </is>
       </c>
       <c r="G98" s="9" t="inlineStr">
         <is>
-          <t>11 564,00 ₽</t>
+          <t>11 688,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="6" t="inlineStr">
         <is>
-          <t>111398</t>
+          <t>111582</t>
         </is>
       </c>
       <c r="B99" s="6" t="inlineStr"/>
       <c r="C99" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D99" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E99" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F99" s="9" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 709,00 ₽</t>
         </is>
       </c>
       <c r="G99" s="9" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>9 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="6" t="inlineStr">
         <is>
-          <t>111582</t>
+          <t>111398</t>
         </is>
       </c>
       <c r="B100" s="6" t="inlineStr"/>
       <c r="C100" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D100" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E100" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F100" s="9" t="inlineStr">
         <is>
-          <t>9 709,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G100" s="9" t="inlineStr">
         <is>
-          <t>9 224,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="6" t="inlineStr">
         <is>
           <t>111590</t>
         </is>
       </c>
       <c r="B101" s="6" t="inlineStr"/>
       <c r="C101" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 4000 К, опал</t>
         </is>
       </c>
       <c r="D101" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E101" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -3924,176 +3924,176 @@
       </c>
       <c r="D104" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E104" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F104" s="9" t="inlineStr">
         <is>
           <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G104" s="9" t="inlineStr">
         <is>
           <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="6" t="inlineStr">
         <is>
-          <t>101094</t>
+          <t>101190</t>
         </is>
       </c>
       <c r="B105" s="6" t="inlineStr"/>
       <c r="C105" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D105" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E105" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F105" s="9" t="inlineStr">
         <is>
-          <t>8 177,00 ₽</t>
+          <t>8 103,00 ₽</t>
         </is>
       </c>
       <c r="G105" s="9" t="inlineStr">
         <is>
-          <t>7 769,00 ₽</t>
+          <t>7 698,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="6" t="inlineStr">
         <is>
-          <t>101190</t>
+          <t>101094</t>
         </is>
       </c>
       <c r="B106" s="6" t="inlineStr"/>
       <c r="C106" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D106" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E106" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F106" s="9" t="inlineStr">
         <is>
-          <t>8 103,00 ₽</t>
+          <t>8 177,00 ₽</t>
         </is>
       </c>
       <c r="G106" s="9" t="inlineStr">
         <is>
-          <t>7 698,00 ₽</t>
+          <t>7 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="6" t="inlineStr">
         <is>
-          <t>114211</t>
+          <t>114339</t>
         </is>
       </c>
       <c r="B107" s="6" t="inlineStr"/>
       <c r="C107" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D107" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E107" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F107" s="9" t="inlineStr">
         <is>
-          <t>12 172,00 ₽</t>
+          <t>12 303,00 ₽</t>
         </is>
       </c>
       <c r="G107" s="9" t="inlineStr">
         <is>
-          <t>11 564,00 ₽</t>
+          <t>11 688,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="6" t="inlineStr">
         <is>
-          <t>114339</t>
+          <t>114211</t>
         </is>
       </c>
       <c r="B108" s="6" t="inlineStr"/>
       <c r="C108" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D108" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E108" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F108" s="9" t="inlineStr">
         <is>
-          <t>12 303,00 ₽</t>
+          <t>12 172,00 ₽</t>
         </is>
       </c>
       <c r="G108" s="9" t="inlineStr">
         <is>
-          <t>11 688,00 ₽</t>
+          <t>11 564,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="6" t="inlineStr">
         <is>
           <t>111399</t>
         </is>
       </c>
       <c r="B109" s="6" t="inlineStr"/>
       <c r="C109" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D109" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E109" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -4155,110 +4155,110 @@
       </c>
       <c r="D111" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E111" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F111" s="9" t="inlineStr">
         <is>
           <t>8 343,00 ₽</t>
         </is>
       </c>
       <c r="G111" s="9" t="inlineStr">
         <is>
           <t>7 926,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="6" t="inlineStr">
         <is>
-          <t>114331</t>
+          <t>114203</t>
         </is>
       </c>
       <c r="B112" s="6" t="inlineStr"/>
       <c r="C112" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D112" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E112" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F112" s="9" t="inlineStr">
         <is>
-          <t>9 561,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G112" s="9" t="inlineStr">
         <is>
-          <t>9 083,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="6" t="inlineStr">
         <is>
-          <t>114203</t>
+          <t>114331</t>
         </is>
       </c>
       <c r="B113" s="6" t="inlineStr"/>
       <c r="C113" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D113" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E113" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F113" s="9" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 561,00 ₽</t>
         </is>
       </c>
       <c r="G113" s="9" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>9 083,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="6" t="inlineStr">
         <is>
           <t>111407</t>
         </is>
       </c>
       <c r="B114" s="6" t="inlineStr"/>
       <c r="C114" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D114" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E114" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -4328,176 +4328,176 @@
       </c>
       <c r="D116" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E116" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F116" s="9" t="inlineStr">
         <is>
           <t>5 334,00 ₽</t>
         </is>
       </c>
       <c r="G116" s="9" t="inlineStr">
         <is>
           <t>5 068,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="6" t="inlineStr">
         <is>
-          <t>101206</t>
+          <t>101098</t>
         </is>
       </c>
       <c r="B117" s="6" t="inlineStr"/>
       <c r="C117" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D117" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E117" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F117" s="9" t="inlineStr">
         <is>
-          <t>5 334,00 ₽</t>
+          <t>5 703,00 ₽</t>
         </is>
       </c>
       <c r="G117" s="9" t="inlineStr">
         <is>
-          <t>5 068,00 ₽</t>
+          <t>5 418,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="6" t="inlineStr">
         <is>
-          <t>101098</t>
+          <t>101206</t>
         </is>
       </c>
       <c r="B118" s="6" t="inlineStr"/>
       <c r="C118" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D118" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E118" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F118" s="9" t="inlineStr">
         <is>
-          <t>5 703,00 ₽</t>
+          <t>5 334,00 ₽</t>
         </is>
       </c>
       <c r="G118" s="9" t="inlineStr">
         <is>
-          <t>5 418,00 ₽</t>
+          <t>5 068,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="6" t="inlineStr">
         <is>
-          <t>114222</t>
+          <t>114350</t>
         </is>
       </c>
       <c r="B119" s="6" t="inlineStr"/>
       <c r="C119" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D119" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E119" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F119" s="9" t="inlineStr">
         <is>
-          <t>9 903,00 ₽</t>
+          <t>9 534,00 ₽</t>
         </is>
       </c>
       <c r="G119" s="9" t="inlineStr">
         <is>
-          <t>9 408,00 ₽</t>
+          <t>9 058,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="6" t="inlineStr">
         <is>
-          <t>114350</t>
+          <t>114222</t>
         </is>
       </c>
       <c r="B120" s="6" t="inlineStr"/>
       <c r="C120" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D120" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E120" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F120" s="9" t="inlineStr">
         <is>
-          <t>9 534,00 ₽</t>
+          <t>9 903,00 ₽</t>
         </is>
       </c>
       <c r="G120" s="9" t="inlineStr">
         <is>
-          <t>9 058,00 ₽</t>
+          <t>9 408,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="6" t="inlineStr">
         <is>
           <t>111594</t>
         </is>
       </c>
       <c r="B121" s="6" t="inlineStr"/>
       <c r="C121" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D121" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E121" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -4691,110 +4691,110 @@
       </c>
       <c r="D127" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E127" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F127" s="9" t="inlineStr">
         <is>
           <t>5 334,00 ₽</t>
         </is>
       </c>
       <c r="G127" s="9" t="inlineStr">
         <is>
           <t>5 068,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="6" t="inlineStr">
         <is>
-          <t>114223</t>
+          <t>114351</t>
         </is>
       </c>
       <c r="B128" s="6" t="inlineStr"/>
       <c r="C128" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D128" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E128" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F128" s="9" t="inlineStr">
         <is>
-          <t>9 903,00 ₽</t>
+          <t>9 534,00 ₽</t>
         </is>
       </c>
       <c r="G128" s="9" t="inlineStr">
         <is>
-          <t>9 408,00 ₽</t>
+          <t>9 058,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="6" t="inlineStr">
         <is>
-          <t>114351</t>
+          <t>114223</t>
         </is>
       </c>
       <c r="B129" s="6" t="inlineStr"/>
       <c r="C129" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D129" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E129" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F129" s="9" t="inlineStr">
         <is>
-          <t>9 534,00 ₽</t>
+          <t>9 903,00 ₽</t>
         </is>
       </c>
       <c r="G129" s="9" t="inlineStr">
         <is>
-          <t>9 058,00 ₽</t>
+          <t>9 408,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="6" t="inlineStr">
         <is>
           <t>111595</t>
         </is>
       </c>
       <c r="B130" s="6" t="inlineStr"/>
       <c r="C130" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D130" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E130" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -4856,110 +4856,110 @@
       </c>
       <c r="D132" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E132" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F132" s="9" t="inlineStr">
         <is>
           <t>5 869,00 ₽</t>
         </is>
       </c>
       <c r="G132" s="9" t="inlineStr">
         <is>
           <t>5 576,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="6" t="inlineStr">
         <is>
-          <t>114215</t>
+          <t>114343</t>
         </is>
       </c>
       <c r="B133" s="6" t="inlineStr"/>
       <c r="C133" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D133" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E133" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F133" s="9" t="inlineStr">
         <is>
-          <t>7 161,00 ₽</t>
+          <t>6 792,00 ₽</t>
         </is>
       </c>
       <c r="G133" s="9" t="inlineStr">
         <is>
-          <t>6 803,00 ₽</t>
+          <t>6 453,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="6" t="inlineStr">
         <is>
-          <t>114343</t>
+          <t>114215</t>
         </is>
       </c>
       <c r="B134" s="6" t="inlineStr"/>
       <c r="C134" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D134" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E134" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F134" s="9" t="inlineStr">
         <is>
-          <t>6 792,00 ₽</t>
+          <t>7 161,00 ₽</t>
         </is>
       </c>
       <c r="G134" s="9" t="inlineStr">
         <is>
-          <t>6 453,00 ₽</t>
+          <t>6 803,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="6" t="inlineStr">
         <is>
           <t>111419</t>
         </is>
       </c>
       <c r="B135" s="6" t="inlineStr"/>
       <c r="C135" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 5000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D135" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E135" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -5021,374 +5021,374 @@
       </c>
       <c r="D137" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E137" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F137" s="9" t="inlineStr">
         <is>
           <t>8 361,00 ₽</t>
         </is>
       </c>
       <c r="G137" s="9" t="inlineStr">
         <is>
           <t>7 943,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="6" t="inlineStr">
         <is>
-          <t>114226</t>
+          <t>114354</t>
         </is>
       </c>
       <c r="B138" s="6" t="inlineStr"/>
       <c r="C138" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D138" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E138" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F138" s="9" t="inlineStr">
         <is>
-          <t>12 732,00 ₽</t>
+          <t>12 561,00 ₽</t>
         </is>
       </c>
       <c r="G138" s="9" t="inlineStr">
         <is>
-          <t>12 096,00 ₽</t>
+          <t>11 933,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="6" t="inlineStr">
         <is>
-          <t>114354</t>
+          <t>114226</t>
         </is>
       </c>
       <c r="B139" s="6" t="inlineStr"/>
       <c r="C139" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D139" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E139" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F139" s="9" t="inlineStr">
         <is>
-          <t>12 561,00 ₽</t>
+          <t>12 732,00 ₽</t>
         </is>
       </c>
       <c r="G139" s="9" t="inlineStr">
         <is>
-          <t>11 933,00 ₽</t>
+          <t>12 096,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="6" t="inlineStr">
         <is>
-          <t>111414</t>
+          <t>111598</t>
         </is>
       </c>
       <c r="B140" s="6" t="inlineStr"/>
       <c r="C140" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D140" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E140" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F140" s="9" t="inlineStr">
         <is>
-          <t>9 893,00 ₽</t>
+          <t>10 262,00 ₽</t>
         </is>
       </c>
       <c r="G140" s="9" t="inlineStr">
         <is>
-          <t>9 399,00 ₽</t>
+          <t>9 749,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="6" t="inlineStr">
         <is>
-          <t>111598</t>
+          <t>111414</t>
         </is>
       </c>
       <c r="B141" s="6" t="inlineStr"/>
       <c r="C141" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D141" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E141" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F141" s="9" t="inlineStr">
         <is>
-          <t>10 262,00 ₽</t>
+          <t>9 893,00 ₽</t>
         </is>
       </c>
       <c r="G141" s="9" t="inlineStr">
         <is>
-          <t>9 749,00 ₽</t>
+          <t>9 399,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="6" t="inlineStr">
         <is>
           <t>111606</t>
         </is>
       </c>
       <c r="B142" s="6" t="inlineStr"/>
       <c r="C142" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, опал</t>
         </is>
       </c>
       <c r="D142" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E142" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F142" s="9" t="inlineStr">
         <is>
           <t>8 896,00 ₽</t>
         </is>
       </c>
       <c r="G142" s="9" t="inlineStr">
         <is>
           <t>8 452,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="6" t="inlineStr">
         <is>
-          <t>114218</t>
+          <t>114346</t>
         </is>
       </c>
       <c r="B143" s="6" t="inlineStr"/>
       <c r="C143" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D143" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E143" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F143" s="9" t="inlineStr">
         <is>
-          <t>10 188,00 ₽</t>
+          <t>9 819,00 ₽</t>
         </is>
       </c>
       <c r="G143" s="9" t="inlineStr">
         <is>
-          <t>9 679,00 ₽</t>
+          <t>9 329,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="6" t="inlineStr">
         <is>
-          <t>114346</t>
+          <t>114218</t>
         </is>
       </c>
       <c r="B144" s="6" t="inlineStr"/>
       <c r="C144" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D144" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E144" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F144" s="9" t="inlineStr">
         <is>
-          <t>9 819,00 ₽</t>
+          <t>10 188,00 ₽</t>
         </is>
       </c>
       <c r="G144" s="9" t="inlineStr">
         <is>
-          <t>9 329,00 ₽</t>
+          <t>9 679,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="6" t="inlineStr">
         <is>
           <t>111422</t>
         </is>
       </c>
       <c r="B145" s="6" t="inlineStr"/>
       <c r="C145" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D145" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E145" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F145" s="9" t="inlineStr">
         <is>
           <t>8 527,00 ₽</t>
         </is>
       </c>
       <c r="G145" s="9" t="inlineStr">
         <is>
           <t>8 101,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="6" t="inlineStr">
         <is>
-          <t>101106</t>
+          <t>101214</t>
         </is>
       </c>
       <c r="B146" s="6" t="inlineStr"/>
       <c r="C146" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D146" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E146" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F146" s="9" t="inlineStr">
         <is>
-          <t>8 730,00 ₽</t>
+          <t>8 361,00 ₽</t>
         </is>
       </c>
       <c r="G146" s="9" t="inlineStr">
         <is>
-          <t>8 294,00 ₽</t>
+          <t>7 943,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="6" t="inlineStr">
         <is>
-          <t>101214</t>
+          <t>101106</t>
         </is>
       </c>
       <c r="B147" s="6" t="inlineStr"/>
       <c r="C147" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D147" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E147" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F147" s="9" t="inlineStr">
         <is>
-          <t>8 361,00 ₽</t>
+          <t>8 730,00 ₽</t>
         </is>
       </c>
       <c r="G147" s="9" t="inlineStr">
         <is>
-          <t>7 943,00 ₽</t>
+          <t>8 294,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="6" t="inlineStr">
         <is>
           <t>114227</t>
         </is>
       </c>
       <c r="B148" s="6" t="inlineStr"/>
       <c r="C148" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D148" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E148" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -5417,110 +5417,110 @@
       </c>
       <c r="D149" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E149" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F149" s="9" t="inlineStr">
         <is>
           <t>12 561,00 ₽</t>
         </is>
       </c>
       <c r="G149" s="9" t="inlineStr">
         <is>
           <t>11 933,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="6" t="inlineStr">
         <is>
-          <t>111599</t>
+          <t>111415</t>
         </is>
       </c>
       <c r="B150" s="6" t="inlineStr"/>
       <c r="C150" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D150" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E150" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F150" s="9" t="inlineStr">
         <is>
-          <t>10 262,00 ₽</t>
+          <t>9 893,00 ₽</t>
         </is>
       </c>
       <c r="G150" s="9" t="inlineStr">
         <is>
-          <t>9 749,00 ₽</t>
+          <t>9 399,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="6" t="inlineStr">
         <is>
-          <t>111415</t>
+          <t>111599</t>
         </is>
       </c>
       <c r="B151" s="6" t="inlineStr"/>
       <c r="C151" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D151" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E151" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F151" s="9" t="inlineStr">
         <is>
-          <t>9 893,00 ₽</t>
+          <t>10 262,00 ₽</t>
         </is>
       </c>
       <c r="G151" s="9" t="inlineStr">
         <is>
-          <t>9 399,00 ₽</t>
+          <t>9 749,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="6" t="inlineStr">
         <is>
           <t>111607</t>
         </is>
       </c>
       <c r="B152" s="6" t="inlineStr"/>
       <c r="C152" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 5000 К, опал</t>
         </is>
       </c>
       <c r="D152" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E152" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -6390,209 +6390,209 @@
       </c>
       <c r="D178" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E178" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F178" s="9" t="inlineStr">
         <is>
           <t>6 072,00 ₽</t>
         </is>
       </c>
       <c r="G178" s="9" t="inlineStr">
         <is>
           <t>5 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="6" t="inlineStr">
         <is>
-          <t>101122</t>
+          <t>101230</t>
         </is>
       </c>
       <c r="B179" s="6" t="inlineStr"/>
       <c r="C179" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D179" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E179" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F179" s="9" t="inlineStr">
         <is>
-          <t>6 072,00 ₽</t>
+          <t>5 814,00 ₽</t>
         </is>
       </c>
       <c r="G179" s="9" t="inlineStr">
         <is>
-          <t>5 769,00 ₽</t>
+          <t>5 524,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="6" t="inlineStr">
         <is>
-          <t>101230</t>
+          <t>101122</t>
         </is>
       </c>
       <c r="B180" s="6" t="inlineStr"/>
       <c r="C180" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D180" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E180" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F180" s="9" t="inlineStr">
         <is>
-          <t>5 814,00 ₽</t>
+          <t>6 072,00 ₽</t>
         </is>
       </c>
       <c r="G180" s="9" t="inlineStr">
         <is>
-          <t>5 524,00 ₽</t>
+          <t>5 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="6" t="inlineStr">
         <is>
           <t>114382</t>
         </is>
       </c>
       <c r="B181" s="6" t="inlineStr"/>
       <c r="C181" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D181" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E181" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F181" s="9" t="inlineStr">
         <is>
           <t>10 014,00 ₽</t>
         </is>
       </c>
       <c r="G181" s="9" t="inlineStr">
         <is>
           <t>9 514,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="6" t="inlineStr">
         <is>
-          <t>111626</t>
+          <t>111442</t>
         </is>
       </c>
       <c r="B182" s="6" t="inlineStr"/>
       <c r="C182" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D182" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E182" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F182" s="9" t="inlineStr">
         <is>
-          <t>7 604,00 ₽</t>
+          <t>7 346,00 ₽</t>
         </is>
       </c>
       <c r="G182" s="9" t="inlineStr">
         <is>
-          <t>7 224,00 ₽</t>
+          <t>6 979,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="6" t="inlineStr">
         <is>
-          <t>111442</t>
+          <t>111626</t>
         </is>
       </c>
       <c r="B183" s="6" t="inlineStr"/>
       <c r="C183" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D183" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E183" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F183" s="9" t="inlineStr">
         <is>
-          <t>7 346,00 ₽</t>
+          <t>7 604,00 ₽</t>
         </is>
       </c>
       <c r="G183" s="9" t="inlineStr">
         <is>
-          <t>6 979,00 ₽</t>
+          <t>7 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="6" t="inlineStr">
         <is>
           <t>111634</t>
         </is>
       </c>
       <c r="B184" s="6" t="inlineStr"/>
       <c r="C184" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 4000 К, опал</t>
         </is>
       </c>
       <c r="D184" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E184" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -6687,110 +6687,110 @@
       </c>
       <c r="D187" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E187" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F187" s="9" t="inlineStr">
         <is>
           <t>10 014,00 ₽</t>
         </is>
       </c>
       <c r="G187" s="9" t="inlineStr">
         <is>
           <t>9 514,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="6" t="inlineStr">
         <is>
-          <t>111627</t>
+          <t>111443</t>
         </is>
       </c>
       <c r="B188" s="6" t="inlineStr"/>
       <c r="C188" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D188" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E188" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F188" s="9" t="inlineStr">
         <is>
-          <t>7 604,00 ₽</t>
+          <t>7 346,00 ₽</t>
         </is>
       </c>
       <c r="G188" s="9" t="inlineStr">
         <is>
-          <t>7 224,00 ₽</t>
+          <t>6 979,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="6" t="inlineStr">
         <is>
-          <t>111443</t>
+          <t>111627</t>
         </is>
       </c>
       <c r="B189" s="6" t="inlineStr"/>
       <c r="C189" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D189" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E189" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F189" s="9" t="inlineStr">
         <is>
-          <t>7 346,00 ₽</t>
+          <t>7 604,00 ₽</t>
         </is>
       </c>
       <c r="G189" s="9" t="inlineStr">
         <is>
-          <t>6 979,00 ₽</t>
+          <t>7 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="6" t="inlineStr">
         <is>
           <t>111635</t>
         </is>
       </c>
       <c r="B190" s="6" t="inlineStr"/>
       <c r="C190" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 5000 К, опал</t>
         </is>
       </c>
       <c r="D190" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E190" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -6852,209 +6852,209 @@
       </c>
       <c r="D192" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E192" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F192" s="9" t="inlineStr">
         <is>
           <t>5 980,00 ₽</t>
         </is>
       </c>
       <c r="G192" s="9" t="inlineStr">
         <is>
           <t>5 681,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="6" t="inlineStr">
         <is>
-          <t>101129</t>
+          <t>101237</t>
         </is>
       </c>
       <c r="B193" s="6" t="inlineStr"/>
       <c r="C193" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 4000 К</t>
         </is>
       </c>
       <c r="D193" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E193" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F193" s="9" t="inlineStr">
         <is>
-          <t>9 099,00 ₽</t>
+          <t>8 841,00 ₽</t>
         </is>
       </c>
       <c r="G193" s="9" t="inlineStr">
         <is>
-          <t>8 645,00 ₽</t>
+          <t>8 399,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="6" t="inlineStr">
         <is>
-          <t>101237</t>
+          <t>101129</t>
         </is>
       </c>
       <c r="B194" s="6" t="inlineStr"/>
       <c r="C194" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 4000 К</t>
         </is>
       </c>
       <c r="D194" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E194" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F194" s="9" t="inlineStr">
         <is>
-          <t>8 841,00 ₽</t>
+          <t>9 099,00 ₽</t>
         </is>
       </c>
       <c r="G194" s="9" t="inlineStr">
         <is>
-          <t>8 399,00 ₽</t>
+          <t>8 645,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="6" t="inlineStr">
         <is>
           <t>114386</t>
         </is>
       </c>
       <c r="B195" s="6" t="inlineStr"/>
       <c r="C195" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D195" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E195" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F195" s="9" t="inlineStr">
         <is>
           <t>13 041,00 ₽</t>
         </is>
       </c>
       <c r="G195" s="9" t="inlineStr">
         <is>
           <t>12 389,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="6" t="inlineStr">
         <is>
-          <t>111630</t>
+          <t>111446</t>
         </is>
       </c>
       <c r="B196" s="6" t="inlineStr"/>
       <c r="C196" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D196" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E196" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F196" s="9" t="inlineStr">
         <is>
-          <t>10 631,00 ₽</t>
+          <t>10 373,00 ₽</t>
         </is>
       </c>
       <c r="G196" s="9" t="inlineStr">
         <is>
-          <t>10 100,00 ₽</t>
+          <t>9 855,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="6" t="inlineStr">
         <is>
-          <t>111446</t>
+          <t>111630</t>
         </is>
       </c>
       <c r="B197" s="6" t="inlineStr"/>
       <c r="C197" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D197" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E197" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F197" s="9" t="inlineStr">
         <is>
-          <t>10 373,00 ₽</t>
+          <t>10 631,00 ₽</t>
         </is>
       </c>
       <c r="G197" s="9" t="inlineStr">
         <is>
-          <t>9 855,00 ₽</t>
+          <t>10 100,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="6" t="inlineStr">
         <is>
           <t>111638</t>
         </is>
       </c>
       <c r="B198" s="6" t="inlineStr"/>
       <c r="C198" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 4000 К, опал</t>
         </is>
       </c>
       <c r="D198" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E198" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -7116,209 +7116,209 @@
       </c>
       <c r="D200" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E200" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F200" s="9" t="inlineStr">
         <is>
           <t>9 007,00 ₽</t>
         </is>
       </c>
       <c r="G200" s="9" t="inlineStr">
         <is>
           <t>8 557,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="6" t="inlineStr">
         <is>
-          <t>101130</t>
+          <t>101238</t>
         </is>
       </c>
       <c r="B201" s="6" t="inlineStr"/>
       <c r="C201" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D201" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E201" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F201" s="9" t="inlineStr">
         <is>
-          <t>9 099,00 ₽</t>
+          <t>8 841,00 ₽</t>
         </is>
       </c>
       <c r="G201" s="9" t="inlineStr">
         <is>
-          <t>8 645,00 ₽</t>
+          <t>8 399,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="6" t="inlineStr">
         <is>
-          <t>101238</t>
+          <t>101130</t>
         </is>
       </c>
       <c r="B202" s="6" t="inlineStr"/>
       <c r="C202" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D202" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E202" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F202" s="9" t="inlineStr">
         <is>
-          <t>8 841,00 ₽</t>
+          <t>9 099,00 ₽</t>
         </is>
       </c>
       <c r="G202" s="9" t="inlineStr">
         <is>
-          <t>8 399,00 ₽</t>
+          <t>8 645,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="6" t="inlineStr">
         <is>
           <t>114387</t>
         </is>
       </c>
       <c r="B203" s="6" t="inlineStr"/>
       <c r="C203" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D203" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E203" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F203" s="9" t="inlineStr">
         <is>
           <t>13 041,00 ₽</t>
         </is>
       </c>
       <c r="G203" s="9" t="inlineStr">
         <is>
           <t>12 389,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="6" t="inlineStr">
         <is>
-          <t>111447</t>
+          <t>111631</t>
         </is>
       </c>
       <c r="B204" s="6" t="inlineStr"/>
       <c r="C204" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D204" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E204" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F204" s="9" t="inlineStr">
         <is>
-          <t>10 373,00 ₽</t>
+          <t>10 631,00 ₽</t>
         </is>
       </c>
       <c r="G204" s="9" t="inlineStr">
         <is>
-          <t>9 855,00 ₽</t>
+          <t>10 100,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="6" t="inlineStr">
         <is>
-          <t>111631</t>
+          <t>111447</t>
         </is>
       </c>
       <c r="B205" s="6" t="inlineStr"/>
       <c r="C205" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D205" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E205" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F205" s="9" t="inlineStr">
         <is>
-          <t>10 631,00 ₽</t>
+          <t>10 373,00 ₽</t>
         </is>
       </c>
       <c r="G205" s="9" t="inlineStr">
         <is>
-          <t>10 100,00 ₽</t>
+          <t>9 855,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="6" t="inlineStr">
         <is>
           <t>111639</t>
         </is>
       </c>
       <c r="B206" s="6" t="inlineStr"/>
       <c r="C206" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 5000 К, опал</t>
         </is>
       </c>
       <c r="D206" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E206" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -8184,150 +8184,150 @@
       </c>
       <c r="D232" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E232" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F232" s="9" t="inlineStr">
         <is>
           <t>6 184,00 ₽</t>
         </is>
       </c>
       <c r="G232" s="9" t="inlineStr">
         <is>
           <t>5 875,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="6" t="inlineStr">
         <is>
-          <t>114414</t>
+          <t>114270</t>
         </is>
       </c>
       <c r="B233" s="6" t="inlineStr"/>
       <c r="C233" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D233" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E233" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F233" s="9" t="inlineStr">
         <is>
-          <t>10 384,00 ₽</t>
+          <t>10 281,00 ₽</t>
         </is>
       </c>
       <c r="G233" s="9" t="inlineStr">
         <is>
-          <t>9 865,00 ₽</t>
+          <t>9 767,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="6" t="inlineStr">
         <is>
-          <t>114270</t>
+          <t>114414</t>
         </is>
       </c>
       <c r="B234" s="6" t="inlineStr"/>
       <c r="C234" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D234" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E234" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F234" s="9" t="inlineStr">
         <is>
-          <t>10 281,00 ₽</t>
+          <t>10 384,00 ₽</t>
         </is>
       </c>
       <c r="G234" s="9" t="inlineStr">
         <is>
-          <t>9 767,00 ₽</t>
+          <t>9 865,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="6" t="inlineStr">
         <is>
-          <t>111642</t>
+          <t>111474</t>
         </is>
       </c>
       <c r="B235" s="6" t="inlineStr"/>
       <c r="C235" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D235" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E235" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F235" s="9" t="inlineStr">
         <is>
           <t>7 716,00 ₽</t>
         </is>
       </c>
       <c r="G235" s="9" t="inlineStr">
         <is>
           <t>7 331,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="6" t="inlineStr">
         <is>
-          <t>111474</t>
+          <t>111642</t>
         </is>
       </c>
       <c r="B236" s="6" t="inlineStr"/>
       <c r="C236" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D236" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E236" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F236" s="9" t="inlineStr">
         <is>
           <t>7 716,00 ₽</t>
         </is>
       </c>
       <c r="G236" s="9" t="inlineStr">
         <is>
@@ -8349,84 +8349,84 @@
       </c>
       <c r="D237" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E237" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F237" s="9" t="inlineStr">
         <is>
           <t>6 350,00 ₽</t>
         </is>
       </c>
       <c r="G237" s="9" t="inlineStr">
         <is>
           <t>6 033,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="6" t="inlineStr">
         <is>
-          <t>114262</t>
+          <t>114406</t>
         </is>
       </c>
       <c r="B238" s="6" t="inlineStr"/>
       <c r="C238" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D238" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E238" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F238" s="9" t="inlineStr">
         <is>
           <t>7 642,00 ₽</t>
         </is>
       </c>
       <c r="G238" s="9" t="inlineStr">
         <is>
           <t>7 260,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="6" t="inlineStr">
         <is>
-          <t>114406</t>
+          <t>114262</t>
         </is>
       </c>
       <c r="B239" s="6" t="inlineStr"/>
       <c r="C239" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D239" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E239" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F239" s="9" t="inlineStr">
         <is>
           <t>7 642,00 ₽</t>
         </is>
       </c>
       <c r="G239" s="9" t="inlineStr">
         <is>
@@ -8448,110 +8448,110 @@
       </c>
       <c r="D240" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E240" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F240" s="9" t="inlineStr">
         <is>
           <t>6 350,00 ₽</t>
         </is>
       </c>
       <c r="G240" s="9" t="inlineStr">
         <is>
           <t>6 033,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="6" t="inlineStr">
         <is>
-          <t>114415</t>
+          <t>114271</t>
         </is>
       </c>
       <c r="B241" s="6" t="inlineStr"/>
       <c r="C241" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D241" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E241" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F241" s="9" t="inlineStr">
         <is>
-          <t>10 384,00 ₽</t>
+          <t>10 281,00 ₽</t>
         </is>
       </c>
       <c r="G241" s="9" t="inlineStr">
         <is>
-          <t>9 865,00 ₽</t>
+          <t>9 767,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="6" t="inlineStr">
         <is>
-          <t>114271</t>
+          <t>114415</t>
         </is>
       </c>
       <c r="B242" s="6" t="inlineStr"/>
       <c r="C242" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D242" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E242" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F242" s="9" t="inlineStr">
         <is>
-          <t>10 281,00 ₽</t>
+          <t>10 384,00 ₽</t>
         </is>
       </c>
       <c r="G242" s="9" t="inlineStr">
         <is>
-          <t>9 767,00 ₽</t>
+          <t>9 865,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="6" t="inlineStr">
         <is>
           <t>111643</t>
         </is>
       </c>
       <c r="B243" s="6" t="inlineStr"/>
       <c r="C243" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D243" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E243" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -8844,84 +8844,84 @@
       </c>
       <c r="D252" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E252" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F252" s="9" t="inlineStr">
         <is>
           <t>13 308,00 ₽</t>
         </is>
       </c>
       <c r="G252" s="9" t="inlineStr">
         <is>
           <t>12 643,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="6" t="inlineStr">
         <is>
-          <t>111478</t>
+          <t>111646</t>
         </is>
       </c>
       <c r="B253" s="6" t="inlineStr"/>
       <c r="C253" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D253" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E253" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F253" s="9" t="inlineStr">
         <is>
           <t>10 743,00 ₽</t>
         </is>
       </c>
       <c r="G253" s="9" t="inlineStr">
         <is>
           <t>10 206,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="6" t="inlineStr">
         <is>
-          <t>111646</t>
+          <t>111478</t>
         </is>
       </c>
       <c r="B254" s="6" t="inlineStr"/>
       <c r="C254" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D254" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E254" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F254" s="9" t="inlineStr">
         <is>
           <t>10 743,00 ₽</t>
         </is>
       </c>
       <c r="G254" s="9" t="inlineStr">
         <is>
@@ -9042,84 +9042,84 @@
       </c>
       <c r="D258" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E258" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F258" s="9" t="inlineStr">
         <is>
           <t>9 377,00 ₽</t>
         </is>
       </c>
       <c r="G258" s="9" t="inlineStr">
         <is>
           <t>8 909,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="6" t="inlineStr">
         <is>
-          <t>101262</t>
+          <t>101142</t>
         </is>
       </c>
       <c r="B259" s="6" t="inlineStr"/>
       <c r="C259" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D259" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E259" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F259" s="9" t="inlineStr">
         <is>
           <t>9 211,00 ₽</t>
         </is>
       </c>
       <c r="G259" s="9" t="inlineStr">
         <is>
           <t>8 751,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="6" t="inlineStr">
         <is>
-          <t>101142</t>
+          <t>101262</t>
         </is>
       </c>
       <c r="B260" s="6" t="inlineStr"/>
       <c r="C260" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D260" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E260" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F260" s="9" t="inlineStr">
         <is>
           <t>9 211,00 ₽</t>
         </is>
       </c>
       <c r="G260" s="9" t="inlineStr">
         <is>
@@ -9174,84 +9174,84 @@
       </c>
       <c r="D262" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E262" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F262" s="9" t="inlineStr">
         <is>
           <t>13 308,00 ₽</t>
         </is>
       </c>
       <c r="G262" s="9" t="inlineStr">
         <is>
           <t>12 643,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="6" t="inlineStr">
         <is>
-          <t>111479</t>
+          <t>111647</t>
         </is>
       </c>
       <c r="B263" s="6" t="inlineStr"/>
       <c r="C263" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D263" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E263" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F263" s="9" t="inlineStr">
         <is>
           <t>10 743,00 ₽</t>
         </is>
       </c>
       <c r="G263" s="9" t="inlineStr">
         <is>
           <t>10 206,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="6" t="inlineStr">
         <is>
-          <t>111647</t>
+          <t>111479</t>
         </is>
       </c>
       <c r="B264" s="6" t="inlineStr"/>
       <c r="C264" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D264" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E264" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F264" s="9" t="inlineStr">
         <is>
           <t>10 743,00 ₽</t>
         </is>
       </c>
       <c r="G264" s="9" t="inlineStr">
         <is>
@@ -9446,176 +9446,176 @@
       </c>
       <c r="D270" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E270" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F270" s="9" t="inlineStr">
         <is>
           <t>6 737,00 ₽</t>
         </is>
       </c>
       <c r="G270" s="9" t="inlineStr">
         <is>
           <t>6 401,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="6" t="inlineStr">
         <is>
-          <t>101278</t>
+          <t>101146</t>
         </is>
       </c>
       <c r="B271" s="6" t="inlineStr"/>
       <c r="C271" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D271" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E271" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F271" s="9" t="inlineStr">
         <is>
-          <t>6 645,00 ₽</t>
+          <t>6 737,00 ₽</t>
         </is>
       </c>
       <c r="G271" s="9" t="inlineStr">
         <is>
-          <t>6 313,00 ₽</t>
+          <t>6 401,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="6" t="inlineStr">
         <is>
-          <t>101146</t>
+          <t>101278</t>
         </is>
       </c>
       <c r="B272" s="6" t="inlineStr"/>
       <c r="C272" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D272" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E272" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F272" s="9" t="inlineStr">
         <is>
-          <t>6 737,00 ₽</t>
+          <t>6 645,00 ₽</t>
         </is>
       </c>
       <c r="G272" s="9" t="inlineStr">
         <is>
-          <t>6 401,00 ₽</t>
+          <t>6 313,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="6" t="inlineStr">
         <is>
-          <t>114430</t>
+          <t>114286</t>
         </is>
       </c>
       <c r="B273" s="6" t="inlineStr"/>
       <c r="C273" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D273" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E273" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F273" s="9" t="inlineStr">
         <is>
-          <t>10 845,00 ₽</t>
+          <t>10 937,00 ₽</t>
         </is>
       </c>
       <c r="G273" s="9" t="inlineStr">
         <is>
-          <t>10 303,00 ₽</t>
+          <t>10 391,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="6" t="inlineStr">
         <is>
-          <t>114286</t>
+          <t>114430</t>
         </is>
       </c>
       <c r="B274" s="6" t="inlineStr"/>
       <c r="C274" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D274" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E274" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F274" s="9" t="inlineStr">
         <is>
-          <t>10 937,00 ₽</t>
+          <t>10 845,00 ₽</t>
         </is>
       </c>
       <c r="G274" s="9" t="inlineStr">
         <is>
-          <t>10 391,00 ₽</t>
+          <t>10 303,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="6" t="inlineStr">
         <is>
           <t>111490</t>
         </is>
       </c>
       <c r="B275" s="6" t="inlineStr"/>
       <c r="C275" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D275" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E275" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -9776,374 +9776,374 @@
       </c>
       <c r="D280" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E280" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F280" s="9" t="inlineStr">
         <is>
           <t>6 811,00 ₽</t>
         </is>
       </c>
       <c r="G280" s="9" t="inlineStr">
         <is>
           <t>6 471,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="6" t="inlineStr">
         <is>
-          <t>114287</t>
+          <t>114431</t>
         </is>
       </c>
       <c r="B281" s="6" t="inlineStr"/>
       <c r="C281" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D281" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E281" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F281" s="9" t="inlineStr">
         <is>
-          <t>10 937,00 ₽</t>
+          <t>10 845,00 ₽</t>
         </is>
       </c>
       <c r="G281" s="9" t="inlineStr">
         <is>
-          <t>10 391,00 ₽</t>
+          <t>10 303,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="6" t="inlineStr">
         <is>
-          <t>114431</t>
+          <t>114287</t>
         </is>
       </c>
       <c r="B282" s="6" t="inlineStr"/>
       <c r="C282" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D282" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E282" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F282" s="9" t="inlineStr">
         <is>
-          <t>10 845,00 ₽</t>
+          <t>10 937,00 ₽</t>
         </is>
       </c>
       <c r="G282" s="9" t="inlineStr">
         <is>
-          <t>10 303,00 ₽</t>
+          <t>10 391,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="6" t="inlineStr">
         <is>
-          <t>111659</t>
+          <t>111491</t>
         </is>
       </c>
       <c r="B283" s="6" t="inlineStr"/>
       <c r="C283" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D283" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E283" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F283" s="9" t="inlineStr">
         <is>
-          <t>8 269,00 ₽</t>
+          <t>8 177,00 ₽</t>
         </is>
       </c>
       <c r="G283" s="9" t="inlineStr">
         <is>
-          <t>7 856,00 ₽</t>
+          <t>7 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="6" t="inlineStr">
         <is>
-          <t>111491</t>
+          <t>111659</t>
         </is>
       </c>
       <c r="B284" s="6" t="inlineStr"/>
       <c r="C284" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D284" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E284" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F284" s="9" t="inlineStr">
         <is>
-          <t>8 177,00 ₽</t>
+          <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G284" s="9" t="inlineStr">
         <is>
-          <t>7 769,00 ₽</t>
+          <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="6" t="inlineStr">
         <is>
           <t>111667</t>
         </is>
       </c>
       <c r="B285" s="6" t="inlineStr"/>
       <c r="C285" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 5000 К, опал</t>
         </is>
       </c>
       <c r="D285" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E285" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F285" s="9" t="inlineStr">
         <is>
           <t>6 903,00 ₽</t>
         </is>
       </c>
       <c r="G285" s="9" t="inlineStr">
         <is>
           <t>6 558,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="6" t="inlineStr">
         <is>
-          <t>114279</t>
+          <t>114423</t>
         </is>
       </c>
       <c r="B286" s="6" t="inlineStr"/>
       <c r="C286" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D286" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E286" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F286" s="9" t="inlineStr">
         <is>
-          <t>8 195,00 ₽</t>
+          <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G286" s="9" t="inlineStr">
         <is>
-          <t>7 786,00 ₽</t>
+          <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="6" t="inlineStr">
         <is>
-          <t>114423</t>
+          <t>114279</t>
         </is>
       </c>
       <c r="B287" s="6" t="inlineStr"/>
       <c r="C287" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D287" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E287" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F287" s="9" t="inlineStr">
         <is>
-          <t>8 269,00 ₽</t>
+          <t>8 195,00 ₽</t>
         </is>
       </c>
       <c r="G287" s="9" t="inlineStr">
         <is>
-          <t>7 856,00 ₽</t>
+          <t>7 786,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="6" t="inlineStr">
         <is>
           <t>111499</t>
         </is>
       </c>
       <c r="B288" s="6" t="inlineStr"/>
       <c r="C288" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 5000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D288" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E288" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F288" s="9" t="inlineStr">
         <is>
           <t>6 811,00 ₽</t>
         </is>
       </c>
       <c r="G288" s="9" t="inlineStr">
         <is>
           <t>6 471,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="6" t="inlineStr">
         <is>
-          <t>101153</t>
+          <t>101285</t>
         </is>
       </c>
       <c r="B289" s="6" t="inlineStr"/>
       <c r="C289" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 4000 К</t>
         </is>
       </c>
       <c r="D289" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E289" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F289" s="9" t="inlineStr">
         <is>
-          <t>9 323,00 ₽</t>
+          <t>9 672,00 ₽</t>
         </is>
       </c>
       <c r="G289" s="9" t="inlineStr">
         <is>
-          <t>8 857,00 ₽</t>
+          <t>9 189,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="6" t="inlineStr">
         <is>
-          <t>101285</t>
+          <t>101153</t>
         </is>
       </c>
       <c r="B290" s="6" t="inlineStr"/>
       <c r="C290" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 4000 К</t>
         </is>
       </c>
       <c r="D290" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E290" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F290" s="9" t="inlineStr">
         <is>
-          <t>9 672,00 ₽</t>
+          <t>9 323,00 ₽</t>
         </is>
       </c>
       <c r="G290" s="9" t="inlineStr">
         <is>
-          <t>9 189,00 ₽</t>
+          <t>8 857,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="6" t="inlineStr">
         <is>
           <t>114434</t>
         </is>
       </c>
       <c r="B291" s="6" t="inlineStr"/>
       <c r="C291" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D291" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E291" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -10502,448 +10502,448 @@
       </c>
       <c r="D302" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E302" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F302" s="9" t="inlineStr">
         <is>
           <t>13 872,00 ₽</t>
         </is>
       </c>
       <c r="G302" s="9" t="inlineStr">
         <is>
           <t>13 179,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="6" t="inlineStr">
         <is>
-          <t>111495</t>
+          <t>111663</t>
         </is>
       </c>
       <c r="B303" s="6" t="inlineStr"/>
       <c r="C303" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D303" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E303" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F303" s="9" t="inlineStr">
         <is>
-          <t>11 204,00 ₽</t>
+          <t>11 296,00 ₽</t>
         </is>
       </c>
       <c r="G303" s="9" t="inlineStr">
         <is>
-          <t>10 644,00 ₽</t>
+          <t>10 732,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="6" t="inlineStr">
         <is>
-          <t>111663</t>
+          <t>111495</t>
         </is>
       </c>
       <c r="B304" s="6" t="inlineStr"/>
       <c r="C304" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D304" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E304" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F304" s="9" t="inlineStr">
         <is>
-          <t>11 296,00 ₽</t>
+          <t>11 204,00 ₽</t>
         </is>
       </c>
       <c r="G304" s="9" t="inlineStr">
         <is>
-          <t>10 732,00 ₽</t>
+          <t>10 644,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="6" t="inlineStr">
         <is>
           <t>111671</t>
         </is>
       </c>
       <c r="B305" s="6" t="inlineStr"/>
       <c r="C305" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 5000 К, опал</t>
         </is>
       </c>
       <c r="D305" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E305" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F305" s="9" t="inlineStr">
         <is>
           <t>9 930,00 ₽</t>
         </is>
       </c>
       <c r="G305" s="9" t="inlineStr">
         <is>
           <t>9 434,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="6" t="inlineStr">
         <is>
-          <t>114283</t>
+          <t>114427</t>
         </is>
       </c>
       <c r="B306" s="6" t="inlineStr"/>
       <c r="C306" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D306" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E306" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F306" s="9" t="inlineStr">
         <is>
-          <t>11 222,00 ₽</t>
+          <t>11 296,00 ₽</t>
         </is>
       </c>
       <c r="G306" s="9" t="inlineStr">
         <is>
-          <t>10 661,00 ₽</t>
+          <t>10 732,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="6" t="inlineStr">
         <is>
-          <t>114427</t>
+          <t>114283</t>
         </is>
       </c>
       <c r="B307" s="6" t="inlineStr"/>
       <c r="C307" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D307" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E307" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F307" s="9" t="inlineStr">
         <is>
-          <t>11 296,00 ₽</t>
+          <t>11 222,00 ₽</t>
         </is>
       </c>
       <c r="G307" s="9" t="inlineStr">
         <is>
-          <t>10 732,00 ₽</t>
+          <t>10 661,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="6" t="inlineStr">
         <is>
           <t>111503</t>
         </is>
       </c>
       <c r="B308" s="6" t="inlineStr"/>
       <c r="C308" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 5000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D308" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E308" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F308" s="9" t="inlineStr">
         <is>
           <t>9 838,00 ₽</t>
         </is>
       </c>
       <c r="G308" s="9" t="inlineStr">
         <is>
           <t>9 347,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="6" t="inlineStr">
         <is>
-          <t>101156</t>
+          <t>111505</t>
         </is>
       </c>
       <c r="B309" s="6" t="inlineStr">
         <is>
           <t>ССдО 03-070-003 IP20</t>
         </is>
       </c>
       <c r="C309" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, 5000 К</t>
         </is>
       </c>
       <c r="D309" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E309" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F309" s="9" t="inlineStr">
         <is>
-          <t>7 660,00 ₽</t>
+          <t>7 549,00 ₽</t>
         </is>
       </c>
       <c r="G309" s="9" t="inlineStr">
         <is>
-          <t>7 277,00 ₽</t>
+          <t>7 172,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="6" t="inlineStr">
         <is>
-          <t>111505</t>
+          <t>101156</t>
         </is>
       </c>
       <c r="B310" s="6" t="inlineStr">
         <is>
           <t>ССдО 03-070-003 IP20</t>
         </is>
       </c>
       <c r="C310" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, 5000 К</t>
         </is>
       </c>
       <c r="D310" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E310" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F310" s="9" t="inlineStr">
         <is>
-          <t>7 549,00 ₽</t>
+          <t>7 660,00 ₽</t>
         </is>
       </c>
       <c r="G310" s="9" t="inlineStr">
         <is>
-          <t>7 172,00 ₽</t>
+          <t>7 277,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="6" t="inlineStr">
         <is>
-          <t>101158</t>
+          <t>111507</t>
         </is>
       </c>
       <c r="B311" s="6" t="inlineStr"/>
       <c r="C311" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D311" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E311" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F311" s="9" t="inlineStr">
         <is>
-          <t>7 660,00 ₽</t>
+          <t>7 549,00 ₽</t>
         </is>
       </c>
       <c r="G311" s="9" t="inlineStr">
         <is>
-          <t>7 277,00 ₽</t>
+          <t>7 172,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="6" t="inlineStr">
         <is>
-          <t>111507</t>
+          <t>101158</t>
         </is>
       </c>
       <c r="B312" s="6" t="inlineStr"/>
       <c r="C312" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D312" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E312" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F312" s="9" t="inlineStr">
         <is>
-          <t>7 549,00 ₽</t>
+          <t>7 660,00 ₽</t>
         </is>
       </c>
       <c r="G312" s="9" t="inlineStr">
         <is>
-          <t>7 172,00 ₽</t>
+          <t>7 277,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="6" t="inlineStr">
         <is>
-          <t>114302</t>
+          <t>114446</t>
         </is>
       </c>
       <c r="B313" s="6" t="inlineStr"/>
       <c r="C313" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D313" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E313" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F313" s="9" t="inlineStr">
         <is>
-          <t>11 860,00 ₽</t>
+          <t>11 749,00 ₽</t>
         </is>
       </c>
       <c r="G313" s="9" t="inlineStr">
         <is>
-          <t>11 267,00 ₽</t>
+          <t>11 162,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="6" t="inlineStr">
         <is>
-          <t>114446</t>
+          <t>114302</t>
         </is>
       </c>
       <c r="B314" s="6" t="inlineStr"/>
       <c r="C314" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D314" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E314" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F314" s="9" t="inlineStr">
         <is>
-          <t>11 749,00 ₽</t>
+          <t>11 860,00 ₽</t>
         </is>
       </c>
       <c r="G314" s="9" t="inlineStr">
         <is>
-          <t>11 162,00 ₽</t>
+          <t>11 267,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="6" t="inlineStr">
         <is>
           <t>111514</t>
         </is>
       </c>
       <c r="B315" s="6" t="inlineStr"/>
       <c r="C315" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D315" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E315" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -11170,110 +11170,110 @@
       </c>
       <c r="D322" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E322" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F322" s="9" t="inlineStr">
         <is>
           <t>11 749,00 ₽</t>
         </is>
       </c>
       <c r="G322" s="9" t="inlineStr">
         <is>
           <t>11 162,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="6" t="inlineStr">
         <is>
-          <t>111675</t>
+          <t>111515</t>
         </is>
       </c>
       <c r="B323" s="6" t="inlineStr"/>
       <c r="C323" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D323" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E323" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F323" s="9" t="inlineStr">
         <is>
-          <t>9 192,00 ₽</t>
+          <t>9 081,00 ₽</t>
         </is>
       </c>
       <c r="G323" s="9" t="inlineStr">
         <is>
-          <t>8 733,00 ₽</t>
+          <t>8 627,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="6" t="inlineStr">
         <is>
-          <t>111515</t>
+          <t>111675</t>
         </is>
       </c>
       <c r="B324" s="6" t="inlineStr"/>
       <c r="C324" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D324" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E324" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F324" s="9" t="inlineStr">
         <is>
-          <t>9 081,00 ₽</t>
+          <t>9 192,00 ₽</t>
         </is>
       </c>
       <c r="G324" s="9" t="inlineStr">
         <is>
-          <t>8 627,00 ₽</t>
+          <t>8 733,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="6" t="inlineStr">
         <is>
           <t>111683</t>
         </is>
       </c>
       <c r="B325" s="6" t="inlineStr"/>
       <c r="C325" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 5000 К, опал</t>
         </is>
       </c>
       <c r="D325" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E325" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -11434,176 +11434,176 @@
       </c>
       <c r="D330" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E330" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F330" s="9" t="inlineStr">
         <is>
           <t>10 576,00 ₽</t>
         </is>
       </c>
       <c r="G330" s="9" t="inlineStr">
         <is>
           <t>10 048,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="6" t="inlineStr">
         <is>
-          <t>114306</t>
+          <t>114450</t>
         </is>
       </c>
       <c r="B331" s="6" t="inlineStr"/>
       <c r="C331" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D331" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E331" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F331" s="9" t="inlineStr">
         <is>
-          <t>14 887,00 ₽</t>
+          <t>14 776,00 ₽</t>
         </is>
       </c>
       <c r="G331" s="9" t="inlineStr">
         <is>
-          <t>14 143,00 ₽</t>
+          <t>14 038,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="6" t="inlineStr">
         <is>
-          <t>114450</t>
+          <t>114306</t>
         </is>
       </c>
       <c r="B332" s="6" t="inlineStr"/>
       <c r="C332" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D332" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E332" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F332" s="9" t="inlineStr">
         <is>
-          <t>14 776,00 ₽</t>
+          <t>14 887,00 ₽</t>
         </is>
       </c>
       <c r="G332" s="9" t="inlineStr">
         <is>
-          <t>14 038,00 ₽</t>
+          <t>14 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="6" t="inlineStr">
         <is>
-          <t>111518</t>
+          <t>111678</t>
         </is>
       </c>
       <c r="B333" s="6" t="inlineStr"/>
       <c r="C333" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D333" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E333" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F333" s="9" t="inlineStr">
         <is>
-          <t>12 108,00 ₽</t>
+          <t>12 219,00 ₽</t>
         </is>
       </c>
       <c r="G333" s="9" t="inlineStr">
         <is>
-          <t>11 503,00 ₽</t>
+          <t>11 609,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="6" t="inlineStr">
         <is>
-          <t>111678</t>
+          <t>111518</t>
         </is>
       </c>
       <c r="B334" s="6" t="inlineStr"/>
       <c r="C334" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D334" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E334" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F334" s="9" t="inlineStr">
         <is>
-          <t>12 219,00 ₽</t>
+          <t>12 108,00 ₽</t>
         </is>
       </c>
       <c r="G334" s="9" t="inlineStr">
         <is>
-          <t>11 609,00 ₽</t>
+          <t>11 503,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="6" t="inlineStr">
         <is>
           <t>111686</t>
         </is>
       </c>
       <c r="B335" s="6" t="inlineStr"/>
       <c r="C335" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 4000 К, опал</t>
         </is>
       </c>
       <c r="D335" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E335" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -11698,110 +11698,110 @@
       </c>
       <c r="D338" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E338" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F338" s="9" t="inlineStr">
         <is>
           <t>10 742,00 ₽</t>
         </is>
       </c>
       <c r="G338" s="9" t="inlineStr">
         <is>
           <t>10 205,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="6" t="inlineStr">
         <is>
-          <t>101166</t>
+          <t>111511</t>
         </is>
       </c>
       <c r="B339" s="6" t="inlineStr"/>
       <c r="C339" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D339" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E339" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F339" s="9" t="inlineStr">
         <is>
-          <t>10 687,00 ₽</t>
+          <t>10 576,00 ₽</t>
         </is>
       </c>
       <c r="G339" s="9" t="inlineStr">
         <is>
-          <t>10 153,00 ₽</t>
+          <t>10 048,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="6" t="inlineStr">
         <is>
-          <t>111511</t>
+          <t>101166</t>
         </is>
       </c>
       <c r="B340" s="6" t="inlineStr"/>
       <c r="C340" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D340" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E340" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F340" s="9" t="inlineStr">
         <is>
-          <t>10 576,00 ₽</t>
+          <t>10 687,00 ₽</t>
         </is>
       </c>
       <c r="G340" s="9" t="inlineStr">
         <is>
-          <t>10 048,00 ₽</t>
+          <t>10 153,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="6" t="inlineStr">
         <is>
           <t>114307</t>
         </is>
       </c>
       <c r="B341" s="6" t="inlineStr"/>
       <c r="C341" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D341" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E341" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -11830,110 +11830,110 @@
       </c>
       <c r="D342" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E342" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F342" s="9" t="inlineStr">
         <is>
           <t>14 776,00 ₽</t>
         </is>
       </c>
       <c r="G342" s="9" t="inlineStr">
         <is>
           <t>14 038,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="6" t="inlineStr">
         <is>
-          <t>111679</t>
+          <t>111519</t>
         </is>
       </c>
       <c r="B343" s="6" t="inlineStr"/>
       <c r="C343" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D343" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E343" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F343" s="9" t="inlineStr">
         <is>
-          <t>12 219,00 ₽</t>
+          <t>12 108,00 ₽</t>
         </is>
       </c>
       <c r="G343" s="9" t="inlineStr">
         <is>
-          <t>11 609,00 ₽</t>
+          <t>11 503,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="6" t="inlineStr">
         <is>
-          <t>111519</t>
+          <t>111679</t>
         </is>
       </c>
       <c r="B344" s="6" t="inlineStr"/>
       <c r="C344" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D344" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E344" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F344" s="9" t="inlineStr">
         <is>
-          <t>12 108,00 ₽</t>
+          <t>12 219,00 ₽</t>
         </is>
       </c>
       <c r="G344" s="9" t="inlineStr">
         <is>
-          <t>11 503,00 ₽</t>
+          <t>11 609,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="6" t="inlineStr">
         <is>
           <t>111687</t>
         </is>
       </c>
       <c r="B345" s="6" t="inlineStr"/>
       <c r="C345" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К, опал</t>
         </is>
       </c>
       <c r="D345" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E345" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -12028,250 +12028,250 @@
       </c>
       <c r="D348" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E348" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F348" s="9" t="inlineStr">
         <is>
           <t>10 742,00 ₽</t>
         </is>
       </c>
       <c r="G348" s="9" t="inlineStr">
         <is>
           <t>10 205,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="6" t="inlineStr">
         <is>
-          <t>111729</t>
+          <t>111529</t>
         </is>
       </c>
       <c r="B349" s="6" t="inlineStr">
         <is>
           <t>ССдО 03-080-003 IP20</t>
         </is>
       </c>
       <c r="C349" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, 5000 К</t>
         </is>
       </c>
       <c r="D349" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E349" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F349" s="9" t="inlineStr">
         <is>
-          <t>8 768,00 ₽</t>
+          <t>8 656,00 ₽</t>
         </is>
       </c>
       <c r="G349" s="9" t="inlineStr">
         <is>
-          <t>8 330,00 ₽</t>
+          <t>8 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="6" t="inlineStr">
         <is>
-          <t>111529</t>
+          <t>111729</t>
         </is>
       </c>
       <c r="B350" s="6" t="inlineStr">
         <is>
           <t>ССдО 03-080-003 IP20</t>
         </is>
       </c>
       <c r="C350" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, 5000 К</t>
         </is>
       </c>
       <c r="D350" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E350" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F350" s="9" t="inlineStr">
         <is>
-          <t>8 656,00 ₽</t>
+          <t>8 768,00 ₽</t>
         </is>
       </c>
       <c r="G350" s="9" t="inlineStr">
         <is>
-          <t>8 224,00 ₽</t>
+          <t>8 330,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="6" t="inlineStr">
         <is>
-          <t>111531</t>
+          <t>111731</t>
         </is>
       </c>
       <c r="B351" s="6" t="inlineStr"/>
       <c r="C351" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D351" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E351" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F351" s="9" t="inlineStr">
         <is>
-          <t>8 656,00 ₽</t>
+          <t>8 768,00 ₽</t>
         </is>
       </c>
       <c r="G351" s="9" t="inlineStr">
         <is>
-          <t>8 224,00 ₽</t>
+          <t>8 330,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="6" t="inlineStr">
         <is>
-          <t>111731</t>
+          <t>111531</t>
         </is>
       </c>
       <c r="B352" s="6" t="inlineStr"/>
       <c r="C352" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D352" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E352" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F352" s="9" t="inlineStr">
         <is>
-          <t>8 768,00 ₽</t>
+          <t>8 656,00 ₽</t>
         </is>
       </c>
       <c r="G352" s="9" t="inlineStr">
         <is>
-          <t>8 330,00 ₽</t>
+          <t>8 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="6" t="inlineStr">
         <is>
-          <t>114462</t>
+          <t>114318</t>
         </is>
       </c>
       <c r="B353" s="6" t="inlineStr"/>
       <c r="C353" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D353" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E353" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F353" s="9" t="inlineStr">
         <is>
-          <t>12 856,00 ₽</t>
+          <t>12 968,00 ₽</t>
         </is>
       </c>
       <c r="G353" s="9" t="inlineStr">
         <is>
-          <t>12 214,00 ₽</t>
+          <t>12 320,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="6" t="inlineStr">
         <is>
-          <t>114318</t>
+          <t>114462</t>
         </is>
       </c>
       <c r="B354" s="6" t="inlineStr"/>
       <c r="C354" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D354" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E354" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F354" s="9" t="inlineStr">
         <is>
-          <t>12 968,00 ₽</t>
+          <t>12 856,00 ₽</t>
         </is>
       </c>
       <c r="G354" s="9" t="inlineStr">
         <is>
-          <t>12 320,00 ₽</t>
+          <t>12 214,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="6" t="inlineStr">
         <is>
           <t>111538</t>
         </is>
       </c>
       <c r="B355" s="6" t="inlineStr"/>
       <c r="C355" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D355" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E355" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -12432,110 +12432,110 @@
       </c>
       <c r="D360" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E360" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F360" s="9" t="inlineStr">
         <is>
           <t>8 822,00 ₽</t>
         </is>
       </c>
       <c r="G360" s="9" t="inlineStr">
         <is>
           <t>8 381,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="6" t="inlineStr">
         <is>
-          <t>114463</t>
+          <t>114319</t>
         </is>
       </c>
       <c r="B361" s="6" t="inlineStr"/>
       <c r="C361" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D361" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E361" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F361" s="9" t="inlineStr">
         <is>
-          <t>12 856,00 ₽</t>
+          <t>12 968,00 ₽</t>
         </is>
       </c>
       <c r="G361" s="9" t="inlineStr">
         <is>
-          <t>12 214,00 ₽</t>
+          <t>12 320,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="6" t="inlineStr">
         <is>
-          <t>114319</t>
+          <t>114463</t>
         </is>
       </c>
       <c r="B362" s="6" t="inlineStr"/>
       <c r="C362" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D362" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E362" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F362" s="9" t="inlineStr">
         <is>
-          <t>12 968,00 ₽</t>
+          <t>12 856,00 ₽</t>
         </is>
       </c>
       <c r="G362" s="9" t="inlineStr">
         <is>
-          <t>12 320,00 ₽</t>
+          <t>12 214,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="6" t="inlineStr">
         <is>
           <t>111539</t>
         </is>
       </c>
       <c r="B363" s="6" t="inlineStr"/>
       <c r="C363" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D363" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E363" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -12597,110 +12597,110 @@
       </c>
       <c r="D365" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E365" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F365" s="9" t="inlineStr">
         <is>
           <t>8 934,00 ₽</t>
         </is>
       </c>
       <c r="G365" s="9" t="inlineStr">
         <is>
           <t>8 488,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="6" t="inlineStr">
         <is>
-          <t>114311</t>
+          <t>114455</t>
         </is>
       </c>
       <c r="B366" s="6" t="inlineStr"/>
       <c r="C366" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D366" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E366" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F366" s="9" t="inlineStr">
         <is>
-          <t>10 226,00 ₽</t>
+          <t>10 114,00 ₽</t>
         </is>
       </c>
       <c r="G366" s="9" t="inlineStr">
         <is>
-          <t>9 715,00 ₽</t>
+          <t>9 609,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="6" t="inlineStr">
         <is>
-          <t>114455</t>
+          <t>114311</t>
         </is>
       </c>
       <c r="B367" s="6" t="inlineStr"/>
       <c r="C367" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D367" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E367" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F367" s="9" t="inlineStr">
         <is>
-          <t>10 114,00 ₽</t>
+          <t>10 226,00 ₽</t>
         </is>
       </c>
       <c r="G367" s="9" t="inlineStr">
         <is>
-          <t>9 609,00 ₽</t>
+          <t>9 715,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="6" t="inlineStr">
         <is>
           <t>111547</t>
         </is>
       </c>
       <c r="B368" s="6" t="inlineStr"/>
       <c r="C368" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 5000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D368" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E368" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -12762,176 +12762,176 @@
       </c>
       <c r="D370" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E370" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F370" s="9" t="inlineStr">
         <is>
           <t>11 683,00 ₽</t>
         </is>
       </c>
       <c r="G370" s="9" t="inlineStr">
         <is>
           <t>11 099,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="6" t="inlineStr">
         <is>
-          <t>114466</t>
+          <t>114322</t>
         </is>
       </c>
       <c r="B371" s="6" t="inlineStr"/>
       <c r="C371" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D371" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E371" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F371" s="9" t="inlineStr">
         <is>
-          <t>15 883,00 ₽</t>
+          <t>15 995,00 ₽</t>
         </is>
       </c>
       <c r="G371" s="9" t="inlineStr">
         <is>
-          <t>15 089,00 ₽</t>
+          <t>15 196,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="6" t="inlineStr">
         <is>
-          <t>114322</t>
+          <t>114466</t>
         </is>
       </c>
       <c r="B372" s="6" t="inlineStr"/>
       <c r="C372" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D372" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E372" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F372" s="9" t="inlineStr">
         <is>
-          <t>15 995,00 ₽</t>
+          <t>15 883,00 ₽</t>
         </is>
       </c>
       <c r="G372" s="9" t="inlineStr">
         <is>
-          <t>15 196,00 ₽</t>
+          <t>15 089,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="6" t="inlineStr">
         <is>
-          <t>111542</t>
+          <t>111742</t>
         </is>
       </c>
       <c r="B373" s="6" t="inlineStr"/>
       <c r="C373" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D373" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E373" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F373" s="9" t="inlineStr">
         <is>
-          <t>13 215,00 ₽</t>
+          <t>13 327,00 ₽</t>
         </is>
       </c>
       <c r="G373" s="9" t="inlineStr">
         <is>
-          <t>12 555,00 ₽</t>
+          <t>12 661,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="6" t="inlineStr">
         <is>
-          <t>111742</t>
+          <t>111542</t>
         </is>
       </c>
       <c r="B374" s="6" t="inlineStr"/>
       <c r="C374" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D374" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E374" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F374" s="9" t="inlineStr">
         <is>
-          <t>13 327,00 ₽</t>
+          <t>13 215,00 ₽</t>
         </is>
       </c>
       <c r="G374" s="9" t="inlineStr">
         <is>
-          <t>12 661,00 ₽</t>
+          <t>12 555,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="6" t="inlineStr">
         <is>
           <t>111750</t>
         </is>
       </c>
       <c r="B375" s="6" t="inlineStr"/>
       <c r="C375" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 4000 К, опал</t>
         </is>
       </c>
       <c r="D375" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E375" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -13092,275 +13092,275 @@
       </c>
       <c r="D380" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E380" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F380" s="9" t="inlineStr">
         <is>
           <t>11 683,00 ₽</t>
         </is>
       </c>
       <c r="G380" s="9" t="inlineStr">
         <is>
           <t>11 099,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="6" t="inlineStr">
         <is>
-          <t>114467</t>
+          <t>114323</t>
         </is>
       </c>
       <c r="B381" s="6" t="inlineStr"/>
       <c r="C381" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D381" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E381" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F381" s="9" t="inlineStr">
         <is>
-          <t>15 883,00 ₽</t>
+          <t>15 995,00 ₽</t>
         </is>
       </c>
       <c r="G381" s="9" t="inlineStr">
         <is>
-          <t>15 089,00 ₽</t>
+          <t>15 196,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="6" t="inlineStr">
         <is>
-          <t>114323</t>
+          <t>114467</t>
         </is>
       </c>
       <c r="B382" s="6" t="inlineStr"/>
       <c r="C382" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D382" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E382" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F382" s="9" t="inlineStr">
         <is>
-          <t>15 995,00 ₽</t>
+          <t>15 883,00 ₽</t>
         </is>
       </c>
       <c r="G382" s="9" t="inlineStr">
         <is>
-          <t>15 196,00 ₽</t>
+          <t>15 089,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="6" t="inlineStr">
         <is>
-          <t>111743</t>
+          <t>111543</t>
         </is>
       </c>
       <c r="B383" s="6" t="inlineStr"/>
       <c r="C383" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D383" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E383" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F383" s="9" t="inlineStr">
         <is>
-          <t>13 327,00 ₽</t>
+          <t>13 215,00 ₽</t>
         </is>
       </c>
       <c r="G383" s="9" t="inlineStr">
         <is>
-          <t>12 661,00 ₽</t>
+          <t>12 555,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="6" t="inlineStr">
         <is>
-          <t>111543</t>
+          <t>111743</t>
         </is>
       </c>
       <c r="B384" s="6" t="inlineStr"/>
       <c r="C384" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D384" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E384" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F384" s="9" t="inlineStr">
         <is>
-          <t>13 215,00 ₽</t>
+          <t>13 327,00 ₽</t>
         </is>
       </c>
       <c r="G384" s="9" t="inlineStr">
         <is>
-          <t>12 555,00 ₽</t>
+          <t>12 661,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="6" t="inlineStr">
         <is>
           <t>111751</t>
         </is>
       </c>
       <c r="B385" s="6" t="inlineStr"/>
       <c r="C385" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К, опал</t>
         </is>
       </c>
       <c r="D385" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E385" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F385" s="9" t="inlineStr">
         <is>
           <t>11 961,00 ₽</t>
         </is>
       </c>
       <c r="G385" s="9" t="inlineStr">
         <is>
           <t>11 363,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="6" t="inlineStr">
         <is>
-          <t>114315</t>
+          <t>114459</t>
         </is>
       </c>
       <c r="B386" s="6" t="inlineStr"/>
       <c r="C386" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D386" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E386" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F386" s="9" t="inlineStr">
         <is>
-          <t>13 253,00 ₽</t>
+          <t>13 141,00 ₽</t>
         </is>
       </c>
       <c r="G386" s="9" t="inlineStr">
         <is>
-          <t>12 591,00 ₽</t>
+          <t>12 484,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="6" t="inlineStr">
         <is>
-          <t>114459</t>
+          <t>114315</t>
         </is>
       </c>
       <c r="B387" s="6" t="inlineStr"/>
       <c r="C387" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D387" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E387" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F387" s="9" t="inlineStr">
         <is>
-          <t>13 141,00 ₽</t>
+          <t>13 253,00 ₽</t>
         </is>
       </c>
       <c r="G387" s="9" t="inlineStr">
         <is>
-          <t>12 484,00 ₽</t>
+          <t>12 591,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="6" t="inlineStr">
         <is>
           <t>111551</t>
         </is>
       </c>
       <c r="B388" s="6" t="inlineStr"/>
       <c r="C388" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D388" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E388" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>