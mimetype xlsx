--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -415,101 +415,101 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/xlsx/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mglass/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mp/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-oppol/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-op/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mglass/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mp/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-oppol/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-op/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mglass/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mp/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mp/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-op/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-oppol/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-op/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mglass/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mp/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mp/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-op/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-oppol/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-op/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mglass/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mp/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mp/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-op/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-oppol/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-op/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mglass/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mp/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mp/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-op/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-oppol/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-op/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mp/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-op/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mp/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-op/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mglass/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-mp/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mp/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-op/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-oppol/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-op/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mglass/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-mp/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mp/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-op/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-oppol/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-op/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mglass/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mp/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-oppol/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-op/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mglass/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mp/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-oppol/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-op/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mglass/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mp/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mp/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-op/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-oppol/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-op/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mglass/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mp/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mp/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-op/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-oppol/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-op/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mglass/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mp/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mp/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-op/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-oppol/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-op/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mglass/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mp/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mp/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-op/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-oppol/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-op/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mglass/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mglass/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mp/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mp/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-op/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-oppol/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-oppol/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-op/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mglass/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mglass/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mp/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mp/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-op/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-oppol/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-oppol/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-op/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mglass/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mp/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mp/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-op/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-oppol/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-op/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mglass/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mp/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mp/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-op/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-oppol/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-op/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mglass/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mp/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-oppol/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-op/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mglass/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mp/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-oppol/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-op/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId180"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/xlsx/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mglass/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mp/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-oppol/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-op/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mglass/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mp/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-oppol/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-op/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mglass/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mp/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mp/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-op/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-oppol/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-op/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mglass/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mp/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mp/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-op/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-oppol/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-op/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mglass/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mp/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mp/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-op/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-oppol/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-op/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mglass/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mp/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mp/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-op/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-oppol/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-op/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mp/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-op/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mp/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-op/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mglass/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-mp/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mp/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-op/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-oppol/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-op/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mglass/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-mp/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mp/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-op/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-oppol/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-op/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mglass/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mp/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-oppol/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-op/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mglass/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mp/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-oppol/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-op/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mglass/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mp/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mp/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-op/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-oppol/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-op/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mglass/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mp/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mp/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-op/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-oppol/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-op/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mglass/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mp/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mp/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-op/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-oppol/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-op/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mglass/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mp/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mp/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-op/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-oppol/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-op/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mglass/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mglass/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mp/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mp/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-op/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-oppol/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-oppol/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-op/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mglass/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mglass/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mp/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mp/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-op/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-oppol/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-oppol/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-op/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mglass/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mp/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mp/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-op/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-oppol/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-op/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mglass/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mp/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mp/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-op/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-oppol/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-op/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mglass/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mp/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-oppol/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-op/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mglass/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mp/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-oppol/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-op/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId180"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:G183"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="8" customWidth="1" min="1" max="1"/>
     <col width="30" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
     <col width="40" customWidth="1" min="4" max="4"/>
     <col width="10" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
     <col width="20" customWidth="1" min="7" max="7"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-22 22:51</t>
+          <t>2025-12-21 23:49</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Показаны только результаты, подходящие под установленные во время скачивания фильтры. Для скачивания прайс-листа на все товары категории - щёлкните на этот текст.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>ОФИСНЫЕ СВЕТОДИОДНЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="5" t="inlineStr">
         <is>
@@ -853,176 +853,176 @@
       </c>
       <c r="D17" s="8" t="inlineStr">
         <is>
           <t>100 Вт, 13125 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E17" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F17" s="9" t="inlineStr">
         <is>
           <t>12 588,00 ₽</t>
         </is>
       </c>
       <c r="G17" s="9" t="inlineStr">
         <is>
           <t>11 959,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
-          <t>101085</t>
+          <t>101181</t>
         </is>
       </c>
       <c r="B18" s="6" t="inlineStr"/>
       <c r="C18" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D18" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E18" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F18" s="9" t="inlineStr">
         <is>
-          <t>5 150,00 ₽</t>
+          <t>5 076,00 ₽</t>
         </is>
       </c>
       <c r="G18" s="9" t="inlineStr">
         <is>
-          <t>4 893,00 ₽</t>
+          <t>4 823,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
-          <t>101181</t>
+          <t>101085</t>
         </is>
       </c>
       <c r="B19" s="6" t="inlineStr"/>
       <c r="C19" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D19" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E19" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F19" s="9" t="inlineStr">
         <is>
-          <t>5 076,00 ₽</t>
+          <t>5 150,00 ₽</t>
         </is>
       </c>
       <c r="G19" s="9" t="inlineStr">
         <is>
-          <t>4 823,00 ₽</t>
+          <t>4 893,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
-          <t>114333</t>
+          <t>114205</t>
         </is>
       </c>
       <c r="B20" s="6" t="inlineStr"/>
       <c r="C20" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D20" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E20" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F20" s="9" t="inlineStr">
         <is>
-          <t>9 276,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G20" s="9" t="inlineStr">
         <is>
-          <t>8 813,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
-          <t>114205</t>
+          <t>114333</t>
         </is>
       </c>
       <c r="B21" s="6" t="inlineStr"/>
       <c r="C21" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D21" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E21" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F21" s="9" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 276,00 ₽</t>
         </is>
       </c>
       <c r="G21" s="9" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>8 813,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
           <t>111393</t>
         </is>
       </c>
       <c r="B22" s="6" t="inlineStr"/>
       <c r="C22" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D22" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E22" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -1084,275 +1084,275 @@
       </c>
       <c r="D24" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E24" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F24" s="9" t="inlineStr">
         <is>
           <t>5 316,00 ₽</t>
         </is>
       </c>
       <c r="G24" s="9" t="inlineStr">
         <is>
           <t>5 051,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
-          <t>114197</t>
+          <t>114325</t>
         </is>
       </c>
       <c r="B25" s="6" t="inlineStr"/>
       <c r="C25" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D25" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E25" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F25" s="9" t="inlineStr">
         <is>
-          <t>6 608,00 ₽</t>
+          <t>6 534,00 ₽</t>
         </is>
       </c>
       <c r="G25" s="9" t="inlineStr">
         <is>
-          <t>6 278,00 ₽</t>
+          <t>6 208,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
-          <t>114325</t>
+          <t>114197</t>
         </is>
       </c>
       <c r="B26" s="6" t="inlineStr"/>
       <c r="C26" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D26" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E26" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F26" s="9" t="inlineStr">
         <is>
-          <t>6 534,00 ₽</t>
+          <t>6 608,00 ₽</t>
         </is>
       </c>
       <c r="G26" s="9" t="inlineStr">
         <is>
-          <t>6 208,00 ₽</t>
+          <t>6 278,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>111401</t>
         </is>
       </c>
       <c r="B27" s="6" t="inlineStr"/>
       <c r="C27" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D27" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E27" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F27" s="9" t="inlineStr">
         <is>
           <t>5 242,00 ₽</t>
         </is>
       </c>
       <c r="G27" s="9" t="inlineStr">
         <is>
           <t>4 980,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
-          <t>101188</t>
+          <t>101092</t>
         </is>
       </c>
       <c r="B28" s="6" t="inlineStr"/>
       <c r="C28" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D28" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E28" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F28" s="9" t="inlineStr">
         <is>
-          <t>8 103,00 ₽</t>
+          <t>8 177,00 ₽</t>
         </is>
       </c>
       <c r="G28" s="9" t="inlineStr">
         <is>
-          <t>7 698,00 ₽</t>
+          <t>7 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="6" t="inlineStr">
         <is>
-          <t>101092</t>
+          <t>101188</t>
         </is>
       </c>
       <c r="B29" s="6" t="inlineStr"/>
       <c r="C29" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D29" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E29" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F29" s="9" t="inlineStr">
         <is>
-          <t>8 177,00 ₽</t>
+          <t>8 103,00 ₽</t>
         </is>
       </c>
       <c r="G29" s="9" t="inlineStr">
         <is>
-          <t>7 769,00 ₽</t>
+          <t>7 698,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="6" t="inlineStr">
         <is>
-          <t>114209</t>
+          <t>114337</t>
         </is>
       </c>
       <c r="B30" s="6" t="inlineStr"/>
       <c r="C30" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D30" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E30" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F30" s="9" t="inlineStr">
         <is>
-          <t>12 172,00 ₽</t>
+          <t>12 303,00 ₽</t>
         </is>
       </c>
       <c r="G30" s="9" t="inlineStr">
         <is>
-          <t>11 564,00 ₽</t>
+          <t>11 688,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="6" t="inlineStr">
         <is>
-          <t>114337</t>
+          <t>114209</t>
         </is>
       </c>
       <c r="B31" s="6" t="inlineStr"/>
       <c r="C31" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D31" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E31" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F31" s="9" t="inlineStr">
         <is>
-          <t>12 303,00 ₽</t>
+          <t>12 172,00 ₽</t>
         </is>
       </c>
       <c r="G31" s="9" t="inlineStr">
         <is>
-          <t>11 688,00 ₽</t>
+          <t>11 564,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="inlineStr">
         <is>
           <t>111581</t>
         </is>
       </c>
       <c r="B32" s="6" t="inlineStr"/>
       <c r="C32" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D32" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E32" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -1414,209 +1414,209 @@
       </c>
       <c r="D34" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E34" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F34" s="9" t="inlineStr">
         <is>
           <t>8 343,00 ₽</t>
         </is>
       </c>
       <c r="G34" s="9" t="inlineStr">
         <is>
           <t>7 926,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="6" t="inlineStr">
         <is>
-          <t>114329</t>
+          <t>114201</t>
         </is>
       </c>
       <c r="B35" s="6" t="inlineStr"/>
       <c r="C35" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D35" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E35" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F35" s="9" t="inlineStr">
         <is>
-          <t>9 561,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G35" s="9" t="inlineStr">
         <is>
-          <t>9 083,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="6" t="inlineStr">
         <is>
-          <t>114201</t>
+          <t>114329</t>
         </is>
       </c>
       <c r="B36" s="6" t="inlineStr"/>
       <c r="C36" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D36" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E36" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F36" s="9" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 561,00 ₽</t>
         </is>
       </c>
       <c r="G36" s="9" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>9 083,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="6" t="inlineStr">
         <is>
           <t>111405</t>
         </is>
       </c>
       <c r="B37" s="6" t="inlineStr"/>
       <c r="C37" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D37" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E37" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F37" s="9" t="inlineStr">
         <is>
           <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G37" s="9" t="inlineStr">
         <is>
           <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="6" t="inlineStr">
         <is>
-          <t>101097</t>
+          <t>101205</t>
         </is>
       </c>
       <c r="B38" s="6" t="inlineStr"/>
       <c r="C38" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D38" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E38" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F38" s="9" t="inlineStr">
         <is>
-          <t>5 703,00 ₽</t>
+          <t>5 334,00 ₽</t>
         </is>
       </c>
       <c r="G38" s="9" t="inlineStr">
         <is>
-          <t>5 418,00 ₽</t>
+          <t>5 068,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="6" t="inlineStr">
         <is>
-          <t>101205</t>
+          <t>101097</t>
         </is>
       </c>
       <c r="B39" s="6" t="inlineStr"/>
       <c r="C39" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D39" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E39" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F39" s="9" t="inlineStr">
         <is>
-          <t>5 334,00 ₽</t>
+          <t>5 703,00 ₽</t>
         </is>
       </c>
       <c r="G39" s="9" t="inlineStr">
         <is>
-          <t>5 068,00 ₽</t>
+          <t>5 418,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="6" t="inlineStr">
         <is>
           <t>114221</t>
         </is>
       </c>
       <c r="B40" s="6" t="inlineStr"/>
       <c r="C40" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D40" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E40" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -1645,110 +1645,110 @@
       </c>
       <c r="D41" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E41" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F41" s="9" t="inlineStr">
         <is>
           <t>9 534,00 ₽</t>
         </is>
       </c>
       <c r="G41" s="9" t="inlineStr">
         <is>
           <t>9 058,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="6" t="inlineStr">
         <is>
-          <t>111593</t>
+          <t>111409</t>
         </is>
       </c>
       <c r="B42" s="6" t="inlineStr"/>
       <c r="C42" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D42" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E42" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F42" s="9" t="inlineStr">
         <is>
-          <t>7 235,00 ₽</t>
+          <t>6 866,00 ₽</t>
         </is>
       </c>
       <c r="G42" s="9" t="inlineStr">
         <is>
-          <t>6 874,00 ₽</t>
+          <t>6 523,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="6" t="inlineStr">
         <is>
-          <t>111409</t>
+          <t>111593</t>
         </is>
       </c>
       <c r="B43" s="6" t="inlineStr"/>
       <c r="C43" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D43" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E43" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F43" s="9" t="inlineStr">
         <is>
-          <t>6 866,00 ₽</t>
+          <t>7 235,00 ₽</t>
         </is>
       </c>
       <c r="G43" s="9" t="inlineStr">
         <is>
-          <t>6 523,00 ₽</t>
+          <t>6 874,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="6" t="inlineStr">
         <is>
           <t>111601</t>
         </is>
       </c>
       <c r="B44" s="6" t="inlineStr"/>
       <c r="C44" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К, опал</t>
         </is>
       </c>
       <c r="D44" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E44" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -2503,110 +2503,110 @@
       </c>
       <c r="D67" s="8" t="inlineStr">
         <is>
           <t>35 Вт, 4594 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E67" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F67" s="9" t="inlineStr">
         <is>
           <t>10 373,00 ₽</t>
         </is>
       </c>
       <c r="G67" s="9" t="inlineStr">
         <is>
           <t>9 855,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="6" t="inlineStr">
         <is>
-          <t>101121</t>
+          <t>101229</t>
         </is>
       </c>
       <c r="B68" s="6" t="inlineStr"/>
       <c r="C68" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D68" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E68" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F68" s="9" t="inlineStr">
         <is>
-          <t>6 072,00 ₽</t>
+          <t>5 814,00 ₽</t>
         </is>
       </c>
       <c r="G68" s="9" t="inlineStr">
         <is>
-          <t>5 769,00 ₽</t>
+          <t>5 524,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="6" t="inlineStr">
         <is>
-          <t>101229</t>
+          <t>101121</t>
         </is>
       </c>
       <c r="B69" s="6" t="inlineStr"/>
       <c r="C69" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D69" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E69" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F69" s="9" t="inlineStr">
         <is>
-          <t>5 814,00 ₽</t>
+          <t>6 072,00 ₽</t>
         </is>
       </c>
       <c r="G69" s="9" t="inlineStr">
         <is>
-          <t>5 524,00 ₽</t>
+          <t>5 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="6" t="inlineStr">
         <is>
           <t>114381</t>
         </is>
       </c>
       <c r="B70" s="6" t="inlineStr"/>
       <c r="C70" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D70" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E70" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -3427,150 +3427,150 @@
       </c>
       <c r="D95" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E95" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F95" s="9" t="inlineStr">
         <is>
           <t>6 184,00 ₽</t>
         </is>
       </c>
       <c r="G95" s="9" t="inlineStr">
         <is>
           <t>5 875,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="6" t="inlineStr">
         <is>
-          <t>114269</t>
+          <t>114413</t>
         </is>
       </c>
       <c r="B96" s="6" t="inlineStr"/>
       <c r="C96" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D96" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E96" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F96" s="9" t="inlineStr">
         <is>
-          <t>10 281,00 ₽</t>
+          <t>10 384,00 ₽</t>
         </is>
       </c>
       <c r="G96" s="9" t="inlineStr">
         <is>
-          <t>9 767,00 ₽</t>
+          <t>9 865,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="6" t="inlineStr">
         <is>
-          <t>114413</t>
+          <t>114269</t>
         </is>
       </c>
       <c r="B97" s="6" t="inlineStr"/>
       <c r="C97" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D97" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E97" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F97" s="9" t="inlineStr">
         <is>
-          <t>10 384,00 ₽</t>
+          <t>10 281,00 ₽</t>
         </is>
       </c>
       <c r="G97" s="9" t="inlineStr">
         <is>
-          <t>9 865,00 ₽</t>
+          <t>9 767,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="6" t="inlineStr">
         <is>
-          <t>111641</t>
+          <t>111473</t>
         </is>
       </c>
       <c r="B98" s="6" t="inlineStr"/>
       <c r="C98" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D98" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E98" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F98" s="9" t="inlineStr">
         <is>
           <t>7 716,00 ₽</t>
         </is>
       </c>
       <c r="G98" s="9" t="inlineStr">
         <is>
           <t>7 331,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="6" t="inlineStr">
         <is>
-          <t>111473</t>
+          <t>111641</t>
         </is>
       </c>
       <c r="B99" s="6" t="inlineStr"/>
       <c r="C99" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D99" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E99" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F99" s="9" t="inlineStr">
         <is>
           <t>7 716,00 ₽</t>
         </is>
       </c>
       <c r="G99" s="9" t="inlineStr">
         <is>
@@ -3922,84 +3922,84 @@
       </c>
       <c r="D110" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E110" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F110" s="9" t="inlineStr">
         <is>
           <t>9 377,00 ₽</t>
         </is>
       </c>
       <c r="G110" s="9" t="inlineStr">
         <is>
           <t>8 909,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="6" t="inlineStr">
         <is>
-          <t>114409</t>
+          <t>114265</t>
         </is>
       </c>
       <c r="B111" s="6" t="inlineStr"/>
       <c r="C111" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D111" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E111" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F111" s="9" t="inlineStr">
         <is>
           <t>10 669,00 ₽</t>
         </is>
       </c>
       <c r="G111" s="9" t="inlineStr">
         <is>
           <t>10 136,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="6" t="inlineStr">
         <is>
-          <t>114265</t>
+          <t>114409</t>
         </is>
       </c>
       <c r="B112" s="6" t="inlineStr"/>
       <c r="C112" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D112" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E112" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F112" s="9" t="inlineStr">
         <is>
           <t>10 669,00 ₽</t>
         </is>
       </c>
       <c r="G112" s="9" t="inlineStr">
         <is>
@@ -4087,110 +4087,110 @@
       </c>
       <c r="D115" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E115" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F115" s="9" t="inlineStr">
         <is>
           <t>6 645,00 ₽</t>
         </is>
       </c>
       <c r="G115" s="9" t="inlineStr">
         <is>
           <t>6 313,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="6" t="inlineStr">
         <is>
-          <t>114285</t>
+          <t>114429</t>
         </is>
       </c>
       <c r="B116" s="6" t="inlineStr"/>
       <c r="C116" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D116" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E116" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F116" s="9" t="inlineStr">
         <is>
-          <t>10 937,00 ₽</t>
+          <t>10 845,00 ₽</t>
         </is>
       </c>
       <c r="G116" s="9" t="inlineStr">
         <is>
-          <t>10 391,00 ₽</t>
+          <t>10 303,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="6" t="inlineStr">
         <is>
-          <t>114429</t>
+          <t>114285</t>
         </is>
       </c>
       <c r="B117" s="6" t="inlineStr"/>
       <c r="C117" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D117" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E117" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F117" s="9" t="inlineStr">
         <is>
-          <t>10 845,00 ₽</t>
+          <t>10 937,00 ₽</t>
         </is>
       </c>
       <c r="G117" s="9" t="inlineStr">
         <is>
-          <t>10 303,00 ₽</t>
+          <t>10 391,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="6" t="inlineStr">
         <is>
           <t>111489</t>
         </is>
       </c>
       <c r="B118" s="6" t="inlineStr"/>
       <c r="C118" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D118" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E118" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -4813,308 +4813,308 @@
       </c>
       <c r="D137" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E137" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F137" s="9" t="inlineStr">
         <is>
           <t>11 860,00 ₽</t>
         </is>
       </c>
       <c r="G137" s="9" t="inlineStr">
         <is>
           <t>11 267,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="6" t="inlineStr">
         <is>
-          <t>111673</t>
+          <t>111513</t>
         </is>
       </c>
       <c r="B138" s="6" t="inlineStr"/>
       <c r="C138" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D138" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E138" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F138" s="9" t="inlineStr">
         <is>
-          <t>9 192,00 ₽</t>
+          <t>9 081,00 ₽</t>
         </is>
       </c>
       <c r="G138" s="9" t="inlineStr">
         <is>
-          <t>8 733,00 ₽</t>
+          <t>8 627,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="6" t="inlineStr">
         <is>
-          <t>111513</t>
+          <t>111673</t>
         </is>
       </c>
       <c r="B139" s="6" t="inlineStr"/>
       <c r="C139" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D139" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E139" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F139" s="9" t="inlineStr">
         <is>
-          <t>9 081,00 ₽</t>
+          <t>9 192,00 ₽</t>
         </is>
       </c>
       <c r="G139" s="9" t="inlineStr">
         <is>
-          <t>8 627,00 ₽</t>
+          <t>8 733,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="6" t="inlineStr">
         <is>
           <t>111681</t>
         </is>
       </c>
       <c r="B140" s="6" t="inlineStr"/>
       <c r="C140" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, опал</t>
         </is>
       </c>
       <c r="D140" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E140" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F140" s="9" t="inlineStr">
         <is>
           <t>7 826,00 ₽</t>
         </is>
       </c>
       <c r="G140" s="9" t="inlineStr">
         <is>
           <t>7 435,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="6" t="inlineStr">
         <is>
-          <t>114293</t>
+          <t>114437</t>
         </is>
       </c>
       <c r="B141" s="6" t="inlineStr"/>
       <c r="C141" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D141" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E141" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F141" s="9" t="inlineStr">
         <is>
-          <t>9 118,00 ₽</t>
+          <t>9 007,00 ₽</t>
         </is>
       </c>
       <c r="G141" s="9" t="inlineStr">
         <is>
-          <t>8 663,00 ₽</t>
+          <t>8 557,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="6" t="inlineStr">
         <is>
-          <t>114437</t>
+          <t>114293</t>
         </is>
       </c>
       <c r="B142" s="6" t="inlineStr"/>
       <c r="C142" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D142" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E142" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F142" s="9" t="inlineStr">
         <is>
-          <t>9 007,00 ₽</t>
+          <t>9 118,00 ₽</t>
         </is>
       </c>
       <c r="G142" s="9" t="inlineStr">
         <is>
-          <t>8 557,00 ₽</t>
+          <t>8 663,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="6" t="inlineStr">
         <is>
           <t>111521</t>
         </is>
       </c>
       <c r="B143" s="6" t="inlineStr"/>
       <c r="C143" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D143" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E143" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F143" s="9" t="inlineStr">
         <is>
           <t>7 715,00 ₽</t>
         </is>
       </c>
       <c r="G143" s="9" t="inlineStr">
         <is>
           <t>7 330,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="6" t="inlineStr">
         <is>
-          <t>111509</t>
+          <t>101164</t>
         </is>
       </c>
       <c r="B144" s="6" t="inlineStr"/>
       <c r="C144" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D144" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E144" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F144" s="9" t="inlineStr">
         <is>
-          <t>10 576,00 ₽</t>
+          <t>10 687,00 ₽</t>
         </is>
       </c>
       <c r="G144" s="9" t="inlineStr">
         <is>
-          <t>10 048,00 ₽</t>
+          <t>10 153,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="6" t="inlineStr">
         <is>
-          <t>101164</t>
+          <t>111509</t>
         </is>
       </c>
       <c r="B145" s="6" t="inlineStr"/>
       <c r="C145" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D145" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E145" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F145" s="9" t="inlineStr">
         <is>
-          <t>10 687,00 ₽</t>
+          <t>10 576,00 ₽</t>
         </is>
       </c>
       <c r="G145" s="9" t="inlineStr">
         <is>
-          <t>10 153,00 ₽</t>
+          <t>10 048,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="6" t="inlineStr">
         <is>
           <t>114449</t>
         </is>
       </c>
       <c r="B146" s="6" t="inlineStr"/>
       <c r="C146" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D146" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E146" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -5242,209 +5242,209 @@
       </c>
       <c r="D150" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E150" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F150" s="9" t="inlineStr">
         <is>
           <t>10 853,00 ₽</t>
         </is>
       </c>
       <c r="G150" s="9" t="inlineStr">
         <is>
           <t>10 311,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="6" t="inlineStr">
         <is>
-          <t>114297</t>
+          <t>114441</t>
         </is>
       </c>
       <c r="B151" s="6" t="inlineStr"/>
       <c r="C151" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D151" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E151" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F151" s="9" t="inlineStr">
         <is>
-          <t>12 145,00 ₽</t>
+          <t>12 034,00 ₽</t>
         </is>
       </c>
       <c r="G151" s="9" t="inlineStr">
         <is>
-          <t>11 538,00 ₽</t>
+          <t>11 433,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="6" t="inlineStr">
         <is>
-          <t>114441</t>
+          <t>114297</t>
         </is>
       </c>
       <c r="B152" s="6" t="inlineStr"/>
       <c r="C152" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D152" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E152" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F152" s="9" t="inlineStr">
         <is>
-          <t>12 034,00 ₽</t>
+          <t>12 145,00 ₽</t>
         </is>
       </c>
       <c r="G152" s="9" t="inlineStr">
         <is>
-          <t>11 433,00 ₽</t>
+          <t>11 538,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="6" t="inlineStr">
         <is>
           <t>111525</t>
         </is>
       </c>
       <c r="B153" s="6" t="inlineStr"/>
       <c r="C153" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D153" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E153" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F153" s="9" t="inlineStr">
         <is>
           <t>10 742,00 ₽</t>
         </is>
       </c>
       <c r="G153" s="9" t="inlineStr">
         <is>
           <t>10 205,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="6" t="inlineStr">
         <is>
-          <t>111530</t>
+          <t>111730</t>
         </is>
       </c>
       <c r="B154" s="6" t="inlineStr"/>
       <c r="C154" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D154" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E154" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F154" s="9" t="inlineStr">
         <is>
-          <t>8 656,00 ₽</t>
+          <t>8 768,00 ₽</t>
         </is>
       </c>
       <c r="G154" s="9" t="inlineStr">
         <is>
-          <t>8 224,00 ₽</t>
+          <t>8 330,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="6" t="inlineStr">
         <is>
-          <t>111730</t>
+          <t>111530</t>
         </is>
       </c>
       <c r="B155" s="6" t="inlineStr"/>
       <c r="C155" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D155" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E155" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F155" s="9" t="inlineStr">
         <is>
-          <t>8 768,00 ₽</t>
+          <t>8 656,00 ₽</t>
         </is>
       </c>
       <c r="G155" s="9" t="inlineStr">
         <is>
-          <t>8 330,00 ₽</t>
+          <t>8 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="6" t="inlineStr">
         <is>
           <t>114461</t>
         </is>
       </c>
       <c r="B156" s="6" t="inlineStr"/>
       <c r="C156" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D156" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E156" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -5671,110 +5671,110 @@
       </c>
       <c r="D163" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E163" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F163" s="9" t="inlineStr">
         <is>
           <t>8 822,00 ₽</t>
         </is>
       </c>
       <c r="G163" s="9" t="inlineStr">
         <is>
           <t>8 381,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="6" t="inlineStr">
         <is>
-          <t>111733</t>
+          <t>111533</t>
         </is>
       </c>
       <c r="B164" s="6" t="inlineStr"/>
       <c r="C164" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D164" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E164" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F164" s="9" t="inlineStr">
         <is>
-          <t>11 795,00 ₽</t>
+          <t>11 683,00 ₽</t>
         </is>
       </c>
       <c r="G164" s="9" t="inlineStr">
         <is>
-          <t>11 206,00 ₽</t>
+          <t>11 099,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="6" t="inlineStr">
         <is>
-          <t>111533</t>
+          <t>111733</t>
         </is>
       </c>
       <c r="B165" s="6" t="inlineStr"/>
       <c r="C165" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D165" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E165" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F165" s="9" t="inlineStr">
         <is>
-          <t>11 683,00 ₽</t>
+          <t>11 795,00 ₽</t>
         </is>
       </c>
       <c r="G165" s="9" t="inlineStr">
         <is>
-          <t>11 099,00 ₽</t>
+          <t>11 206,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="6" t="inlineStr">
         <is>
           <t>114465</t>
         </is>
       </c>
       <c r="B166" s="6" t="inlineStr"/>
       <c r="C166" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D166" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E166" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -5902,110 +5902,110 @@
       </c>
       <c r="D170" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E170" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F170" s="9" t="inlineStr">
         <is>
           <t>11 961,00 ₽</t>
         </is>
       </c>
       <c r="G170" s="9" t="inlineStr">
         <is>
           <t>11 363,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="6" t="inlineStr">
         <is>
-          <t>114457</t>
+          <t>114313</t>
         </is>
       </c>
       <c r="B171" s="6" t="inlineStr"/>
       <c r="C171" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D171" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E171" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F171" s="9" t="inlineStr">
         <is>
-          <t>13 141,00 ₽</t>
+          <t>13 253,00 ₽</t>
         </is>
       </c>
       <c r="G171" s="9" t="inlineStr">
         <is>
-          <t>12 484,00 ₽</t>
+          <t>12 591,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="6" t="inlineStr">
         <is>
-          <t>114313</t>
+          <t>114457</t>
         </is>
       </c>
       <c r="B172" s="6" t="inlineStr"/>
       <c r="C172" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D172" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E172" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F172" s="9" t="inlineStr">
         <is>
-          <t>13 253,00 ₽</t>
+          <t>13 141,00 ₽</t>
         </is>
       </c>
       <c r="G172" s="9" t="inlineStr">
         <is>
-          <t>12 591,00 ₽</t>
+          <t>12 484,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="6" t="inlineStr">
         <is>
           <t>111549</t>
         </is>
       </c>
       <c r="B173" s="6" t="inlineStr"/>
       <c r="C173" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D173" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E173" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>