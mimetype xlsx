--- v1 (2025-12-21)
+++ v2 (2026-02-17)
@@ -415,101 +415,101 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/xlsx/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mglass/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mp/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-oppol/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-op/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mglass/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mp/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-oppol/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-op/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mglass/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mp/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mp/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-op/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-oppol/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-op/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mglass/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mp/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mp/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-op/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-oppol/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-op/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mglass/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mp/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mp/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-op/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-oppol/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-op/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mglass/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mp/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mp/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-op/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-oppol/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-op/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mp/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-op/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mp/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-op/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mglass/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-mp/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mp/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-op/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-oppol/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-op/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mglass/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-mp/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mp/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-op/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-oppol/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-op/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mglass/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mp/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-oppol/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-op/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mglass/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mp/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-oppol/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-op/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mglass/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mp/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mp/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-op/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-oppol/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-op/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mglass/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mp/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mp/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-op/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-oppol/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-op/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mglass/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mp/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mp/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-op/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-oppol/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-op/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mglass/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mp/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mp/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-op/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-oppol/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-op/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mglass/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mglass/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mp/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mp/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-op/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-oppol/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-oppol/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-op/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mglass/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mglass/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mp/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mp/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-op/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-oppol/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-oppol/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-op/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mglass/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mp/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mp/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-op/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-oppol/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-op/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mglass/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mp/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mp/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-op/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-oppol/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-op/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mglass/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mp/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-oppol/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-op/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mglass/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mp/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-oppol/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-op/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId180"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/xlsx/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mglass/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mp/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-oppol/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-op/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mglass/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mp/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-oppol/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-op/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mglass/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mp/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mp/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-op/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-oppol/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-op/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mglass/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mp/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mp/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-op/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-oppol/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-op/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mglass/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mp/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mp/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-op/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-oppol/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-op/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mglass/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mp/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mp/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-op/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-oppol/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-op/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mp/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-op/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mp/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-op/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mglass/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mp/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-mp/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-op/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-oppol/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-op/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mglass/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mp/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-mp/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-op/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-oppol/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-op/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mglass/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mp/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-oppol/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-op/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mglass/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mp/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-oppol/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-op/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mglass/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mp/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mp/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-op/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-oppol/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-op/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mglass/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mp/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mp/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-op/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-oppol/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-op/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mglass/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mp/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mp/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-op/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-oppol/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-op/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mglass/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mp/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mp/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-op/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-oppol/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-op/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mglass/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mglass/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mp/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mp/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-op/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-oppol/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-oppol/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-op/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mglass/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mglass/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mp/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mp/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-op/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-oppol/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-oppol/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-op/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mglass/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mp/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mp/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-op/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-oppol/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-op/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mglass/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mp/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mp/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-op/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-oppol/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-op/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mglass/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mp/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-oppol/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-op/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mglass/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mp/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-oppol/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-op/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId180"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:G183"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="8" customWidth="1" min="1" max="1"/>
     <col width="30" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
     <col width="40" customWidth="1" min="4" max="4"/>
     <col width="10" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
     <col width="20" customWidth="1" min="7" max="7"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-12-21 23:49</t>
+          <t>2026-02-17 10:24</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Показаны только результаты, подходящие под установленные во время скачивания фильтры. Для скачивания прайс-листа на все товары категории - щёлкните на этот текст.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>ОФИСНЫЕ СВЕТОДИОДНЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="5" t="inlineStr">
         <is>
@@ -919,176 +919,176 @@
       </c>
       <c r="D19" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E19" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F19" s="9" t="inlineStr">
         <is>
           <t>5 150,00 ₽</t>
         </is>
       </c>
       <c r="G19" s="9" t="inlineStr">
         <is>
           <t>4 893,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
-          <t>114205</t>
+          <t>114333</t>
         </is>
       </c>
       <c r="B20" s="6" t="inlineStr"/>
       <c r="C20" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D20" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E20" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F20" s="9" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 276,00 ₽</t>
         </is>
       </c>
       <c r="G20" s="9" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>8 813,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
-          <t>114333</t>
+          <t>114205</t>
         </is>
       </c>
       <c r="B21" s="6" t="inlineStr"/>
       <c r="C21" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D21" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E21" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F21" s="9" t="inlineStr">
         <is>
-          <t>9 276,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G21" s="9" t="inlineStr">
         <is>
-          <t>8 813,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
-          <t>111393</t>
+          <t>111577</t>
         </is>
       </c>
       <c r="B22" s="6" t="inlineStr"/>
       <c r="C22" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D22" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E22" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F22" s="9" t="inlineStr">
         <is>
-          <t>6 608,00 ₽</t>
+          <t>6 682,00 ₽</t>
         </is>
       </c>
       <c r="G22" s="9" t="inlineStr">
         <is>
-          <t>6 278,00 ₽</t>
+          <t>6 348,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="inlineStr">
         <is>
-          <t>111577</t>
+          <t>111393</t>
         </is>
       </c>
       <c r="B23" s="6" t="inlineStr"/>
       <c r="C23" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D23" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E23" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F23" s="9" t="inlineStr">
         <is>
-          <t>6 682,00 ₽</t>
+          <t>6 608,00 ₽</t>
         </is>
       </c>
       <c r="G23" s="9" t="inlineStr">
         <is>
-          <t>6 348,00 ₽</t>
+          <t>6 278,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
           <t>111585</t>
         </is>
       </c>
       <c r="B24" s="6" t="inlineStr"/>
       <c r="C24" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, опал</t>
         </is>
       </c>
       <c r="D24" s="8" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E24" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -1579,110 +1579,110 @@
       </c>
       <c r="D39" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E39" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F39" s="9" t="inlineStr">
         <is>
           <t>5 703,00 ₽</t>
         </is>
       </c>
       <c r="G39" s="9" t="inlineStr">
         <is>
           <t>5 418,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="6" t="inlineStr">
         <is>
-          <t>114221</t>
+          <t>114349</t>
         </is>
       </c>
       <c r="B40" s="6" t="inlineStr"/>
       <c r="C40" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D40" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E40" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F40" s="9" t="inlineStr">
         <is>
-          <t>9 903,00 ₽</t>
+          <t>9 534,00 ₽</t>
         </is>
       </c>
       <c r="G40" s="9" t="inlineStr">
         <is>
-          <t>9 408,00 ₽</t>
+          <t>9 058,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="6" t="inlineStr">
         <is>
-          <t>114349</t>
+          <t>114221</t>
         </is>
       </c>
       <c r="B41" s="6" t="inlineStr"/>
       <c r="C41" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D41" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E41" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F41" s="9" t="inlineStr">
         <is>
-          <t>9 534,00 ₽</t>
+          <t>9 903,00 ₽</t>
         </is>
       </c>
       <c r="G41" s="9" t="inlineStr">
         <is>
-          <t>9 058,00 ₽</t>
+          <t>9 408,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="6" t="inlineStr">
         <is>
           <t>111409</t>
         </is>
       </c>
       <c r="B42" s="6" t="inlineStr"/>
       <c r="C42" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D42" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E42" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -1744,110 +1744,110 @@
       </c>
       <c r="D44" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E44" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F44" s="9" t="inlineStr">
         <is>
           <t>5 869,00 ₽</t>
         </is>
       </c>
       <c r="G44" s="9" t="inlineStr">
         <is>
           <t>5 576,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="6" t="inlineStr">
         <is>
-          <t>114213</t>
+          <t>114341</t>
         </is>
       </c>
       <c r="B45" s="6" t="inlineStr"/>
       <c r="C45" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D45" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E45" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F45" s="9" t="inlineStr">
         <is>
-          <t>7 161,00 ₽</t>
+          <t>6 792,00 ₽</t>
         </is>
       </c>
       <c r="G45" s="9" t="inlineStr">
         <is>
-          <t>6 803,00 ₽</t>
+          <t>6 453,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="6" t="inlineStr">
         <is>
-          <t>114341</t>
+          <t>114213</t>
         </is>
       </c>
       <c r="B46" s="6" t="inlineStr"/>
       <c r="C46" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D46" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E46" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F46" s="9" t="inlineStr">
         <is>
-          <t>6 792,00 ₽</t>
+          <t>7 161,00 ₽</t>
         </is>
       </c>
       <c r="G46" s="9" t="inlineStr">
         <is>
-          <t>6 453,00 ₽</t>
+          <t>6 803,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="6" t="inlineStr">
         <is>
           <t>111417</t>
         </is>
       </c>
       <c r="B47" s="6" t="inlineStr"/>
       <c r="C47" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D47" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E47" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -2602,110 +2602,110 @@
       </c>
       <c r="D70" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E70" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F70" s="9" t="inlineStr">
         <is>
           <t>10 014,00 ₽</t>
         </is>
       </c>
       <c r="G70" s="9" t="inlineStr">
         <is>
           <t>9 514,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="6" t="inlineStr">
         <is>
-          <t>111625</t>
+          <t>111441</t>
         </is>
       </c>
       <c r="B71" s="6" t="inlineStr"/>
       <c r="C71" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D71" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E71" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F71" s="9" t="inlineStr">
         <is>
-          <t>7 604,00 ₽</t>
+          <t>7 346,00 ₽</t>
         </is>
       </c>
       <c r="G71" s="9" t="inlineStr">
         <is>
-          <t>7 224,00 ₽</t>
+          <t>6 979,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="6" t="inlineStr">
         <is>
-          <t>111441</t>
+          <t>111625</t>
         </is>
       </c>
       <c r="B72" s="6" t="inlineStr"/>
       <c r="C72" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D72" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E72" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F72" s="9" t="inlineStr">
         <is>
-          <t>7 346,00 ₽</t>
+          <t>7 604,00 ₽</t>
         </is>
       </c>
       <c r="G72" s="9" t="inlineStr">
         <is>
-          <t>6 979,00 ₽</t>
+          <t>7 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="6" t="inlineStr">
         <is>
           <t>111633</t>
         </is>
       </c>
       <c r="B73" s="6" t="inlineStr"/>
       <c r="C73" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 3000 К, опал</t>
         </is>
       </c>
       <c r="D73" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E73" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -2767,209 +2767,209 @@
       </c>
       <c r="D75" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E75" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F75" s="9" t="inlineStr">
         <is>
           <t>5 980,00 ₽</t>
         </is>
       </c>
       <c r="G75" s="9" t="inlineStr">
         <is>
           <t>5 681,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="6" t="inlineStr">
         <is>
-          <t>101236</t>
+          <t>101128</t>
         </is>
       </c>
       <c r="B76" s="6" t="inlineStr"/>
       <c r="C76" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D76" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E76" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F76" s="9" t="inlineStr">
         <is>
-          <t>8 841,00 ₽</t>
+          <t>9 099,00 ₽</t>
         </is>
       </c>
       <c r="G76" s="9" t="inlineStr">
         <is>
-          <t>8 399,00 ₽</t>
+          <t>8 645,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="6" t="inlineStr">
         <is>
-          <t>101128</t>
+          <t>101236</t>
         </is>
       </c>
       <c r="B77" s="6" t="inlineStr"/>
       <c r="C77" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D77" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E77" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F77" s="9" t="inlineStr">
         <is>
-          <t>9 099,00 ₽</t>
+          <t>8 841,00 ₽</t>
         </is>
       </c>
       <c r="G77" s="9" t="inlineStr">
         <is>
-          <t>8 645,00 ₽</t>
+          <t>8 399,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="6" t="inlineStr">
         <is>
           <t>114385</t>
         </is>
       </c>
       <c r="B78" s="6" t="inlineStr"/>
       <c r="C78" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D78" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E78" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F78" s="9" t="inlineStr">
         <is>
           <t>13 041,00 ₽</t>
         </is>
       </c>
       <c r="G78" s="9" t="inlineStr">
         <is>
           <t>12 389,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="6" t="inlineStr">
         <is>
-          <t>111629</t>
+          <t>111445</t>
         </is>
       </c>
       <c r="B79" s="6" t="inlineStr"/>
       <c r="C79" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D79" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E79" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F79" s="9" t="inlineStr">
         <is>
-          <t>10 631,00 ₽</t>
+          <t>10 373,00 ₽</t>
         </is>
       </c>
       <c r="G79" s="9" t="inlineStr">
         <is>
-          <t>10 100,00 ₽</t>
+          <t>9 855,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="6" t="inlineStr">
         <is>
-          <t>111445</t>
+          <t>111629</t>
         </is>
       </c>
       <c r="B80" s="6" t="inlineStr"/>
       <c r="C80" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D80" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E80" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F80" s="9" t="inlineStr">
         <is>
-          <t>10 373,00 ₽</t>
+          <t>10 631,00 ₽</t>
         </is>
       </c>
       <c r="G80" s="9" t="inlineStr">
         <is>
-          <t>9 855,00 ₽</t>
+          <t>10 100,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="6" t="inlineStr">
         <is>
           <t>111637</t>
         </is>
       </c>
       <c r="B81" s="6" t="inlineStr"/>
       <c r="C81" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 3000 К, опал</t>
         </is>
       </c>
       <c r="D81" s="8" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E81" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -3361,216 +3361,216 @@
       </c>
       <c r="D93" s="8" t="inlineStr">
         <is>
           <t>45 Вт, 5906 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E93" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F93" s="9" t="inlineStr">
         <is>
           <t>9 191,00 ₽</t>
         </is>
       </c>
       <c r="G93" s="9" t="inlineStr">
         <is>
           <t>8 732,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="6" t="inlineStr">
         <is>
-          <t>101133</t>
+          <t>101253</t>
         </is>
       </c>
       <c r="B94" s="6" t="inlineStr"/>
       <c r="C94" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D94" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E94" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F94" s="9" t="inlineStr">
         <is>
           <t>6 184,00 ₽</t>
         </is>
       </c>
       <c r="G94" s="9" t="inlineStr">
         <is>
           <t>5 875,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="6" t="inlineStr">
         <is>
-          <t>101253</t>
+          <t>101133</t>
         </is>
       </c>
       <c r="B95" s="6" t="inlineStr"/>
       <c r="C95" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D95" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E95" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F95" s="9" t="inlineStr">
         <is>
           <t>6 184,00 ₽</t>
         </is>
       </c>
       <c r="G95" s="9" t="inlineStr">
         <is>
           <t>5 875,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="6" t="inlineStr">
         <is>
-          <t>114413</t>
+          <t>114269</t>
         </is>
       </c>
       <c r="B96" s="6" t="inlineStr"/>
       <c r="C96" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D96" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E96" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F96" s="9" t="inlineStr">
         <is>
-          <t>10 384,00 ₽</t>
+          <t>10 281,00 ₽</t>
         </is>
       </c>
       <c r="G96" s="9" t="inlineStr">
         <is>
-          <t>9 865,00 ₽</t>
+          <t>9 767,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="6" t="inlineStr">
         <is>
-          <t>114269</t>
+          <t>114413</t>
         </is>
       </c>
       <c r="B97" s="6" t="inlineStr"/>
       <c r="C97" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D97" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E97" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F97" s="9" t="inlineStr">
         <is>
-          <t>10 281,00 ₽</t>
+          <t>10 384,00 ₽</t>
         </is>
       </c>
       <c r="G97" s="9" t="inlineStr">
         <is>
-          <t>9 767,00 ₽</t>
+          <t>9 865,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="6" t="inlineStr">
         <is>
-          <t>111473</t>
+          <t>111641</t>
         </is>
       </c>
       <c r="B98" s="6" t="inlineStr"/>
       <c r="C98" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D98" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E98" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F98" s="9" t="inlineStr">
         <is>
           <t>7 716,00 ₽</t>
         </is>
       </c>
       <c r="G98" s="9" t="inlineStr">
         <is>
           <t>7 331,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="6" t="inlineStr">
         <is>
-          <t>111641</t>
+          <t>111473</t>
         </is>
       </c>
       <c r="B99" s="6" t="inlineStr"/>
       <c r="C99" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D99" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E99" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F99" s="9" t="inlineStr">
         <is>
           <t>7 716,00 ₽</t>
         </is>
       </c>
       <c r="G99" s="9" t="inlineStr">
         <is>
@@ -3691,84 +3691,84 @@
       </c>
       <c r="D103" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E103" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F103" s="9" t="inlineStr">
         <is>
           <t>6 350,00 ₽</t>
         </is>
       </c>
       <c r="G103" s="9" t="inlineStr">
         <is>
           <t>6 033,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="6" t="inlineStr">
         <is>
-          <t>101260</t>
+          <t>101140</t>
         </is>
       </c>
       <c r="B104" s="6" t="inlineStr"/>
       <c r="C104" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D104" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E104" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F104" s="9" t="inlineStr">
         <is>
           <t>9 211,00 ₽</t>
         </is>
       </c>
       <c r="G104" s="9" t="inlineStr">
         <is>
           <t>8 751,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="6" t="inlineStr">
         <is>
-          <t>101140</t>
+          <t>101260</t>
         </is>
       </c>
       <c r="B105" s="6" t="inlineStr"/>
       <c r="C105" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D105" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E105" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F105" s="9" t="inlineStr">
         <is>
           <t>9 211,00 ₽</t>
         </is>
       </c>
       <c r="G105" s="9" t="inlineStr">
         <is>
@@ -3823,84 +3823,84 @@
       </c>
       <c r="D107" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E107" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F107" s="9" t="inlineStr">
         <is>
           <t>13 308,00 ₽</t>
         </is>
       </c>
       <c r="G107" s="9" t="inlineStr">
         <is>
           <t>12 643,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="6" t="inlineStr">
         <is>
-          <t>111477</t>
+          <t>111645</t>
         </is>
       </c>
       <c r="B108" s="6" t="inlineStr"/>
       <c r="C108" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D108" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E108" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F108" s="9" t="inlineStr">
         <is>
           <t>10 743,00 ₽</t>
         </is>
       </c>
       <c r="G108" s="9" t="inlineStr">
         <is>
           <t>10 206,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="6" t="inlineStr">
         <is>
-          <t>111645</t>
+          <t>111477</t>
         </is>
       </c>
       <c r="B109" s="6" t="inlineStr"/>
       <c r="C109" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D109" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E109" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F109" s="9" t="inlineStr">
         <is>
           <t>10 743,00 ₽</t>
         </is>
       </c>
       <c r="G109" s="9" t="inlineStr">
         <is>
@@ -3922,84 +3922,84 @@
       </c>
       <c r="D110" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E110" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F110" s="9" t="inlineStr">
         <is>
           <t>9 377,00 ₽</t>
         </is>
       </c>
       <c r="G110" s="9" t="inlineStr">
         <is>
           <t>8 909,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="6" t="inlineStr">
         <is>
-          <t>114265</t>
+          <t>114409</t>
         </is>
       </c>
       <c r="B111" s="6" t="inlineStr"/>
       <c r="C111" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D111" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E111" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F111" s="9" t="inlineStr">
         <is>
           <t>10 669,00 ₽</t>
         </is>
       </c>
       <c r="G111" s="9" t="inlineStr">
         <is>
           <t>10 136,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="6" t="inlineStr">
         <is>
-          <t>114409</t>
+          <t>114265</t>
         </is>
       </c>
       <c r="B112" s="6" t="inlineStr"/>
       <c r="C112" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D112" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E112" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F112" s="9" t="inlineStr">
         <is>
           <t>10 669,00 ₽</t>
         </is>
       </c>
       <c r="G112" s="9" t="inlineStr">
         <is>
@@ -4021,110 +4021,110 @@
       </c>
       <c r="D113" s="8" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E113" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F113" s="9" t="inlineStr">
         <is>
           <t>9 377,00 ₽</t>
         </is>
       </c>
       <c r="G113" s="9" t="inlineStr">
         <is>
           <t>8 909,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="6" t="inlineStr">
         <is>
-          <t>101145</t>
+          <t>101277</t>
         </is>
       </c>
       <c r="B114" s="6" t="inlineStr"/>
       <c r="C114" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D114" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E114" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F114" s="9" t="inlineStr">
         <is>
-          <t>6 737,00 ₽</t>
+          <t>6 645,00 ₽</t>
         </is>
       </c>
       <c r="G114" s="9" t="inlineStr">
         <is>
-          <t>6 401,00 ₽</t>
+          <t>6 313,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="6" t="inlineStr">
         <is>
-          <t>101277</t>
+          <t>101145</t>
         </is>
       </c>
       <c r="B115" s="6" t="inlineStr"/>
       <c r="C115" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D115" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E115" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F115" s="9" t="inlineStr">
         <is>
-          <t>6 645,00 ₽</t>
+          <t>6 737,00 ₽</t>
         </is>
       </c>
       <c r="G115" s="9" t="inlineStr">
         <is>
-          <t>6 313,00 ₽</t>
+          <t>6 401,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="6" t="inlineStr">
         <is>
           <t>114429</t>
         </is>
       </c>
       <c r="B116" s="6" t="inlineStr"/>
       <c r="C116" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D116" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E116" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -4153,110 +4153,110 @@
       </c>
       <c r="D117" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E117" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F117" s="9" t="inlineStr">
         <is>
           <t>10 937,00 ₽</t>
         </is>
       </c>
       <c r="G117" s="9" t="inlineStr">
         <is>
           <t>10 391,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="6" t="inlineStr">
         <is>
-          <t>111489</t>
+          <t>111657</t>
         </is>
       </c>
       <c r="B118" s="6" t="inlineStr"/>
       <c r="C118" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D118" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E118" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F118" s="9" t="inlineStr">
         <is>
-          <t>8 177,00 ₽</t>
+          <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G118" s="9" t="inlineStr">
         <is>
-          <t>7 769,00 ₽</t>
+          <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="6" t="inlineStr">
         <is>
-          <t>111657</t>
+          <t>111489</t>
         </is>
       </c>
       <c r="B119" s="6" t="inlineStr"/>
       <c r="C119" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D119" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E119" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F119" s="9" t="inlineStr">
         <is>
-          <t>8 269,00 ₽</t>
+          <t>8 177,00 ₽</t>
         </is>
       </c>
       <c r="G119" s="9" t="inlineStr">
         <is>
-          <t>7 856,00 ₽</t>
+          <t>7 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="6" t="inlineStr">
         <is>
           <t>111665</t>
         </is>
       </c>
       <c r="B120" s="6" t="inlineStr"/>
       <c r="C120" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К, опал</t>
         </is>
       </c>
       <c r="D120" s="8" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E120" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -4813,308 +4813,308 @@
       </c>
       <c r="D137" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E137" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F137" s="9" t="inlineStr">
         <is>
           <t>11 860,00 ₽</t>
         </is>
       </c>
       <c r="G137" s="9" t="inlineStr">
         <is>
           <t>11 267,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="6" t="inlineStr">
         <is>
-          <t>111513</t>
+          <t>111673</t>
         </is>
       </c>
       <c r="B138" s="6" t="inlineStr"/>
       <c r="C138" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D138" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E138" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F138" s="9" t="inlineStr">
         <is>
-          <t>9 081,00 ₽</t>
+          <t>9 192,00 ₽</t>
         </is>
       </c>
       <c r="G138" s="9" t="inlineStr">
         <is>
-          <t>8 627,00 ₽</t>
+          <t>8 733,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="6" t="inlineStr">
         <is>
-          <t>111673</t>
+          <t>111513</t>
         </is>
       </c>
       <c r="B139" s="6" t="inlineStr"/>
       <c r="C139" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D139" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E139" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F139" s="9" t="inlineStr">
         <is>
-          <t>9 192,00 ₽</t>
+          <t>9 081,00 ₽</t>
         </is>
       </c>
       <c r="G139" s="9" t="inlineStr">
         <is>
-          <t>8 733,00 ₽</t>
+          <t>8 627,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="6" t="inlineStr">
         <is>
           <t>111681</t>
         </is>
       </c>
       <c r="B140" s="6" t="inlineStr"/>
       <c r="C140" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, опал</t>
         </is>
       </c>
       <c r="D140" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E140" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F140" s="9" t="inlineStr">
         <is>
           <t>7 826,00 ₽</t>
         </is>
       </c>
       <c r="G140" s="9" t="inlineStr">
         <is>
           <t>7 435,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="6" t="inlineStr">
         <is>
-          <t>114437</t>
+          <t>114293</t>
         </is>
       </c>
       <c r="B141" s="6" t="inlineStr"/>
       <c r="C141" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D141" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E141" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F141" s="9" t="inlineStr">
         <is>
-          <t>9 007,00 ₽</t>
+          <t>9 118,00 ₽</t>
         </is>
       </c>
       <c r="G141" s="9" t="inlineStr">
         <is>
-          <t>8 557,00 ₽</t>
+          <t>8 663,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="6" t="inlineStr">
         <is>
-          <t>114293</t>
+          <t>114437</t>
         </is>
       </c>
       <c r="B142" s="6" t="inlineStr"/>
       <c r="C142" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D142" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E142" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F142" s="9" t="inlineStr">
         <is>
-          <t>9 118,00 ₽</t>
+          <t>9 007,00 ₽</t>
         </is>
       </c>
       <c r="G142" s="9" t="inlineStr">
         <is>
-          <t>8 663,00 ₽</t>
+          <t>8 557,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="6" t="inlineStr">
         <is>
           <t>111521</t>
         </is>
       </c>
       <c r="B143" s="6" t="inlineStr"/>
       <c r="C143" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D143" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E143" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F143" s="9" t="inlineStr">
         <is>
           <t>7 715,00 ₽</t>
         </is>
       </c>
       <c r="G143" s="9" t="inlineStr">
         <is>
           <t>7 330,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="6" t="inlineStr">
         <is>
-          <t>101164</t>
+          <t>111509</t>
         </is>
       </c>
       <c r="B144" s="6" t="inlineStr"/>
       <c r="C144" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D144" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E144" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F144" s="9" t="inlineStr">
         <is>
-          <t>10 687,00 ₽</t>
+          <t>10 576,00 ₽</t>
         </is>
       </c>
       <c r="G144" s="9" t="inlineStr">
         <is>
-          <t>10 153,00 ₽</t>
+          <t>10 048,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="6" t="inlineStr">
         <is>
-          <t>111509</t>
+          <t>101164</t>
         </is>
       </c>
       <c r="B145" s="6" t="inlineStr"/>
       <c r="C145" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D145" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E145" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F145" s="9" t="inlineStr">
         <is>
-          <t>10 576,00 ₽</t>
+          <t>10 687,00 ₽</t>
         </is>
       </c>
       <c r="G145" s="9" t="inlineStr">
         <is>
-          <t>10 048,00 ₽</t>
+          <t>10 153,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="6" t="inlineStr">
         <is>
           <t>114449</t>
         </is>
       </c>
       <c r="B146" s="6" t="inlineStr"/>
       <c r="C146" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D146" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E146" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -5341,176 +5341,176 @@
       </c>
       <c r="D153" s="8" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E153" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F153" s="9" t="inlineStr">
         <is>
           <t>10 742,00 ₽</t>
         </is>
       </c>
       <c r="G153" s="9" t="inlineStr">
         <is>
           <t>10 205,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="6" t="inlineStr">
         <is>
-          <t>111730</t>
+          <t>111530</t>
         </is>
       </c>
       <c r="B154" s="6" t="inlineStr"/>
       <c r="C154" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D154" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E154" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F154" s="9" t="inlineStr">
         <is>
-          <t>8 768,00 ₽</t>
+          <t>8 656,00 ₽</t>
         </is>
       </c>
       <c r="G154" s="9" t="inlineStr">
         <is>
-          <t>8 330,00 ₽</t>
+          <t>8 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="6" t="inlineStr">
         <is>
-          <t>111530</t>
+          <t>111730</t>
         </is>
       </c>
       <c r="B155" s="6" t="inlineStr"/>
       <c r="C155" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D155" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E155" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F155" s="9" t="inlineStr">
         <is>
-          <t>8 656,00 ₽</t>
+          <t>8 768,00 ₽</t>
         </is>
       </c>
       <c r="G155" s="9" t="inlineStr">
         <is>
-          <t>8 224,00 ₽</t>
+          <t>8 330,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="6" t="inlineStr">
         <is>
-          <t>114461</t>
+          <t>114317</t>
         </is>
       </c>
       <c r="B156" s="6" t="inlineStr"/>
       <c r="C156" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D156" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E156" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F156" s="9" t="inlineStr">
         <is>
-          <t>12 856,00 ₽</t>
+          <t>12 968,00 ₽</t>
         </is>
       </c>
       <c r="G156" s="9" t="inlineStr">
         <is>
-          <t>12 214,00 ₽</t>
+          <t>12 320,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="6" t="inlineStr">
         <is>
-          <t>114317</t>
+          <t>114461</t>
         </is>
       </c>
       <c r="B157" s="6" t="inlineStr"/>
       <c r="C157" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D157" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E157" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F157" s="9" t="inlineStr">
         <is>
-          <t>12 968,00 ₽</t>
+          <t>12 856,00 ₽</t>
         </is>
       </c>
       <c r="G157" s="9" t="inlineStr">
         <is>
-          <t>12 320,00 ₽</t>
+          <t>12 214,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="6" t="inlineStr">
         <is>
           <t>111737</t>
         </is>
       </c>
       <c r="B158" s="6" t="inlineStr"/>
       <c r="C158" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D158" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E158" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -5737,110 +5737,110 @@
       </c>
       <c r="D165" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E165" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F165" s="9" t="inlineStr">
         <is>
           <t>11 795,00 ₽</t>
         </is>
       </c>
       <c r="G165" s="9" t="inlineStr">
         <is>
           <t>11 206,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="6" t="inlineStr">
         <is>
-          <t>114465</t>
+          <t>114321</t>
         </is>
       </c>
       <c r="B166" s="6" t="inlineStr"/>
       <c r="C166" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D166" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E166" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F166" s="9" t="inlineStr">
         <is>
-          <t>15 883,00 ₽</t>
+          <t>15 995,00 ₽</t>
         </is>
       </c>
       <c r="G166" s="9" t="inlineStr">
         <is>
-          <t>15 089,00 ₽</t>
+          <t>15 196,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="6" t="inlineStr">
         <is>
-          <t>114321</t>
+          <t>114465</t>
         </is>
       </c>
       <c r="B167" s="6" t="inlineStr"/>
       <c r="C167" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D167" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E167" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F167" s="9" t="inlineStr">
         <is>
-          <t>15 995,00 ₽</t>
+          <t>15 883,00 ₽</t>
         </is>
       </c>
       <c r="G167" s="9" t="inlineStr">
         <is>
-          <t>15 196,00 ₽</t>
+          <t>15 089,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="6" t="inlineStr">
         <is>
           <t>111741</t>
         </is>
       </c>
       <c r="B168" s="6" t="inlineStr"/>
       <c r="C168" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D168" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E168" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -5902,110 +5902,110 @@
       </c>
       <c r="D170" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E170" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F170" s="9" t="inlineStr">
         <is>
           <t>11 961,00 ₽</t>
         </is>
       </c>
       <c r="G170" s="9" t="inlineStr">
         <is>
           <t>11 363,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="6" t="inlineStr">
         <is>
-          <t>114313</t>
+          <t>114457</t>
         </is>
       </c>
       <c r="B171" s="6" t="inlineStr"/>
       <c r="C171" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D171" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E171" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F171" s="9" t="inlineStr">
         <is>
-          <t>13 253,00 ₽</t>
+          <t>13 141,00 ₽</t>
         </is>
       </c>
       <c r="G171" s="9" t="inlineStr">
         <is>
-          <t>12 591,00 ₽</t>
+          <t>12 484,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="6" t="inlineStr">
         <is>
-          <t>114457</t>
+          <t>114313</t>
         </is>
       </c>
       <c r="B172" s="6" t="inlineStr"/>
       <c r="C172" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D172" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E172" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F172" s="9" t="inlineStr">
         <is>
-          <t>13 141,00 ₽</t>
+          <t>13 253,00 ₽</t>
         </is>
       </c>
       <c r="G172" s="9" t="inlineStr">
         <is>
-          <t>12 484,00 ₽</t>
+          <t>12 591,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="6" t="inlineStr">
         <is>
           <t>111549</t>
         </is>
       </c>
       <c r="B173" s="6" t="inlineStr"/>
       <c r="C173" s="7" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D173" s="8" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E173" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>