--- v0 (2025-10-19)
+++ v1 (2026-02-03)
@@ -412,101 +412,101 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-100/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-20-1200/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-20/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-30-1200/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-30/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-35-1200/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-35/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-40-1200/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-40/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-45/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-50-1200/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-50/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-60-1200/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-60/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-70-1200/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-70/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-80-1200/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-80/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-90/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-010-003-ip-20-linia-10/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-010-003-ip-20-linia-10-l300/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20-l300/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20-l600/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20-l/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-030-003-ip-20-linia-30/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-030-003-ip-20-liniya-30-l-900/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-liniya-003-30-t/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia40-l1200/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40-l600/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40-l/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40-x/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-050-003-ip-20-linia-50/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-050-003-ip-20-liniya-50-l-1500/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-060-003-ip-20-linia-60/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-060-003-ip-20-linia-60-l900/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-060-003-ip-20-linia-60-t/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-070-003-ip-20-linia-70/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-080-003-ip-20-linia-80/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-080-003-ip-20-linia-80-l1200/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-080-003-ip-20-linia-80-x/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-090-003-ip-20-linia-90/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-100-003-ip-20-linia-100/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-100-003-ip-20-linia-100-l1500/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-liniya-003-30/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-liniya-003-50/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mglass/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mp/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-oppol/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-op/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-mglass/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-mp/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-oppol/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-op/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-mglass/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-mp/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-oppol/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-op/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-6000k/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-6000k-mglass/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-6000k-mp/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-6000k-oppol/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-6000k-op/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mglass/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mp/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-oppol/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-op/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-mglass/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-mp/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-oppol/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-op/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-mglass/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-mp/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-oppol/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-op/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-6000k/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-6000k-mglass/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-6000k-mp/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-6000k-oppol/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-6000k-op/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mglass/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mp/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mp/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-op/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-oppol/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-op/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-mglass/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-mp/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-mp/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-op/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-oppol/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-op/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-mglass/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-mp/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-mp/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-op/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-oppol/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-op/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-6000k/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-6000k/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-6000k-mglass/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-6000k-mglass/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-6000k-mp/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-6000k-mp/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-6000k-op/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-6000k-oppol/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-6000k-oppol/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-6000k-op/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mglass/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mp/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mp/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-op/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-oppol/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-op/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-mglass/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-mp/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-mp/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-op/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-oppol/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-op/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-mglass/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-mp/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-mp/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-op/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-oppol/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-op/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-6000k/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-6000k/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-6000k-mglass/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-6000k-mglass/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-6000k-mp/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-6000k-mp/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-6000k-op/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-6000k-oppol/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-6000k-oppol/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-6000k-op/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mglass/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mp/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mp/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-op/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-oppol/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-op/" TargetMode="External" Id="rId181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k/" TargetMode="External" Id="rId182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k/" TargetMode="External" Id="rId183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-mglass/" TargetMode="External" Id="rId184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-mp/" TargetMode="External" Id="rId186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-mp/" TargetMode="External" Id="rId187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-op/" TargetMode="External" Id="rId188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-oppol/" TargetMode="External" Id="rId190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-op/" TargetMode="External" Id="rId191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-004-ofis-30/" TargetMode="External" Id="rId192"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId193"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-mglass/" TargetMode="External" Id="rId194"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-mp/" TargetMode="External" Id="rId195"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-mp/" TargetMode="External" Id="rId196"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-op/" TargetMode="External" Id="rId197"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId198"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-oppol/" TargetMode="External" Id="rId199"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-op/" TargetMode="External" Id="rId200"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-6000k/" TargetMode="External" Id="rId201"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-6000k/" TargetMode="External" Id="rId202"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-6000k-mglass/" TargetMode="External" Id="rId203"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-6000k-mglass/" TargetMode="External" Id="rId204"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-6000k-mp/" TargetMode="External" Id="rId205"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-6000k-mp/" TargetMode="External" Id="rId206"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-6000k-op/" TargetMode="External" Id="rId207"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-6000k-oppol/" TargetMode="External" Id="rId208"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-6000k-oppol/" TargetMode="External" Id="rId209"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-6000k-op/" TargetMode="External" Id="rId210"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k/" TargetMode="External" Id="rId211"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k/" TargetMode="External" Id="rId212"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId213"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mglass/" TargetMode="External" Id="rId214"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mp/" TargetMode="External" Id="rId215"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mp/" TargetMode="External" Id="rId216"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-op/" TargetMode="External" Id="rId217"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId218"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-oppol/" TargetMode="External" Id="rId219"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-op/" TargetMode="External" Id="rId220"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k/" TargetMode="External" Id="rId221"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k/" TargetMode="External" Id="rId222"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-mglass/" TargetMode="External" Id="rId223"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId224"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-mp/" TargetMode="External" Id="rId225"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-mp/" TargetMode="External" Id="rId226"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-op/" TargetMode="External" Id="rId227"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-oppol/" TargetMode="External" Id="rId228"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId229"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-op/" TargetMode="External" Id="rId230"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k/" TargetMode="External" Id="rId231"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k/" TargetMode="External" Id="rId232"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId233"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-mglass/" TargetMode="External" Id="rId234"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-mp/" TargetMode="External" Id="rId235"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-mp/" TargetMode="External" Id="rId236"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-op/" TargetMode="External" Id="rId237"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId238"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-oppol/" TargetMode="External" Id="rId239"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-op/" TargetMode="External" Id="rId240"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-6000k/" TargetMode="External" Id="rId241"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-6000k/" TargetMode="External" Id="rId242"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-6000k-mglass/" TargetMode="External" Id="rId243"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-6000k-mglass/" TargetMode="External" Id="rId244"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-6000k-mp/" TargetMode="External" Id="rId245"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-6000k-mp/" TargetMode="External" Id="rId246"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-6000k-op/" TargetMode="External" Id="rId247"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-6000k-oppol/" TargetMode="External" Id="rId248"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-6000k-oppol/" TargetMode="External" Id="rId249"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-6000k-op/" TargetMode="External" Id="rId250"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/" TargetMode="External" Id="rId251"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35/" TargetMode="External" Id="rId252"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k/" TargetMode="External" Id="rId253"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId254"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mp/" TargetMode="External" Id="rId255"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-op/" TargetMode="External" Id="rId256"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId257"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k/" TargetMode="External" Id="rId258"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId259"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-mp/" TargetMode="External" Id="rId260"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-op/" TargetMode="External" Id="rId261"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId262"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId263"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-mp/" TargetMode="External" Id="rId264"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-op/" TargetMode="External" Id="rId265"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId266"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-6000k/" TargetMode="External" Id="rId267"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-6000k-mglass/" TargetMode="External" Id="rId268"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-6000k-mp/" TargetMode="External" Id="rId269"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-6000k-op/" TargetMode="External" Id="rId270"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-6000k-oppol/" TargetMode="External" Id="rId271"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k/" TargetMode="External" Id="rId272"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId273"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mp/" TargetMode="External" Id="rId274"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-op/" TargetMode="External" Id="rId275"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId276"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k/" TargetMode="External" Id="rId277"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId278"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-mp/" TargetMode="External" Id="rId279"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-op/" TargetMode="External" Id="rId280"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId281"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k/" TargetMode="External" Id="rId282"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId283"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-mp/" TargetMode="External" Id="rId284"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-op/" TargetMode="External" Id="rId285"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId286"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-6000k/" TargetMode="External" Id="rId287"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-6000k-mglass/" TargetMode="External" Id="rId288"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-6000k-mp/" TargetMode="External" Id="rId289"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-6000k-op/" TargetMode="External" Id="rId290"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-6000k-oppol/" TargetMode="External" Id="rId291"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/" TargetMode="External" Id="rId292"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/" TargetMode="External" Id="rId293"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k/" TargetMode="External" Id="rId294"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k/" TargetMode="External" Id="rId295"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mglass/" TargetMode="External" Id="rId296"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-mp/" TargetMode="External" Id="rId297"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mp/" TargetMode="External" Id="rId298"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-op/" TargetMode="External" Id="rId299"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-oppol/" TargetMode="External" Id="rId300"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-op/" TargetMode="External" Id="rId301"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k/" TargetMode="External" Id="rId302"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k/" TargetMode="External" Id="rId303"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-mglass/" TargetMode="External" Id="rId304"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k-mp/" TargetMode="External" Id="rId305"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-mp/" TargetMode="External" Id="rId306"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k-op/" TargetMode="External" Id="rId307"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-oppol/" TargetMode="External" Id="rId308"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-op/" TargetMode="External" Id="rId309"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-mglass/" TargetMode="External" Id="rId310"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-5000k-mp/" TargetMode="External" Id="rId311"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-mp/" TargetMode="External" Id="rId312"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-5000k-op/" TargetMode="External" Id="rId313"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-oppol/" TargetMode="External" Id="rId314"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-op/" TargetMode="External" Id="rId315"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-6000k/" TargetMode="External" Id="rId316"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-6000k/" TargetMode="External" Id="rId317"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-6000k-mglass/" TargetMode="External" Id="rId318"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-6000k-mp/" TargetMode="External" Id="rId319"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-6000k-mp/" TargetMode="External" Id="rId320"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-6000k-op/" TargetMode="External" Id="rId321"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-6000k-oppol/" TargetMode="External" Id="rId322"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-6000k-op/" TargetMode="External" Id="rId323"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k/" TargetMode="External" Id="rId324"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k/" TargetMode="External" Id="rId325"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mglass/" TargetMode="External" Id="rId326"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-mp/" TargetMode="External" Id="rId327"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mp/" TargetMode="External" Id="rId328"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-op/" TargetMode="External" Id="rId329"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-oppol/" TargetMode="External" Id="rId330"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-op/" TargetMode="External" Id="rId331"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k/" TargetMode="External" Id="rId332"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k/" TargetMode="External" Id="rId333"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-mglass/" TargetMode="External" Id="rId334"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-mp/" TargetMode="External" Id="rId335"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k-mp/" TargetMode="External" Id="rId336"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k-op/" TargetMode="External" Id="rId337"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-oppol/" TargetMode="External" Id="rId338"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-op/" TargetMode="External" Id="rId339"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k/" TargetMode="External" Id="rId340"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-5000k/" TargetMode="External" Id="rId341"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-mglass/" TargetMode="External" Id="rId342"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-mp/" TargetMode="External" Id="rId343"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-5000k-mp/" TargetMode="External" Id="rId344"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-5000k-op/" TargetMode="External" Id="rId345"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-oppol/" TargetMode="External" Id="rId346"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-op/" TargetMode="External" Id="rId347"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-6000k/" TargetMode="External" Id="rId348"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-6000k/" TargetMode="External" Id="rId349"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-6000k-mglass/" TargetMode="External" Id="rId350"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-6000k-mp/" TargetMode="External" Id="rId351"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-6000k-mp/" TargetMode="External" Id="rId352"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-6000k-op/" TargetMode="External" Id="rId353"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-6000k-oppol/" TargetMode="External" Id="rId354"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-6000k-op/" TargetMode="External" Id="rId355"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/" TargetMode="External" Id="rId356"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k/" TargetMode="External" Id="rId357"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mglass/" TargetMode="External" Id="rId358"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mp/" TargetMode="External" Id="rId359"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-oppol/" TargetMode="External" Id="rId360"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-op/" TargetMode="External" Id="rId361"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k/" TargetMode="External" Id="rId362"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-mglass/" TargetMode="External" Id="rId363"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-mp/" TargetMode="External" Id="rId364"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-oppol/" TargetMode="External" Id="rId365"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-op/" TargetMode="External" Id="rId366"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-mglass/" TargetMode="External" Id="rId367"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-mp/" TargetMode="External" Id="rId368"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-oppol/" TargetMode="External" Id="rId369"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-op/" TargetMode="External" Id="rId370"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-6000k/" TargetMode="External" Id="rId371"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-6000k-mglass/" TargetMode="External" Id="rId372"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-6000k-mp/" TargetMode="External" Id="rId373"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-6000k-oppol/" TargetMode="External" Id="rId374"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-6000k-op/" TargetMode="External" Id="rId375"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k/" TargetMode="External" Id="rId376"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mglass/" TargetMode="External" Id="rId377"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mp/" TargetMode="External" Id="rId378"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-oppol/" TargetMode="External" Id="rId379"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-op/" TargetMode="External" Id="rId380"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k/" TargetMode="External" Id="rId381"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-mglass/" TargetMode="External" Id="rId382"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-mp/" TargetMode="External" Id="rId383"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-oppol/" TargetMode="External" Id="rId384"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-op/" TargetMode="External" Id="rId385"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k/" TargetMode="External" Id="rId386"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-mglass/" TargetMode="External" Id="rId387"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-mp/" TargetMode="External" Id="rId388"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-oppol/" TargetMode="External" Id="rId389"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-op/" TargetMode="External" Id="rId390"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-6000k/" TargetMode="External" Id="rId391"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-6000k-mglass/" TargetMode="External" Id="rId392"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-6000k-mp/" TargetMode="External" Id="rId393"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-6000k-oppol/" TargetMode="External" Id="rId394"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-6000k-op/" TargetMode="External" Id="rId395"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/" TargetMode="External" Id="rId396"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/" TargetMode="External" Id="rId397"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k/" TargetMode="External" Id="rId398"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k/" TargetMode="External" Id="rId399"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId400"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mglass/" TargetMode="External" Id="rId401"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mp/" TargetMode="External" Id="rId402"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mp/" TargetMode="External" Id="rId403"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-op/" TargetMode="External" Id="rId404"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-oppol/" TargetMode="External" Id="rId405"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId406"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-op/" TargetMode="External" Id="rId407"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k/" TargetMode="External" Id="rId408"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k/" TargetMode="External" Id="rId409"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId410"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-mglass/" TargetMode="External" Id="rId411"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-mp/" TargetMode="External" Id="rId412"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-mp/" TargetMode="External" Id="rId413"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-op/" TargetMode="External" Id="rId414"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-oppol/" TargetMode="External" Id="rId415"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId416"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-op/" TargetMode="External" Id="rId417"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-mglass/" TargetMode="External" Id="rId418"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId419"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-mp/" TargetMode="External" Id="rId420"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-mp/" TargetMode="External" Id="rId421"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-op/" TargetMode="External" Id="rId422"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId423"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-oppol/" TargetMode="External" Id="rId424"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-op/" TargetMode="External" Id="rId425"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-6000k/" TargetMode="External" Id="rId426"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-6000k/" TargetMode="External" Id="rId427"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-6000k-mglass/" TargetMode="External" Id="rId428"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-6000k-mglass/" TargetMode="External" Id="rId429"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-6000k-mp/" TargetMode="External" Id="rId430"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-6000k-mp/" TargetMode="External" Id="rId431"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-6000k-op/" TargetMode="External" Id="rId432"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-6000k-oppol/" TargetMode="External" Id="rId433"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-6000k-oppol/" TargetMode="External" Id="rId434"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-6000k-op/" TargetMode="External" Id="rId435"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k/" TargetMode="External" Id="rId436"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k/" TargetMode="External" Id="rId437"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mglass/" TargetMode="External" Id="rId438"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId439"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mp/" TargetMode="External" Id="rId440"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mp/" TargetMode="External" Id="rId441"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-op/" TargetMode="External" Id="rId442"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-oppol/" TargetMode="External" Id="rId443"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId444"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-op/" TargetMode="External" Id="rId445"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k/" TargetMode="External" Id="rId446"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k/" TargetMode="External" Id="rId447"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-mglass/" TargetMode="External" Id="rId448"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId449"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-mp/" TargetMode="External" Id="rId450"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-mp/" TargetMode="External" Id="rId451"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-op/" TargetMode="External" Id="rId452"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-oppol/" TargetMode="External" Id="rId453"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId454"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-op/" TargetMode="External" Id="rId455"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k/" TargetMode="External" Id="rId456"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k/" TargetMode="External" Id="rId457"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-mglass/" TargetMode="External" Id="rId458"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId459"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-mp/" TargetMode="External" Id="rId460"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-mp/" TargetMode="External" Id="rId461"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-op/" TargetMode="External" Id="rId462"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId463"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-oppol/" TargetMode="External" Id="rId464"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-op/" TargetMode="External" Id="rId465"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-6000k/" TargetMode="External" Id="rId466"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-6000k/" TargetMode="External" Id="rId467"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-6000k-mglass/" TargetMode="External" Id="rId468"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-6000k-mglass/" TargetMode="External" Id="rId469"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-6000k-mp/" TargetMode="External" Id="rId470"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-6000k-mp/" TargetMode="External" Id="rId471"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-6000k-op/" TargetMode="External" Id="rId472"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-6000k-oppol/" TargetMode="External" Id="rId473"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-6000k-oppol/" TargetMode="External" Id="rId474"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-6000k-op/" TargetMode="External" Id="rId475"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/" TargetMode="External" Id="rId476"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/" TargetMode="External" Id="rId477"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k/" TargetMode="External" Id="rId478"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k/" TargetMode="External" Id="rId479"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId480"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mglass/" TargetMode="External" Id="rId481"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mp/" TargetMode="External" Id="rId482"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mp/" TargetMode="External" Id="rId483"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-op/" TargetMode="External" Id="rId484"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId485"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-oppol/" TargetMode="External" Id="rId486"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-op/" TargetMode="External" Id="rId487"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k/" TargetMode="External" Id="rId488"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k/" TargetMode="External" Id="rId489"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId490"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-mglass/" TargetMode="External" Id="rId491"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-mp/" TargetMode="External" Id="rId492"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-mp/" TargetMode="External" Id="rId493"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-op/" TargetMode="External" Id="rId494"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId495"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-oppol/" TargetMode="External" Id="rId496"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-op/" TargetMode="External" Id="rId497"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-mglass/" TargetMode="External" Id="rId498"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId499"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-mp/" TargetMode="External" Id="rId500"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-mp/" TargetMode="External" Id="rId501"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-op/" TargetMode="External" Id="rId502"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-oppol/" TargetMode="External" Id="rId503"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId504"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-op/" TargetMode="External" Id="rId505"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-6000k/" TargetMode="External" Id="rId506"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-6000k/" TargetMode="External" Id="rId507"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-6000k-mglass/" TargetMode="External" Id="rId508"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-6000k-mglass/" TargetMode="External" Id="rId509"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-6000k-mp/" TargetMode="External" Id="rId510"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-6000k-mp/" TargetMode="External" Id="rId511"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-6000k-op/" TargetMode="External" Id="rId512"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-6000k-oppol/" TargetMode="External" Id="rId513"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-6000k-oppol/" TargetMode="External" Id="rId514"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-6000k-op/" TargetMode="External" Id="rId515"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k/" TargetMode="External" Id="rId516"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k/" TargetMode="External" Id="rId517"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mglass/" TargetMode="External" Id="rId518"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId519"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mp/" TargetMode="External" Id="rId520"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mp/" TargetMode="External" Id="rId521"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-op/" TargetMode="External" Id="rId522"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-oppol/" TargetMode="External" Id="rId523"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId524"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-op/" TargetMode="External" Id="rId525"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k/" TargetMode="External" Id="rId526"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k/" TargetMode="External" Id="rId527"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-mglass/" TargetMode="External" Id="rId528"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId529"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-mp/" TargetMode="External" Id="rId530"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-mp/" TargetMode="External" Id="rId531"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-op/" TargetMode="External" Id="rId532"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId533"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-oppol/" TargetMode="External" Id="rId534"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-op/" TargetMode="External" Id="rId535"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k/" TargetMode="External" Id="rId536"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k/" TargetMode="External" Id="rId537"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-mglass/" TargetMode="External" Id="rId538"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId539"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-mp/" TargetMode="External" Id="rId540"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-mp/" TargetMode="External" Id="rId541"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-op/" TargetMode="External" Id="rId542"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-oppol/" TargetMode="External" Id="rId543"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId544"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-op/" TargetMode="External" Id="rId545"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-6000k/" TargetMode="External" Id="rId546"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-6000k/" TargetMode="External" Id="rId547"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-6000k-mglass/" TargetMode="External" Id="rId548"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-6000k-mglass/" TargetMode="External" Id="rId549"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-6000k-mp/" TargetMode="External" Id="rId550"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-6000k-mp/" TargetMode="External" Id="rId551"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-6000k-op/" TargetMode="External" Id="rId552"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-6000k-oppol/" TargetMode="External" Id="rId553"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-6000k-oppol/" TargetMode="External" Id="rId554"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-6000k-op/" TargetMode="External" Id="rId555"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/" TargetMode="External" Id="rId556"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/" TargetMode="External" Id="rId557"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k/" TargetMode="External" Id="rId558"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k/" TargetMode="External" Id="rId559"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mglass/" TargetMode="External" Id="rId560"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mglass/" TargetMode="External" Id="rId561"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mp/" TargetMode="External" Id="rId562"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mp/" TargetMode="External" Id="rId563"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-op/" TargetMode="External" Id="rId564"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-oppol/" TargetMode="External" Id="rId565"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-oppol/" TargetMode="External" Id="rId566"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-op/" TargetMode="External" Id="rId567"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k/" TargetMode="External" Id="rId568"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k/" TargetMode="External" Id="rId569"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-mglass/" TargetMode="External" Id="rId570"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-mglass/" TargetMode="External" Id="rId571"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-mp/" TargetMode="External" Id="rId572"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-mp/" TargetMode="External" Id="rId573"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-op/" TargetMode="External" Id="rId574"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-oppol/" TargetMode="External" Id="rId575"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-oppol/" TargetMode="External" Id="rId576"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-op/" TargetMode="External" Id="rId577"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-mglass/" TargetMode="External" Id="rId578"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-mglass/" TargetMode="External" Id="rId579"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-mp/" TargetMode="External" Id="rId580"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-mp/" TargetMode="External" Id="rId581"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-op/" TargetMode="External" Id="rId582"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-oppol/" TargetMode="External" Id="rId583"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-oppol/" TargetMode="External" Id="rId584"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-op/" TargetMode="External" Id="rId585"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-6000k/" TargetMode="External" Id="rId586"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-6000k/" TargetMode="External" Id="rId587"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-6000k-mglass/" TargetMode="External" Id="rId588"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-6000k-mglass/" TargetMode="External" Id="rId589"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-6000k-mp/" TargetMode="External" Id="rId590"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-6000k-mp/" TargetMode="External" Id="rId591"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-6000k-op/" TargetMode="External" Id="rId592"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-6000k-oppol/" TargetMode="External" Id="rId593"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-6000k-oppol/" TargetMode="External" Id="rId594"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-6000k-op/" TargetMode="External" Id="rId595"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k/" TargetMode="External" Id="rId596"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k/" TargetMode="External" Id="rId597"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mglass/" TargetMode="External" Id="rId598"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mglass/" TargetMode="External" Id="rId599"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mp/" TargetMode="External" Id="rId600"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mp/" TargetMode="External" Id="rId601"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-op/" TargetMode="External" Id="rId602"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-oppol/" TargetMode="External" Id="rId603"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-oppol/" TargetMode="External" Id="rId604"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-op/" TargetMode="External" Id="rId605"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k/" TargetMode="External" Id="rId606"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k/" TargetMode="External" Id="rId607"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-mglass/" TargetMode="External" Id="rId608"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-mglass/" TargetMode="External" Id="rId609"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-mp/" TargetMode="External" Id="rId610"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-mp/" TargetMode="External" Id="rId611"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-op/" TargetMode="External" Id="rId612"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-oppol/" TargetMode="External" Id="rId613"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-oppol/" TargetMode="External" Id="rId614"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-op/" TargetMode="External" Id="rId615"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k/" TargetMode="External" Id="rId616"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k/" TargetMode="External" Id="rId617"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-mglass/" TargetMode="External" Id="rId618"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-mglass/" TargetMode="External" Id="rId619"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-mp/" TargetMode="External" Id="rId620"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-mp/" TargetMode="External" Id="rId621"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-op/" TargetMode="External" Id="rId622"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-oppol/" TargetMode="External" Id="rId623"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-oppol/" TargetMode="External" Id="rId624"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-op/" TargetMode="External" Id="rId625"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-6000k/" TargetMode="External" Id="rId626"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-6000k/" TargetMode="External" Id="rId627"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-6000k-mglass/" TargetMode="External" Id="rId628"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-6000k-mglass/" TargetMode="External" Id="rId629"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-6000k-mp/" TargetMode="External" Id="rId630"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-6000k-mp/" TargetMode="External" Id="rId631"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-6000k-op/" TargetMode="External" Id="rId632"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-6000k-oppol/" TargetMode="External" Id="rId633"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-6000k-oppol/" TargetMode="External" Id="rId634"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-6000k-op/" TargetMode="External" Id="rId635"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/" TargetMode="External" Id="rId636"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/" TargetMode="External" Id="rId637"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k/" TargetMode="External" Id="rId638"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k/" TargetMode="External" Id="rId639"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId640"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mglass/" TargetMode="External" Id="rId641"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mp/" TargetMode="External" Id="rId642"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mp/" TargetMode="External" Id="rId643"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-op/" TargetMode="External" Id="rId644"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId645"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-oppol/" TargetMode="External" Id="rId646"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-op/" TargetMode="External" Id="rId647"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k/" TargetMode="External" Id="rId648"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k/" TargetMode="External" Id="rId649"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId650"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-mglass/" TargetMode="External" Id="rId651"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-mp/" TargetMode="External" Id="rId652"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-mp/" TargetMode="External" Id="rId653"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-op/" TargetMode="External" Id="rId654"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId655"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-oppol/" TargetMode="External" Id="rId656"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-op/" TargetMode="External" Id="rId657"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-mglass/" TargetMode="External" Id="rId658"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId659"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-mp/" TargetMode="External" Id="rId660"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-mp/" TargetMode="External" Id="rId661"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-op/" TargetMode="External" Id="rId662"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId663"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-oppol/" TargetMode="External" Id="rId664"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-op/" TargetMode="External" Id="rId665"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-6000k/" TargetMode="External" Id="rId666"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-6000k/" TargetMode="External" Id="rId667"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-6000k-mglass/" TargetMode="External" Id="rId668"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-6000k-mglass/" TargetMode="External" Id="rId669"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-6000k-mp/" TargetMode="External" Id="rId670"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-6000k-mp/" TargetMode="External" Id="rId671"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-6000k-op/" TargetMode="External" Id="rId672"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-6000k-oppol/" TargetMode="External" Id="rId673"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-6000k-oppol/" TargetMode="External" Id="rId674"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-6000k-op/" TargetMode="External" Id="rId675"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k/" TargetMode="External" Id="rId676"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k/" TargetMode="External" Id="rId677"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mglass/" TargetMode="External" Id="rId678"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId679"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mp/" TargetMode="External" Id="rId680"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mp/" TargetMode="External" Id="rId681"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-op/" TargetMode="External" Id="rId682"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId683"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-oppol/" TargetMode="External" Id="rId684"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-op/" TargetMode="External" Id="rId685"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k/" TargetMode="External" Id="rId686"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k/" TargetMode="External" Id="rId687"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId688"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-mglass/" TargetMode="External" Id="rId689"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-mp/" TargetMode="External" Id="rId690"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-mp/" TargetMode="External" Id="rId691"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-op/" TargetMode="External" Id="rId692"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-oppol/" TargetMode="External" Id="rId693"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId694"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-op/" TargetMode="External" Id="rId695"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k/" TargetMode="External" Id="rId696"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k/" TargetMode="External" Id="rId697"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-mglass/" TargetMode="External" Id="rId698"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId699"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-mp/" TargetMode="External" Id="rId700"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-mp/" TargetMode="External" Id="rId701"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-op/" TargetMode="External" Id="rId702"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId703"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-oppol/" TargetMode="External" Id="rId704"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-op/" TargetMode="External" Id="rId705"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-6000k/" TargetMode="External" Id="rId706"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-6000k/" TargetMode="External" Id="rId707"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-6000k-mglass/" TargetMode="External" Id="rId708"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-6000k-mglass/" TargetMode="External" Id="rId709"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-6000k-mp/" TargetMode="External" Id="rId710"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-6000k-mp/" TargetMode="External" Id="rId711"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-6000k-op/" TargetMode="External" Id="rId712"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-6000k-oppol/" TargetMode="External" Id="rId713"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-6000k-oppol/" TargetMode="External" Id="rId714"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-6000k-op/" TargetMode="External" Id="rId715"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/" TargetMode="External" Id="rId716"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k/" TargetMode="External" Id="rId717"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mglass/" TargetMode="External" Id="rId718"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mp/" TargetMode="External" Id="rId719"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-oppol/" TargetMode="External" Id="rId720"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-op/" TargetMode="External" Id="rId721"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k/" TargetMode="External" Id="rId722"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-mglass/" TargetMode="External" Id="rId723"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-mp/" TargetMode="External" Id="rId724"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-oppol/" TargetMode="External" Id="rId725"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-op/" TargetMode="External" Id="rId726"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-mglass/" TargetMode="External" Id="rId727"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-mp/" TargetMode="External" Id="rId728"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-oppol/" TargetMode="External" Id="rId729"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-op/" TargetMode="External" Id="rId730"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-6000k/" TargetMode="External" Id="rId731"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-6000k-mglass/" TargetMode="External" Id="rId732"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-6000k-mp/" TargetMode="External" Id="rId733"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-6000k-oppol/" TargetMode="External" Id="rId734"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-6000k-op/" TargetMode="External" Id="rId735"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k/" TargetMode="External" Id="rId736"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mglass/" TargetMode="External" Id="rId737"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mp/" TargetMode="External" Id="rId738"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-oppol/" TargetMode="External" Id="rId739"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-op/" TargetMode="External" Id="rId740"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k/" TargetMode="External" Id="rId741"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-mglass/" TargetMode="External" Id="rId742"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-mp/" TargetMode="External" Id="rId743"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-oppol/" TargetMode="External" Id="rId744"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-op/" TargetMode="External" Id="rId745"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k/" TargetMode="External" Id="rId746"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-mglass/" TargetMode="External" Id="rId747"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-mp/" TargetMode="External" Id="rId748"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-oppol/" TargetMode="External" Id="rId749"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-op/" TargetMode="External" Id="rId750"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-6000k/" TargetMode="External" Id="rId751"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-6000k-mglass/" TargetMode="External" Id="rId752"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-6000k-mp/" TargetMode="External" Id="rId753"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-6000k-oppol/" TargetMode="External" Id="rId754"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-6000k-op/" TargetMode="External" Id="rId755"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-100/" TargetMode="External" Id="rId756"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-20/" TargetMode="External" Id="rId757"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-30/" TargetMode="External" Id="rId758"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-35/" TargetMode="External" Id="rId759"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-40/" TargetMode="External" Id="rId760"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-45/" TargetMode="External" Id="rId761"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-50/" TargetMode="External" Id="rId762"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-60/" TargetMode="External" Id="rId763"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-70/" TargetMode="External" Id="rId764"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-80/" TargetMode="External" Id="rId765"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-90/" TargetMode="External" Id="rId766"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/mp-embedded/" TargetMode="External" Id="rId767"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/mp-overhead/" TargetMode="External" Id="rId768"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/" TargetMode="External" Id="rId769"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/np-overhead/" TargetMode="External" Id="rId770"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/ns-embedded/" TargetMode="External" Id="rId771"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/ns-overhead/" TargetMode="External" Id="rId772"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/wp-embedded/" TargetMode="External" Id="rId773"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/wp-overhead/" TargetMode="External" Id="rId774"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spo-12/" TargetMode="External" Id="rId775"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spo-18/" TargetMode="External" Id="rId776"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spo-36/" TargetMode="External" Id="rId777"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spo-70/" TargetMode="External" Id="rId778"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-fdl-03-45/" TargetMode="External" Id="rId779"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-fdl-03-65/" TargetMode="External" Id="rId780"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-02-22/" TargetMode="External" Id="rId781"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-03-22/" TargetMode="External" Id="rId782"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-05-22/" TargetMode="External" Id="rId783"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-05-33/" TargetMode="External" Id="rId784"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-06-56/" TargetMode="External" Id="rId785"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-07-18/" TargetMode="External" Id="rId786"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dsb-01-14/" TargetMode="External" Id="rId787"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dsb-01-28/" TargetMode="External" Id="rId788"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-15-1600/" TargetMode="External" Id="rId789"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-23-2400/" TargetMode="External" Id="rId790"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-28-3000/" TargetMode="External" Id="rId791"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-28-3100/" TargetMode="External" Id="rId792"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-37-3900/" TargetMode="External" Id="rId793"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-37-4000/" TargetMode="External" Id="rId794"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-41-4500/" TargetMode="External" Id="rId795"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-56/" TargetMode="External" Id="rId796"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-64/" TargetMode="External" Id="rId797"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-72/" TargetMode="External" Id="rId798"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-80/" TargetMode="External" Id="rId799"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-n-64/" TargetMode="External" Id="rId800"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-n-72/" TargetMode="External" Id="rId801"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-n-80-bap/" TargetMode="External" Id="rId802"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-56/" TargetMode="External" Id="rId803"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-64/" TargetMode="External" Id="rId804"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-72/" TargetMode="External" Id="rId805"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-80-bap/" TargetMode="External" Id="rId806"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-n56-32-vt-ip-40/" TargetMode="External" Id="rId807"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u56-32-vt-ip54/" TargetMode="External" Id="rId808"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u64-36-vt-ip-54/" TargetMode="External" Id="rId809"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u72-39-vt-ip54/" TargetMode="External" Id="rId810"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u80-45-vt-ip54/" TargetMode="External" Id="rId811"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-grilliato-domino-50/" TargetMode="External" Id="rId812"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-downlight-22/" TargetMode="External" Id="rId813"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-downlight-ip54-22/" TargetMode="External" Id="rId814"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-comfort-40/" TargetMode="External" Id="rId815"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-33/" TargetMode="External" Id="rId816"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-33-600/" TargetMode="External" Id="rId817"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-34/" TargetMode="External" Id="rId818"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-68/" TargetMode="External" Id="rId819"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-comfort-43/" TargetMode="External" Id="rId820"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-comfort-42/" TargetMode="External" Id="rId821"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-comfort-85/" TargetMode="External" Id="rId822"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-20/" TargetMode="External" Id="rId823"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-40/" TargetMode="External" Id="rId824"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-60/" TargetMode="External" Id="rId825"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-80/" TargetMode="External" Id="rId826"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-ip54-ree-25/" TargetMode="External" Id="rId827"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-ip54-ree-33/" TargetMode="External" Id="rId828"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-g/" TargetMode="External" Id="rId829"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-30/" TargetMode="External" Id="rId830"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-t/" TargetMode="External" Id="rId831"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-40/" TargetMode="External" Id="rId832"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-x/" TargetMode="External" Id="rId833"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-60/" TargetMode="External" Id="rId834"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-80/" TargetMode="External" Id="rId835"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-classica-16/" TargetMode="External" Id="rId836"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-classica-33/" TargetMode="External" Id="rId837"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-orion-45/" TargetMode="External" Id="rId838"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-orion-60/" TargetMode="External" Id="rId839"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-orion-80/" TargetMode="External" Id="rId840"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-comfort-3d-40/" TargetMode="External" Id="rId841"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-standart-33/" TargetMode="External" Id="rId842"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-standart-40/" TargetMode="External" Id="rId843"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-r-43/" TargetMode="External" Id="rId844"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-r-60/" TargetMode="External" Id="rId845"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-r-80/" TargetMode="External" Id="rId846"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-20/" TargetMode="External" Id="rId847"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-40/" TargetMode="External" Id="rId848"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-60/" TargetMode="External" Id="rId849"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-80/" TargetMode="External" Id="rId850"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-20/" TargetMode="External" Id="rId851"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-30/" TargetMode="External" Id="rId852"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-40/" TargetMode="External" Id="rId853"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-60/" TargetMode="External" Id="rId854"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledel-l-office-32-standart/" TargetMode="External" Id="rId855"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledel-l-office-55-standart/" TargetMode="External" Id="rId856"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledel-l-office-32-premium/" TargetMode="External" Id="rId857"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledel-l-office-55-premium/" TargetMode="External" Id="rId858"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledel-l-office-32-s-premium/" TargetMode="External" Id="rId859"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-n-30-600/" TargetMode="External" Id="rId860"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-n-40-1200/" TargetMode="External" Id="rId861"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-n-50-1200/" TargetMode="External" Id="rId862"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-n-60-1800/" TargetMode="External" Id="rId863"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-p-30-600/" TargetMode="External" Id="rId864"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-p-40-1200/" TargetMode="External" Id="rId865"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-p-50-1200/" TargetMode="External" Id="rId866"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-p-60-1800/" TargetMode="External" Id="rId867"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-p-80-2400/" TargetMode="External" Id="rId868"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-line-p-33/" TargetMode="External" Id="rId869"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-office-20-m600x300/" TargetMode="External" Id="rId870"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-office-28-p600x600/" TargetMode="External" Id="rId871"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-office-33-m600x600/" TargetMode="External" Id="rId872"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-office-41-m1200x300/" TargetMode="External" Id="rId873"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-office-41-m600x600/" TargetMode="External" Id="rId874"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-office-82-m1200x600/" TargetMode="External" Id="rId875"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-1-p600x600/4000k/" TargetMode="External" Id="rId876"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-1-p600x600/" TargetMode="External" Id="rId877"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x1200/4000k/" TargetMode="External" Id="rId878"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x1200/" TargetMode="External" Id="rId879"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x600/4000k/" TargetMode="External" Id="rId880"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x600/" TargetMode="External" Id="rId881"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x1200/4000k/" TargetMode="External" Id="rId882"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x1200/" TargetMode="External" Id="rId883"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x300/4000k/" TargetMode="External" Id="rId884"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x300/" TargetMode="External" Id="rId885"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x600/4000k/" TargetMode="External" Id="rId886"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x600/" TargetMode="External" Id="rId887"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/liderlajt-slimpanel2-p600x1200/4000k/" TargetMode="External" Id="rId888"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/liderlajt-slimpanel2-p600x1200/" TargetMode="External" Id="rId889"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p600x600/4000k/" TargetMode="External" Id="rId890"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p600x600/" TargetMode="External" Id="rId891"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId892"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-100/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-20-1200/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-20/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-30-1200/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-30/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-35-1200/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-35/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-40-1200/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-40/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-45/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-50-1200/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-50/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-60-1200/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-60/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-70-1200/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-70/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-80-1200/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-80/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/top-svet-ts-office-90/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-010-003-ip-20-linia-10/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-010-003-ip-20-linia-10-l300/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20-l300/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20-l600/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-020-003-ip-20-linia-20-l/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-030-003-ip-20-linia-30/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-030-003-ip-20-liniya-30-l-900/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-liniya-003-30-t/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia40-l1200/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40-l600/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40-l/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-040-003-ip-20-linia-40-x/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-050-003-ip-20-linia-50/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-050-003-ip-20-liniya-50-l-1500/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-060-003-ip-20-linia-60/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-060-003-ip-20-linia-60-l900/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-060-003-ip-20-linia-60-t/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-070-003-ip-20-linia-70/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-080-003-ip-20-linia-80/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-080-003-ip-20-linia-80-l1200/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-080-003-ip-20-linia-80-x/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-090-003-ip-20-linia-90/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-100-003-ip-20-linia-100/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-01-100-003-ip-20-linia-100-l1500/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-liniya-003-30/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-liniya-003-50/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mglass/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-mp/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-oppol/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-3000k-op/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-mglass/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-mp/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-oppol/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-4000k-op/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-mglass/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-mp/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-oppol/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-5000k-op/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-6000k/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-6000k-mglass/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-6000k-mp/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-6000k-oppol/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip20-6000k-op/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mglass/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-mp/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-oppol/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-3000k-op/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-mglass/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-mp/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-oppol/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-4000k-op/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-mglass/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-mp/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-oppol/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-5000k-op/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-6000k/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-6000k-mglass/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-6000k-mp/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-6000k-oppol/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-100/ip54-6000k-op/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mglass/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-mp/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-mp/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-op/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-oppol/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-3000k-op/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-mglass/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-mp/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-mp/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-op/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-oppol/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-4000k-op/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-mglass/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-mp/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-mp/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-op/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-oppol/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-5000k-op/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-6000k/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-6000k/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-6000k-mglass/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-6000k-mglass/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-6000k-mp/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-6000k-mp/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-6000k-op/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-6000k-oppol/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip20-6000k-oppol/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip20-6000k-op/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mglass/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-mp/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-mp/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-op/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-oppol/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-3000k-op/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-mglass/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-mp/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-mp/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-op/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-oppol/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-4000k-op/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-mglass/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-mp/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-mp/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-op/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-oppol/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-5000k-op/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-6000k/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-6000k/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-6000k-mglass/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-6000k-mglass/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-6000k-mp/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-6000k-mp/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-6000k-op/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-6000k-oppol/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20-1200/ip54-6000k-oppol/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-20/ip54-6000k-op/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mglass/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-mp/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-mp/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-op/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-oppol/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-3000k-op/" TargetMode="External" Id="rId181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k/" TargetMode="External" Id="rId182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k/" TargetMode="External" Id="rId183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-mglass/" TargetMode="External" Id="rId185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-mp/" TargetMode="External" Id="rId186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-mp/" TargetMode="External" Id="rId187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-op/" TargetMode="External" Id="rId188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-oppol/" TargetMode="External" Id="rId190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-4000k-op/" TargetMode="External" Id="rId191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-004-ofis-30/" TargetMode="External" Id="rId192"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-mglass/" TargetMode="External" Id="rId193"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId194"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-mp/" TargetMode="External" Id="rId195"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-mp/" TargetMode="External" Id="rId196"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-op/" TargetMode="External" Id="rId197"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId198"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-oppol/" TargetMode="External" Id="rId199"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-5000k-op/" TargetMode="External" Id="rId200"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-6000k/" TargetMode="External" Id="rId201"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-6000k/" TargetMode="External" Id="rId202"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-6000k-mglass/" TargetMode="External" Id="rId203"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-6000k-mglass/" TargetMode="External" Id="rId204"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-6000k-mp/" TargetMode="External" Id="rId205"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-6000k-mp/" TargetMode="External" Id="rId206"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-6000k-op/" TargetMode="External" Id="rId207"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip20-6000k-oppol/" TargetMode="External" Id="rId208"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-6000k-oppol/" TargetMode="External" Id="rId209"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip20-6000k-op/" TargetMode="External" Id="rId210"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k/" TargetMode="External" Id="rId211"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k/" TargetMode="External" Id="rId212"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mglass/" TargetMode="External" Id="rId213"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId214"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-mp/" TargetMode="External" Id="rId215"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-mp/" TargetMode="External" Id="rId216"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-op/" TargetMode="External" Id="rId217"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-oppol/" TargetMode="External" Id="rId218"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId219"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-3000k-op/" TargetMode="External" Id="rId220"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k/" TargetMode="External" Id="rId221"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k/" TargetMode="External" Id="rId222"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId223"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-mglass/" TargetMode="External" Id="rId224"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-mp/" TargetMode="External" Id="rId225"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-mp/" TargetMode="External" Id="rId226"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-op/" TargetMode="External" Id="rId227"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId228"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-oppol/" TargetMode="External" Id="rId229"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-4000k-op/" TargetMode="External" Id="rId230"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k/" TargetMode="External" Id="rId231"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k/" TargetMode="External" Id="rId232"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-mglass/" TargetMode="External" Id="rId233"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId234"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-mp/" TargetMode="External" Id="rId235"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-mp/" TargetMode="External" Id="rId236"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-op/" TargetMode="External" Id="rId237"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId238"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-oppol/" TargetMode="External" Id="rId239"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-5000k-op/" TargetMode="External" Id="rId240"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-6000k/" TargetMode="External" Id="rId241"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-6000k/" TargetMode="External" Id="rId242"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-6000k-mglass/" TargetMode="External" Id="rId243"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-6000k-mglass/" TargetMode="External" Id="rId244"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-6000k-mp/" TargetMode="External" Id="rId245"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-6000k-mp/" TargetMode="External" Id="rId246"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-6000k-op/" TargetMode="External" Id="rId247"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30-1200/ip54-6000k-oppol/" TargetMode="External" Id="rId248"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-6000k-oppol/" TargetMode="External" Id="rId249"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-30/ip54-6000k-op/" TargetMode="External" Id="rId250"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/" TargetMode="External" Id="rId251"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35/" TargetMode="External" Id="rId252"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k/" TargetMode="External" Id="rId253"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId254"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-mp/" TargetMode="External" Id="rId255"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-op/" TargetMode="External" Id="rId256"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId257"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k/" TargetMode="External" Id="rId258"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId259"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-mp/" TargetMode="External" Id="rId260"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-op/" TargetMode="External" Id="rId261"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId262"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId263"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-mp/" TargetMode="External" Id="rId264"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-op/" TargetMode="External" Id="rId265"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId266"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-6000k/" TargetMode="External" Id="rId267"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-6000k-mglass/" TargetMode="External" Id="rId268"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-6000k-mp/" TargetMode="External" Id="rId269"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-6000k-op/" TargetMode="External" Id="rId270"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip20-6000k-oppol/" TargetMode="External" Id="rId271"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k/" TargetMode="External" Id="rId272"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId273"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-mp/" TargetMode="External" Id="rId274"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-op/" TargetMode="External" Id="rId275"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId276"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k/" TargetMode="External" Id="rId277"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId278"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-mp/" TargetMode="External" Id="rId279"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-op/" TargetMode="External" Id="rId280"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId281"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k/" TargetMode="External" Id="rId282"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId283"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-mp/" TargetMode="External" Id="rId284"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-op/" TargetMode="External" Id="rId285"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId286"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-6000k/" TargetMode="External" Id="rId287"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-6000k-mglass/" TargetMode="External" Id="rId288"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-6000k-mp/" TargetMode="External" Id="rId289"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-6000k-op/" TargetMode="External" Id="rId290"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-35-1200/ip54-6000k-oppol/" TargetMode="External" Id="rId291"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/" TargetMode="External" Id="rId292"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/" TargetMode="External" Id="rId293"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k/" TargetMode="External" Id="rId294"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k/" TargetMode="External" Id="rId295"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mglass/" TargetMode="External" Id="rId296"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-mp/" TargetMode="External" Id="rId297"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-mp/" TargetMode="External" Id="rId298"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-3000k-op/" TargetMode="External" Id="rId299"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-oppol/" TargetMode="External" Id="rId300"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-3000k-op/" TargetMode="External" Id="rId301"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k/" TargetMode="External" Id="rId302"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k/" TargetMode="External" Id="rId303"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-mglass/" TargetMode="External" Id="rId304"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-mp/" TargetMode="External" Id="rId305"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k-mp/" TargetMode="External" Id="rId306"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-4000k-op/" TargetMode="External" Id="rId307"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-oppol/" TargetMode="External" Id="rId308"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-4000k-op/" TargetMode="External" Id="rId309"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-mglass/" TargetMode="External" Id="rId310"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-mp/" TargetMode="External" Id="rId311"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-5000k-mp/" TargetMode="External" Id="rId312"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-5000k-op/" TargetMode="External" Id="rId313"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-oppol/" TargetMode="External" Id="rId314"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-5000k-op/" TargetMode="External" Id="rId315"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-6000k/" TargetMode="External" Id="rId316"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-6000k/" TargetMode="External" Id="rId317"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-6000k-mglass/" TargetMode="External" Id="rId318"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-6000k-mp/" TargetMode="External" Id="rId319"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-6000k-mp/" TargetMode="External" Id="rId320"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip20-6000k-op/" TargetMode="External" Id="rId321"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-6000k-oppol/" TargetMode="External" Id="rId322"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip20-6000k-op/" TargetMode="External" Id="rId323"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k/" TargetMode="External" Id="rId324"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k/" TargetMode="External" Id="rId325"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mglass/" TargetMode="External" Id="rId326"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-mp/" TargetMode="External" Id="rId327"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-mp/" TargetMode="External" Id="rId328"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-3000k-op/" TargetMode="External" Id="rId329"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-oppol/" TargetMode="External" Id="rId330"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-3000k-op/" TargetMode="External" Id="rId331"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k/" TargetMode="External" Id="rId332"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k/" TargetMode="External" Id="rId333"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-mglass/" TargetMode="External" Id="rId334"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-mp/" TargetMode="External" Id="rId335"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k-mp/" TargetMode="External" Id="rId336"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-4000k-op/" TargetMode="External" Id="rId337"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-oppol/" TargetMode="External" Id="rId338"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-4000k-op/" TargetMode="External" Id="rId339"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-5000k/" TargetMode="External" Id="rId340"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k/" TargetMode="External" Id="rId341"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-mglass/" TargetMode="External" Id="rId342"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-5000k-mp/" TargetMode="External" Id="rId343"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-mp/" TargetMode="External" Id="rId344"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-5000k-op/" TargetMode="External" Id="rId345"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-oppol/" TargetMode="External" Id="rId346"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-5000k-op/" TargetMode="External" Id="rId347"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-6000k/" TargetMode="External" Id="rId348"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-6000k/" TargetMode="External" Id="rId349"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-6000k-mglass/" TargetMode="External" Id="rId350"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-6000k-mp/" TargetMode="External" Id="rId351"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-6000k-mp/" TargetMode="External" Id="rId352"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40-1200/ip54-6000k-op/" TargetMode="External" Id="rId353"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-6000k-oppol/" TargetMode="External" Id="rId354"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-40/ip54-6000k-op/" TargetMode="External" Id="rId355"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/" TargetMode="External" Id="rId356"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k/" TargetMode="External" Id="rId357"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mglass/" TargetMode="External" Id="rId358"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-mp/" TargetMode="External" Id="rId359"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-oppol/" TargetMode="External" Id="rId360"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-3000k-op/" TargetMode="External" Id="rId361"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k/" TargetMode="External" Id="rId362"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-mglass/" TargetMode="External" Id="rId363"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-mp/" TargetMode="External" Id="rId364"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-oppol/" TargetMode="External" Id="rId365"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-4000k-op/" TargetMode="External" Id="rId366"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-mglass/" TargetMode="External" Id="rId367"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-mp/" TargetMode="External" Id="rId368"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-oppol/" TargetMode="External" Id="rId369"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-5000k-op/" TargetMode="External" Id="rId370"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-6000k/" TargetMode="External" Id="rId371"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-6000k-mglass/" TargetMode="External" Id="rId372"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-6000k-mp/" TargetMode="External" Id="rId373"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-6000k-oppol/" TargetMode="External" Id="rId374"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip20-6000k-op/" TargetMode="External" Id="rId375"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k/" TargetMode="External" Id="rId376"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mglass/" TargetMode="External" Id="rId377"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-mp/" TargetMode="External" Id="rId378"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-oppol/" TargetMode="External" Id="rId379"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-3000k-op/" TargetMode="External" Id="rId380"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k/" TargetMode="External" Id="rId381"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-mglass/" TargetMode="External" Id="rId382"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-mp/" TargetMode="External" Id="rId383"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-oppol/" TargetMode="External" Id="rId384"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-4000k-op/" TargetMode="External" Id="rId385"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k/" TargetMode="External" Id="rId386"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-mglass/" TargetMode="External" Id="rId387"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-mp/" TargetMode="External" Id="rId388"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-oppol/" TargetMode="External" Id="rId389"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-5000k-op/" TargetMode="External" Id="rId390"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-6000k/" TargetMode="External" Id="rId391"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-6000k-mglass/" TargetMode="External" Id="rId392"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-6000k-mp/" TargetMode="External" Id="rId393"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-6000k-oppol/" TargetMode="External" Id="rId394"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-45/ip54-6000k-op/" TargetMode="External" Id="rId395"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/" TargetMode="External" Id="rId396"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/" TargetMode="External" Id="rId397"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k/" TargetMode="External" Id="rId398"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k/" TargetMode="External" Id="rId399"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId400"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mglass/" TargetMode="External" Id="rId401"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-mp/" TargetMode="External" Id="rId402"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-mp/" TargetMode="External" Id="rId403"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-op/" TargetMode="External" Id="rId404"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId405"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-oppol/" TargetMode="External" Id="rId406"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-3000k-op/" TargetMode="External" Id="rId407"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k/" TargetMode="External" Id="rId408"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k/" TargetMode="External" Id="rId409"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-mglass/" TargetMode="External" Id="rId410"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId411"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-mp/" TargetMode="External" Id="rId412"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-mp/" TargetMode="External" Id="rId413"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-op/" TargetMode="External" Id="rId414"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId415"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-oppol/" TargetMode="External" Id="rId416"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-4000k-op/" TargetMode="External" Id="rId417"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-mglass/" TargetMode="External" Id="rId418"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId419"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-mp/" TargetMode="External" Id="rId420"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-mp/" TargetMode="External" Id="rId421"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-op/" TargetMode="External" Id="rId422"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-oppol/" TargetMode="External" Id="rId423"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId424"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-5000k-op/" TargetMode="External" Id="rId425"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-6000k/" TargetMode="External" Id="rId426"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-6000k/" TargetMode="External" Id="rId427"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-6000k-mglass/" TargetMode="External" Id="rId428"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-6000k-mglass/" TargetMode="External" Id="rId429"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-6000k-mp/" TargetMode="External" Id="rId430"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-6000k-mp/" TargetMode="External" Id="rId431"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-6000k-op/" TargetMode="External" Id="rId432"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-6000k-oppol/" TargetMode="External" Id="rId433"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip20-6000k-oppol/" TargetMode="External" Id="rId434"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip20-6000k-op/" TargetMode="External" Id="rId435"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k/" TargetMode="External" Id="rId436"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k/" TargetMode="External" Id="rId437"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId438"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mglass/" TargetMode="External" Id="rId439"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-mp/" TargetMode="External" Id="rId440"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-mp/" TargetMode="External" Id="rId441"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-op/" TargetMode="External" Id="rId442"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-oppol/" TargetMode="External" Id="rId443"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId444"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-3000k-op/" TargetMode="External" Id="rId445"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k/" TargetMode="External" Id="rId446"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k/" TargetMode="External" Id="rId447"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-mglass/" TargetMode="External" Id="rId448"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId449"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-mp/" TargetMode="External" Id="rId450"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-mp/" TargetMode="External" Id="rId451"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-op/" TargetMode="External" Id="rId452"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-oppol/" TargetMode="External" Id="rId453"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId454"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-4000k-op/" TargetMode="External" Id="rId455"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k/" TargetMode="External" Id="rId456"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k/" TargetMode="External" Id="rId457"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-mglass/" TargetMode="External" Id="rId458"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId459"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-mp/" TargetMode="External" Id="rId460"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-mp/" TargetMode="External" Id="rId461"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-op/" TargetMode="External" Id="rId462"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId463"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-oppol/" TargetMode="External" Id="rId464"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-5000k-op/" TargetMode="External" Id="rId465"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-6000k/" TargetMode="External" Id="rId466"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-6000k/" TargetMode="External" Id="rId467"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-6000k-mglass/" TargetMode="External" Id="rId468"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-6000k-mglass/" TargetMode="External" Id="rId469"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-6000k-mp/" TargetMode="External" Id="rId470"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-6000k-mp/" TargetMode="External" Id="rId471"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-6000k-op/" TargetMode="External" Id="rId472"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50-1200/ip54-6000k-oppol/" TargetMode="External" Id="rId473"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-6000k-oppol/" TargetMode="External" Id="rId474"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-50/ip54-6000k-op/" TargetMode="External" Id="rId475"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/" TargetMode="External" Id="rId476"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/" TargetMode="External" Id="rId477"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k/" TargetMode="External" Id="rId478"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k/" TargetMode="External" Id="rId479"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mglass/" TargetMode="External" Id="rId480"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId481"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-mp/" TargetMode="External" Id="rId482"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-mp/" TargetMode="External" Id="rId483"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-op/" TargetMode="External" Id="rId484"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId485"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-oppol/" TargetMode="External" Id="rId486"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-3000k-op/" TargetMode="External" Id="rId487"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k/" TargetMode="External" Id="rId488"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k/" TargetMode="External" Id="rId489"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId490"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-mglass/" TargetMode="External" Id="rId491"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-mp/" TargetMode="External" Id="rId492"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-mp/" TargetMode="External" Id="rId493"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-op/" TargetMode="External" Id="rId494"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId495"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-oppol/" TargetMode="External" Id="rId496"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-4000k-op/" TargetMode="External" Id="rId497"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-mglass/" TargetMode="External" Id="rId498"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId499"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-mp/" TargetMode="External" Id="rId500"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-mp/" TargetMode="External" Id="rId501"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-op/" TargetMode="External" Id="rId502"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId503"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-oppol/" TargetMode="External" Id="rId504"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-5000k-op/" TargetMode="External" Id="rId505"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-6000k/" TargetMode="External" Id="rId506"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-6000k/" TargetMode="External" Id="rId507"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-6000k-mglass/" TargetMode="External" Id="rId508"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-6000k-mglass/" TargetMode="External" Id="rId509"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-6000k-mp/" TargetMode="External" Id="rId510"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-6000k-mp/" TargetMode="External" Id="rId511"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-6000k-op/" TargetMode="External" Id="rId512"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip20-6000k-oppol/" TargetMode="External" Id="rId513"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-6000k-oppol/" TargetMode="External" Id="rId514"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip20-6000k-op/" TargetMode="External" Id="rId515"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k/" TargetMode="External" Id="rId516"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k/" TargetMode="External" Id="rId517"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mglass/" TargetMode="External" Id="rId518"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId519"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-mp/" TargetMode="External" Id="rId520"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-mp/" TargetMode="External" Id="rId521"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-op/" TargetMode="External" Id="rId522"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-oppol/" TargetMode="External" Id="rId523"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId524"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-3000k-op/" TargetMode="External" Id="rId525"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k/" TargetMode="External" Id="rId526"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k/" TargetMode="External" Id="rId527"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId528"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-mglass/" TargetMode="External" Id="rId529"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-mp/" TargetMode="External" Id="rId530"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-mp/" TargetMode="External" Id="rId531"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-op/" TargetMode="External" Id="rId532"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId533"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-oppol/" TargetMode="External" Id="rId534"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-4000k-op/" TargetMode="External" Id="rId535"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k/" TargetMode="External" Id="rId536"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k/" TargetMode="External" Id="rId537"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId538"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-mglass/" TargetMode="External" Id="rId539"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-mp/" TargetMode="External" Id="rId540"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-mp/" TargetMode="External" Id="rId541"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-op/" TargetMode="External" Id="rId542"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-oppol/" TargetMode="External" Id="rId543"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId544"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-5000k-op/" TargetMode="External" Id="rId545"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-6000k/" TargetMode="External" Id="rId546"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-6000k/" TargetMode="External" Id="rId547"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-6000k-mglass/" TargetMode="External" Id="rId548"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-6000k-mglass/" TargetMode="External" Id="rId549"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-6000k-mp/" TargetMode="External" Id="rId550"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-6000k-mp/" TargetMode="External" Id="rId551"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-6000k-op/" TargetMode="External" Id="rId552"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60-1200/ip54-6000k-oppol/" TargetMode="External" Id="rId553"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-6000k-oppol/" TargetMode="External" Id="rId554"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-60/ip54-6000k-op/" TargetMode="External" Id="rId555"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/" TargetMode="External" Id="rId556"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/" TargetMode="External" Id="rId557"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k/" TargetMode="External" Id="rId558"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k/" TargetMode="External" Id="rId559"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mglass/" TargetMode="External" Id="rId560"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mglass/" TargetMode="External" Id="rId561"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-mp/" TargetMode="External" Id="rId562"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-mp/" TargetMode="External" Id="rId563"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-op/" TargetMode="External" Id="rId564"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-3000k-oppol/" TargetMode="External" Id="rId565"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-oppol/" TargetMode="External" Id="rId566"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-3000k-op/" TargetMode="External" Id="rId567"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k/" TargetMode="External" Id="rId568"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k/" TargetMode="External" Id="rId569"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-mglass/" TargetMode="External" Id="rId570"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-mglass/" TargetMode="External" Id="rId571"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-mp/" TargetMode="External" Id="rId572"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-mp/" TargetMode="External" Id="rId573"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-op/" TargetMode="External" Id="rId574"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-4000k-oppol/" TargetMode="External" Id="rId575"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-oppol/" TargetMode="External" Id="rId576"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-4000k-op/" TargetMode="External" Id="rId577"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-mglass/" TargetMode="External" Id="rId578"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-mglass/" TargetMode="External" Id="rId579"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-mp/" TargetMode="External" Id="rId580"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-mp/" TargetMode="External" Id="rId581"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-op/" TargetMode="External" Id="rId582"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-5000k-oppol/" TargetMode="External" Id="rId583"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-oppol/" TargetMode="External" Id="rId584"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-5000k-op/" TargetMode="External" Id="rId585"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-6000k/" TargetMode="External" Id="rId586"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-6000k/" TargetMode="External" Id="rId587"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-6000k-mglass/" TargetMode="External" Id="rId588"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-6000k-mglass/" TargetMode="External" Id="rId589"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-6000k-mp/" TargetMode="External" Id="rId590"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-6000k-mp/" TargetMode="External" Id="rId591"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-6000k-op/" TargetMode="External" Id="rId592"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip20-6000k-oppol/" TargetMode="External" Id="rId593"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-6000k-oppol/" TargetMode="External" Id="rId594"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip20-6000k-op/" TargetMode="External" Id="rId595"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k/" TargetMode="External" Id="rId596"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k/" TargetMode="External" Id="rId597"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mglass/" TargetMode="External" Id="rId598"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mglass/" TargetMode="External" Id="rId599"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-mp/" TargetMode="External" Id="rId600"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-mp/" TargetMode="External" Id="rId601"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-op/" TargetMode="External" Id="rId602"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-oppol/" TargetMode="External" Id="rId603"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-3000k-oppol/" TargetMode="External" Id="rId604"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-3000k-op/" TargetMode="External" Id="rId605"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k/" TargetMode="External" Id="rId606"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k/" TargetMode="External" Id="rId607"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-mglass/" TargetMode="External" Id="rId608"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-mglass/" TargetMode="External" Id="rId609"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-mp/" TargetMode="External" Id="rId610"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-mp/" TargetMode="External" Id="rId611"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-op/" TargetMode="External" Id="rId612"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-oppol/" TargetMode="External" Id="rId613"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-4000k-oppol/" TargetMode="External" Id="rId614"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-4000k-op/" TargetMode="External" Id="rId615"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k/" TargetMode="External" Id="rId616"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k/" TargetMode="External" Id="rId617"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-mglass/" TargetMode="External" Id="rId618"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-mglass/" TargetMode="External" Id="rId619"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-mp/" TargetMode="External" Id="rId620"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-mp/" TargetMode="External" Id="rId621"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-op/" TargetMode="External" Id="rId622"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-5000k-oppol/" TargetMode="External" Id="rId623"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-oppol/" TargetMode="External" Id="rId624"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-5000k-op/" TargetMode="External" Id="rId625"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-6000k/" TargetMode="External" Id="rId626"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-6000k/" TargetMode="External" Id="rId627"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-6000k-mglass/" TargetMode="External" Id="rId628"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-6000k-mglass/" TargetMode="External" Id="rId629"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-6000k-mp/" TargetMode="External" Id="rId630"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-6000k-mp/" TargetMode="External" Id="rId631"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-6000k-op/" TargetMode="External" Id="rId632"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-6000k-oppol/" TargetMode="External" Id="rId633"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-71200/ip54-6000k-oppol/" TargetMode="External" Id="rId634"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-70/ip54-6000k-op/" TargetMode="External" Id="rId635"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/" TargetMode="External" Id="rId636"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/" TargetMode="External" Id="rId637"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k/" TargetMode="External" Id="rId638"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k/" TargetMode="External" Id="rId639"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mglass/" TargetMode="External" Id="rId640"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mglass/" TargetMode="External" Id="rId641"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-mp/" TargetMode="External" Id="rId642"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-mp/" TargetMode="External" Id="rId643"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-op/" TargetMode="External" Id="rId644"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-3000k-oppol/" TargetMode="External" Id="rId645"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-oppol/" TargetMode="External" Id="rId646"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-3000k-op/" TargetMode="External" Id="rId647"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k/" TargetMode="External" Id="rId648"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k/" TargetMode="External" Id="rId649"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-mglass/" TargetMode="External" Id="rId650"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-mglass/" TargetMode="External" Id="rId651"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-mp/" TargetMode="External" Id="rId652"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-mp/" TargetMode="External" Id="rId653"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-op/" TargetMode="External" Id="rId654"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-oppol/" TargetMode="External" Id="rId655"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-4000k-oppol/" TargetMode="External" Id="rId656"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-4000k-op/" TargetMode="External" Id="rId657"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-mglass/" TargetMode="External" Id="rId658"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-mglass/" TargetMode="External" Id="rId659"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-mp/" TargetMode="External" Id="rId660"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-mp/" TargetMode="External" Id="rId661"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-op/" TargetMode="External" Id="rId662"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-5000k-oppol/" TargetMode="External" Id="rId663"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-oppol/" TargetMode="External" Id="rId664"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-5000k-op/" TargetMode="External" Id="rId665"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-6000k/" TargetMode="External" Id="rId666"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-6000k/" TargetMode="External" Id="rId667"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-6000k-mglass/" TargetMode="External" Id="rId668"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-6000k-mglass/" TargetMode="External" Id="rId669"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-6000k-mp/" TargetMode="External" Id="rId670"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-6000k-mp/" TargetMode="External" Id="rId671"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-6000k-op/" TargetMode="External" Id="rId672"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip20-6000k-oppol/" TargetMode="External" Id="rId673"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-6000k-oppol/" TargetMode="External" Id="rId674"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip20-6000k-op/" TargetMode="External" Id="rId675"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k/" TargetMode="External" Id="rId676"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k/" TargetMode="External" Id="rId677"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mglass/" TargetMode="External" Id="rId678"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mglass/" TargetMode="External" Id="rId679"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-mp/" TargetMode="External" Id="rId680"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-mp/" TargetMode="External" Id="rId681"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-op/" TargetMode="External" Id="rId682"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-3000k-oppol/" TargetMode="External" Id="rId683"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-oppol/" TargetMode="External" Id="rId684"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-3000k-op/" TargetMode="External" Id="rId685"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k/" TargetMode="External" Id="rId686"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k/" TargetMode="External" Id="rId687"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-mglass/" TargetMode="External" Id="rId688"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-mglass/" TargetMode="External" Id="rId689"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-mp/" TargetMode="External" Id="rId690"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-mp/" TargetMode="External" Id="rId691"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-op/" TargetMode="External" Id="rId692"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-4000k-oppol/" TargetMode="External" Id="rId693"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-oppol/" TargetMode="External" Id="rId694"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-4000k-op/" TargetMode="External" Id="rId695"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k/" TargetMode="External" Id="rId696"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k/" TargetMode="External" Id="rId697"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-mglass/" TargetMode="External" Id="rId698"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-mglass/" TargetMode="External" Id="rId699"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-mp/" TargetMode="External" Id="rId700"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-mp/" TargetMode="External" Id="rId701"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-op/" TargetMode="External" Id="rId702"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-oppol/" TargetMode="External" Id="rId703"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-5000k-oppol/" TargetMode="External" Id="rId704"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-5000k-op/" TargetMode="External" Id="rId705"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-6000k/" TargetMode="External" Id="rId706"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-6000k/" TargetMode="External" Id="rId707"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-6000k-mglass/" TargetMode="External" Id="rId708"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-6000k-mglass/" TargetMode="External" Id="rId709"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-6000k-mp/" TargetMode="External" Id="rId710"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-6000k-mp/" TargetMode="External" Id="rId711"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-6000k-op/" TargetMode="External" Id="rId712"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80-1200/ip54-6000k-oppol/" TargetMode="External" Id="rId713"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-6000k-oppol/" TargetMode="External" Id="rId714"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-80/ip54-6000k-op/" TargetMode="External" Id="rId715"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/" TargetMode="External" Id="rId716"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k/" TargetMode="External" Id="rId717"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mglass/" TargetMode="External" Id="rId718"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-mp/" TargetMode="External" Id="rId719"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-oppol/" TargetMode="External" Id="rId720"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-3000k-op/" TargetMode="External" Id="rId721"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k/" TargetMode="External" Id="rId722"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-mglass/" TargetMode="External" Id="rId723"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-mp/" TargetMode="External" Id="rId724"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-oppol/" TargetMode="External" Id="rId725"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-4000k-op/" TargetMode="External" Id="rId726"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-mglass/" TargetMode="External" Id="rId727"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-mp/" TargetMode="External" Id="rId728"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-oppol/" TargetMode="External" Id="rId729"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-5000k-op/" TargetMode="External" Id="rId730"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-6000k/" TargetMode="External" Id="rId731"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-6000k-mglass/" TargetMode="External" Id="rId732"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-6000k-mp/" TargetMode="External" Id="rId733"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-6000k-oppol/" TargetMode="External" Id="rId734"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip20-6000k-op/" TargetMode="External" Id="rId735"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k/" TargetMode="External" Id="rId736"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mglass/" TargetMode="External" Id="rId737"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-mp/" TargetMode="External" Id="rId738"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-oppol/" TargetMode="External" Id="rId739"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-3000k-op/" TargetMode="External" Id="rId740"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k/" TargetMode="External" Id="rId741"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-mglass/" TargetMode="External" Id="rId742"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-mp/" TargetMode="External" Id="rId743"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-oppol/" TargetMode="External" Id="rId744"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-4000k-op/" TargetMode="External" Id="rId745"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k/" TargetMode="External" Id="rId746"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-mglass/" TargetMode="External" Id="rId747"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-mp/" TargetMode="External" Id="rId748"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-oppol/" TargetMode="External" Id="rId749"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-5000k-op/" TargetMode="External" Id="rId750"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-6000k/" TargetMode="External" Id="rId751"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-6000k-mglass/" TargetMode="External" Id="rId752"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-6000k-mp/" TargetMode="External" Id="rId753"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-6000k-oppol/" TargetMode="External" Id="rId754"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-office-90/ip54-6000k-op/" TargetMode="External" Id="rId755"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-100/" TargetMode="External" Id="rId756"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-20/" TargetMode="External" Id="rId757"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-30/" TargetMode="External" Id="rId758"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-35/" TargetMode="External" Id="rId759"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-40/" TargetMode="External" Id="rId760"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-45/" TargetMode="External" Id="rId761"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-50/" TargetMode="External" Id="rId762"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-60/" TargetMode="External" Id="rId763"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-70/" TargetMode="External" Id="rId764"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-80/" TargetMode="External" Id="rId765"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/svet-nn-ssdo-03-ofis-clip-in-90/" TargetMode="External" Id="rId766"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/mp-embedded/" TargetMode="External" Id="rId767"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/mp-overhead/" TargetMode="External" Id="rId768"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/" TargetMode="External" Id="rId769"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/np-overhead/" TargetMode="External" Id="rId770"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/ns-embedded/" TargetMode="External" Id="rId771"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/ns-overhead/" TargetMode="External" Id="rId772"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/wp-embedded/" TargetMode="External" Id="rId773"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spvo-32/wp-overhead/" TargetMode="External" Id="rId774"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spo-12/" TargetMode="External" Id="rId775"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spo-18/" TargetMode="External" Id="rId776"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spo-36/" TargetMode="External" Id="rId777"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/focus-spo-70/" TargetMode="External" Id="rId778"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-fdl-03-45/" TargetMode="External" Id="rId779"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-fdl-03-65/" TargetMode="External" Id="rId780"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-02-22/" TargetMode="External" Id="rId781"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-03-22/" TargetMode="External" Id="rId782"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-05-22/" TargetMode="External" Id="rId783"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-05-33/" TargetMode="External" Id="rId784"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-06-56/" TargetMode="External" Id="rId785"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dvo-07-18/" TargetMode="External" Id="rId786"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dsb-01-14/" TargetMode="External" Id="rId787"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-dsb-01-28/" TargetMode="External" Id="rId788"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-15-1600/" TargetMode="External" Id="rId789"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-23-2400/" TargetMode="External" Id="rId790"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-28-3000/" TargetMode="External" Id="rId791"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-28-3100/" TargetMode="External" Id="rId792"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-37-3900/" TargetMode="External" Id="rId793"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-37-4000/" TargetMode="External" Id="rId794"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/fereks-ssv-41-4500/" TargetMode="External" Id="rId795"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-56/" TargetMode="External" Id="rId796"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-64/" TargetMode="External" Id="rId797"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-72/" TargetMode="External" Id="rId798"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-g-80/" TargetMode="External" Id="rId799"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-n-64/" TargetMode="External" Id="rId800"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-n-72/" TargetMode="External" Id="rId801"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-n-80-bap/" TargetMode="External" Id="rId802"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-56/" TargetMode="External" Id="rId803"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-64/" TargetMode="External" Id="rId804"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-72/" TargetMode="External" Id="rId805"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/dioteck-ds-u-80-bap/" TargetMode="External" Id="rId806"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-n56-32-vt-ip-40/" TargetMode="External" Id="rId807"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u56-32-vt-ip54/" TargetMode="External" Id="rId808"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u64-36-vt-ip-54/" TargetMode="External" Id="rId809"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u72-39-vt-ip54/" TargetMode="External" Id="rId810"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ds-u80-45-vt-ip54/" TargetMode="External" Id="rId811"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-grilliato-domino-50/" TargetMode="External" Id="rId812"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-downlight-22/" TargetMode="External" Id="rId813"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-downlight-ip54-22/" TargetMode="External" Id="rId814"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-comfort-40/" TargetMode="External" Id="rId815"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-33/" TargetMode="External" Id="rId816"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-33-600/" TargetMode="External" Id="rId817"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-34/" TargetMode="External" Id="rId818"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-68/" TargetMode="External" Id="rId819"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-comfort-43/" TargetMode="External" Id="rId820"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-comfort-42/" TargetMode="External" Id="rId821"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-rockfon-comfort-85/" TargetMode="External" Id="rId822"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-20/" TargetMode="External" Id="rId823"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-40/" TargetMode="External" Id="rId824"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-60/" TargetMode="External" Id="rId825"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-svo-80/" TargetMode="External" Id="rId826"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-ip54-ree-25/" TargetMode="External" Id="rId827"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-ip54-ree-33/" TargetMode="External" Id="rId828"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-g/" TargetMode="External" Id="rId829"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-30/" TargetMode="External" Id="rId830"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-t/" TargetMode="External" Id="rId831"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-40/" TargetMode="External" Id="rId832"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-x/" TargetMode="External" Id="rId833"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-60/" TargetMode="External" Id="rId834"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-80/" TargetMode="External" Id="rId835"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-classica-16/" TargetMode="External" Id="rId836"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-classica-33/" TargetMode="External" Id="rId837"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-orion-45/" TargetMode="External" Id="rId838"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-orion-60/" TargetMode="External" Id="rId839"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-orion-80/" TargetMode="External" Id="rId840"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-office-comfort-3d-40/" TargetMode="External" Id="rId841"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-standart-33/" TargetMode="External" Id="rId842"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-standart-40/" TargetMode="External" Id="rId843"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-r-43/" TargetMode="External" Id="rId844"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-r-60/" TargetMode="External" Id="rId845"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-r-80/" TargetMode="External" Id="rId846"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-20/" TargetMode="External" Id="rId847"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-40/" TargetMode="External" Id="rId848"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-60/" TargetMode="External" Id="rId849"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-ugr-80/" TargetMode="External" Id="rId850"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-20/" TargetMode="External" Id="rId851"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-30/" TargetMode="External" Id="rId852"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-40/" TargetMode="External" Id="rId853"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledeffect-strela-woody-60/" TargetMode="External" Id="rId854"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledel-l-office-32-standart/" TargetMode="External" Id="rId855"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledel-l-office-55-standart/" TargetMode="External" Id="rId856"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledel-l-office-32-premium/" TargetMode="External" Id="rId857"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledel-l-office-55-premium/" TargetMode="External" Id="rId858"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/ledel-l-office-32-s-premium/" TargetMode="External" Id="rId859"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-n-30-600/" TargetMode="External" Id="rId860"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-n-40-1200/" TargetMode="External" Id="rId861"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-n-50-1200/" TargetMode="External" Id="rId862"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-n-60-1800/" TargetMode="External" Id="rId863"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-p-30-600/" TargetMode="External" Id="rId864"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-p-40-1200/" TargetMode="External" Id="rId865"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-p-50-1200/" TargetMode="External" Id="rId866"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-p-60-1800/" TargetMode="External" Id="rId867"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-linelux-p-80-2400/" TargetMode="External" Id="rId868"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-line-p-33/" TargetMode="External" Id="rId869"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-office-20-m600x300/" TargetMode="External" Id="rId870"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-office-28-p600x600/" TargetMode="External" Id="rId871"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-office-33-m600x600/" TargetMode="External" Id="rId872"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-office-41-m1200x300/" TargetMode="External" Id="rId873"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-office-41-m600x600/" TargetMode="External" Id="rId874"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-office-82-m1200x600/" TargetMode="External" Id="rId875"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-1-p600x600/4000k/" TargetMode="External" Id="rId876"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-1-p600x600/" TargetMode="External" Id="rId877"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x1200/4000k/" TargetMode="External" Id="rId878"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x1200/" TargetMode="External" Id="rId879"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x600/4000k/" TargetMode="External" Id="rId880"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p150x600/" TargetMode="External" Id="rId881"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x1200/4000k/" TargetMode="External" Id="rId882"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x1200/" TargetMode="External" Id="rId883"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x300/4000k/" TargetMode="External" Id="rId884"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x300/" TargetMode="External" Id="rId885"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x600/4000k/" TargetMode="External" Id="rId886"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p300x600/" TargetMode="External" Id="rId887"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/liderlajt-slimpanel2-p600x1200/4000k/" TargetMode="External" Id="rId888"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/liderlajt-slimpanel2-p600x1200/" TargetMode="External" Id="rId889"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p600x600/4000k/" TargetMode="External" Id="rId890"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/office-lights/leaderlight-slimpanel-2-p600x600/" TargetMode="External" Id="rId891"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId892"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:G896"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="8" customWidth="1" min="1" max="1"/>
     <col width="30" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
     <col width="40" customWidth="1" min="4" max="4"/>
     <col width="10" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
     <col width="20" customWidth="1" min="7" max="7"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-19 08:56</t>
+          <t>2026-02-03 04:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>ОФИСНЫЕ СВЕТОДИОДНЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>
@@ -3717,176 +3717,176 @@
       </c>
       <c r="D98" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F98" s="8" t="inlineStr">
         <is>
           <t>5 150,00 ₽</t>
         </is>
       </c>
       <c r="G98" s="8" t="inlineStr">
         <is>
           <t>4 893,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
-          <t>114205</t>
+          <t>114333</t>
         </is>
       </c>
       <c r="B99" s="5" t="inlineStr"/>
       <c r="C99" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D99" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F99" s="8" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 276,00 ₽</t>
         </is>
       </c>
       <c r="G99" s="8" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>8 813,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
-          <t>114333</t>
+          <t>114205</t>
         </is>
       </c>
       <c r="B100" s="5" t="inlineStr"/>
       <c r="C100" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D100" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F100" s="8" t="inlineStr">
         <is>
-          <t>9 276,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G100" s="8" t="inlineStr">
         <is>
-          <t>8 813,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
-          <t>111393</t>
+          <t>111577</t>
         </is>
       </c>
       <c r="B101" s="5" t="inlineStr"/>
       <c r="C101" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D101" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F101" s="8" t="inlineStr">
         <is>
-          <t>6 608,00 ₽</t>
+          <t>6 682,00 ₽</t>
         </is>
       </c>
       <c r="G101" s="8" t="inlineStr">
         <is>
-          <t>6 278,00 ₽</t>
+          <t>6 348,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
-          <t>111577</t>
+          <t>111393</t>
         </is>
       </c>
       <c r="B102" s="5" t="inlineStr"/>
       <c r="C102" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D102" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F102" s="8" t="inlineStr">
         <is>
-          <t>6 682,00 ₽</t>
+          <t>6 608,00 ₽</t>
         </is>
       </c>
       <c r="G102" s="8" t="inlineStr">
         <is>
-          <t>6 348,00 ₽</t>
+          <t>6 278,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
           <t>111585</t>
         </is>
       </c>
       <c r="B103" s="5" t="inlineStr"/>
       <c r="C103" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 3000 К, опал</t>
         </is>
       </c>
       <c r="D103" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -4047,110 +4047,110 @@
       </c>
       <c r="D108" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F108" s="8" t="inlineStr">
         <is>
           <t>5 150,00 ₽</t>
         </is>
       </c>
       <c r="G108" s="8" t="inlineStr">
         <is>
           <t>4 893,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
-          <t>114334</t>
+          <t>114206</t>
         </is>
       </c>
       <c r="B109" s="5" t="inlineStr"/>
       <c r="C109" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D109" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F109" s="8" t="inlineStr">
         <is>
-          <t>9 276,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G109" s="8" t="inlineStr">
         <is>
-          <t>8 813,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="inlineStr">
         <is>
-          <t>114206</t>
+          <t>114334</t>
         </is>
       </c>
       <c r="B110" s="5" t="inlineStr"/>
       <c r="C110" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D110" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F110" s="8" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 276,00 ₽</t>
         </is>
       </c>
       <c r="G110" s="8" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>8 813,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="inlineStr">
         <is>
           <t>111578</t>
         </is>
       </c>
       <c r="B111" s="5" t="inlineStr"/>
       <c r="C111" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D111" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -4575,110 +4575,110 @@
       </c>
       <c r="D124" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F124" s="8" t="inlineStr">
         <is>
           <t>5 242,00 ₽</t>
         </is>
       </c>
       <c r="G124" s="8" t="inlineStr">
         <is>
           <t>4 980,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="inlineStr">
         <is>
-          <t>101183</t>
+          <t>101087</t>
         </is>
       </c>
       <c r="B125" s="5" t="inlineStr"/>
       <c r="C125" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 6000 К</t>
         </is>
       </c>
       <c r="D125" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F125" s="8" t="inlineStr">
         <is>
-          <t>5 076,00 ₽</t>
+          <t>5 150,00 ₽</t>
         </is>
       </c>
       <c r="G125" s="8" t="inlineStr">
         <is>
-          <t>4 823,00 ₽</t>
+          <t>4 893,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="inlineStr">
         <is>
-          <t>101087</t>
+          <t>101183</t>
         </is>
       </c>
       <c r="B126" s="5" t="inlineStr"/>
       <c r="C126" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 6000 К</t>
         </is>
       </c>
       <c r="D126" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F126" s="8" t="inlineStr">
         <is>
-          <t>5 150,00 ₽</t>
+          <t>5 076,00 ₽</t>
         </is>
       </c>
       <c r="G126" s="8" t="inlineStr">
         <is>
-          <t>4 893,00 ₽</t>
+          <t>4 823,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="inlineStr">
         <is>
           <t>114336</t>
         </is>
       </c>
       <c r="B127" s="5" t="inlineStr"/>
       <c r="C127" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP20, 6000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D127" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -4905,341 +4905,341 @@
       </c>
       <c r="D134" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F134" s="8" t="inlineStr">
         <is>
           <t>5 242,00 ₽</t>
         </is>
       </c>
       <c r="G134" s="8" t="inlineStr">
         <is>
           <t>4 980,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="inlineStr">
         <is>
-          <t>101188</t>
+          <t>101092</t>
         </is>
       </c>
       <c r="B135" s="5" t="inlineStr"/>
       <c r="C135" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D135" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F135" s="8" t="inlineStr">
         <is>
-          <t>8 103,00 ₽</t>
+          <t>8 177,00 ₽</t>
         </is>
       </c>
       <c r="G135" s="8" t="inlineStr">
         <is>
-          <t>7 698,00 ₽</t>
+          <t>7 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="inlineStr">
         <is>
-          <t>101092</t>
+          <t>101188</t>
         </is>
       </c>
       <c r="B136" s="5" t="inlineStr"/>
       <c r="C136" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D136" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F136" s="8" t="inlineStr">
         <is>
-          <t>8 177,00 ₽</t>
+          <t>8 103,00 ₽</t>
         </is>
       </c>
       <c r="G136" s="8" t="inlineStr">
         <is>
-          <t>7 769,00 ₽</t>
+          <t>7 698,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="inlineStr">
         <is>
-          <t>114337</t>
+          <t>114209</t>
         </is>
       </c>
       <c r="B137" s="5" t="inlineStr"/>
       <c r="C137" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D137" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F137" s="8" t="inlineStr">
         <is>
-          <t>12 303,00 ₽</t>
+          <t>12 172,00 ₽</t>
         </is>
       </c>
       <c r="G137" s="8" t="inlineStr">
         <is>
-          <t>11 688,00 ₽</t>
+          <t>11 564,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="inlineStr">
         <is>
-          <t>114209</t>
+          <t>114337</t>
         </is>
       </c>
       <c r="B138" s="5" t="inlineStr"/>
       <c r="C138" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D138" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F138" s="8" t="inlineStr">
         <is>
-          <t>12 172,00 ₽</t>
+          <t>12 303,00 ₽</t>
         </is>
       </c>
       <c r="G138" s="8" t="inlineStr">
         <is>
-          <t>11 564,00 ₽</t>
+          <t>11 688,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="inlineStr">
         <is>
-          <t>111397</t>
+          <t>111581</t>
         </is>
       </c>
       <c r="B139" s="5" t="inlineStr"/>
       <c r="C139" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D139" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F139" s="8" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 709,00 ₽</t>
         </is>
       </c>
       <c r="G139" s="8" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>9 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="inlineStr">
         <is>
-          <t>111581</t>
+          <t>111397</t>
         </is>
       </c>
       <c r="B140" s="5" t="inlineStr"/>
       <c r="C140" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D140" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F140" s="8" t="inlineStr">
         <is>
-          <t>9 709,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G140" s="8" t="inlineStr">
         <is>
-          <t>9 224,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="inlineStr">
         <is>
           <t>111589</t>
         </is>
       </c>
       <c r="B141" s="5" t="inlineStr"/>
       <c r="C141" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, опал</t>
         </is>
       </c>
       <c r="D141" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F141" s="8" t="inlineStr">
         <is>
           <t>8 343,00 ₽</t>
         </is>
       </c>
       <c r="G141" s="8" t="inlineStr">
         <is>
           <t>7 926,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="inlineStr">
         <is>
-          <t>114329</t>
+          <t>114201</t>
         </is>
       </c>
       <c r="B142" s="5" t="inlineStr"/>
       <c r="C142" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D142" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F142" s="8" t="inlineStr">
         <is>
-          <t>9 561,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G142" s="8" t="inlineStr">
         <is>
-          <t>9 083,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="inlineStr">
         <is>
-          <t>114201</t>
+          <t>114329</t>
         </is>
       </c>
       <c r="B143" s="5" t="inlineStr"/>
       <c r="C143" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D143" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F143" s="8" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 561,00 ₽</t>
         </is>
       </c>
       <c r="G143" s="8" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>9 083,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="inlineStr">
         <is>
           <t>111405</t>
         </is>
       </c>
       <c r="B144" s="5" t="inlineStr"/>
       <c r="C144" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 3000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D144" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -5565,341 +5565,341 @@
       </c>
       <c r="D154" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F154" s="8" t="inlineStr">
         <is>
           <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G154" s="8" t="inlineStr">
         <is>
           <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="inlineStr">
         <is>
-          <t>101094</t>
+          <t>101190</t>
         </is>
       </c>
       <c r="B155" s="5" t="inlineStr"/>
       <c r="C155" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D155" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F155" s="8" t="inlineStr">
         <is>
-          <t>8 177,00 ₽</t>
+          <t>8 103,00 ₽</t>
         </is>
       </c>
       <c r="G155" s="8" t="inlineStr">
         <is>
-          <t>7 769,00 ₽</t>
+          <t>7 698,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="inlineStr">
         <is>
-          <t>101190</t>
+          <t>101094</t>
         </is>
       </c>
       <c r="B156" s="5" t="inlineStr"/>
       <c r="C156" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D156" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F156" s="8" t="inlineStr">
         <is>
-          <t>8 103,00 ₽</t>
+          <t>8 177,00 ₽</t>
         </is>
       </c>
       <c r="G156" s="8" t="inlineStr">
         <is>
-          <t>7 698,00 ₽</t>
+          <t>7 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="inlineStr">
         <is>
-          <t>114211</t>
+          <t>114339</t>
         </is>
       </c>
       <c r="B157" s="5" t="inlineStr"/>
       <c r="C157" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D157" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F157" s="8" t="inlineStr">
         <is>
-          <t>12 172,00 ₽</t>
+          <t>12 303,00 ₽</t>
         </is>
       </c>
       <c r="G157" s="8" t="inlineStr">
         <is>
-          <t>11 564,00 ₽</t>
+          <t>11 688,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="inlineStr">
         <is>
-          <t>114339</t>
+          <t>114211</t>
         </is>
       </c>
       <c r="B158" s="5" t="inlineStr"/>
       <c r="C158" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D158" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F158" s="8" t="inlineStr">
         <is>
-          <t>12 303,00 ₽</t>
+          <t>12 172,00 ₽</t>
         </is>
       </c>
       <c r="G158" s="8" t="inlineStr">
         <is>
-          <t>11 688,00 ₽</t>
+          <t>11 564,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="inlineStr">
         <is>
-          <t>111583</t>
+          <t>111399</t>
         </is>
       </c>
       <c r="B159" s="5" t="inlineStr"/>
       <c r="C159" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D159" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F159" s="8" t="inlineStr">
         <is>
-          <t>9 709,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G159" s="8" t="inlineStr">
         <is>
-          <t>9 224,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="inlineStr">
         <is>
-          <t>111399</t>
+          <t>111583</t>
         </is>
       </c>
       <c r="B160" s="5" t="inlineStr"/>
       <c r="C160" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D160" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F160" s="8" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 709,00 ₽</t>
         </is>
       </c>
       <c r="G160" s="8" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>9 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="inlineStr">
         <is>
           <t>111591</t>
         </is>
       </c>
       <c r="B161" s="5" t="inlineStr"/>
       <c r="C161" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К, опал</t>
         </is>
       </c>
       <c r="D161" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F161" s="8" t="inlineStr">
         <is>
           <t>8 343,00 ₽</t>
         </is>
       </c>
       <c r="G161" s="8" t="inlineStr">
         <is>
           <t>7 926,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="inlineStr">
         <is>
-          <t>114203</t>
+          <t>114331</t>
         </is>
       </c>
       <c r="B162" s="5" t="inlineStr"/>
       <c r="C162" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D162" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F162" s="8" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 561,00 ₽</t>
         </is>
       </c>
       <c r="G162" s="8" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>9 083,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="inlineStr">
         <is>
-          <t>114331</t>
+          <t>114203</t>
         </is>
       </c>
       <c r="B163" s="5" t="inlineStr"/>
       <c r="C163" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D163" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F163" s="8" t="inlineStr">
         <is>
-          <t>9 561,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G163" s="8" t="inlineStr">
         <is>
-          <t>9 083,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="inlineStr">
         <is>
           <t>111407</t>
         </is>
       </c>
       <c r="B164" s="5" t="inlineStr"/>
       <c r="C164" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 5000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D164" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -6126,283 +6126,283 @@
       </c>
       <c r="D171" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F171" s="8" t="inlineStr">
         <is>
           <t>8 343,00 ₽</t>
         </is>
       </c>
       <c r="G171" s="8" t="inlineStr">
         <is>
           <t>7 926,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="inlineStr">
         <is>
-          <t>114204</t>
+          <t>114332</t>
         </is>
       </c>
       <c r="B172" s="5" t="inlineStr"/>
       <c r="C172" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 6000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D172" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F172" s="8" t="inlineStr">
         <is>
-          <t>9 635,00 ₽</t>
+          <t>9 561,00 ₽</t>
         </is>
       </c>
       <c r="G172" s="8" t="inlineStr">
         <is>
-          <t>9 154,00 ₽</t>
+          <t>9 083,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="inlineStr">
         <is>
-          <t>114332</t>
+          <t>114204</t>
         </is>
       </c>
       <c r="B173" s="5" t="inlineStr"/>
       <c r="C173" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 6000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D173" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F173" s="8" t="inlineStr">
         <is>
-          <t>9 561,00 ₽</t>
+          <t>9 635,00 ₽</t>
         </is>
       </c>
       <c r="G173" s="8" t="inlineStr">
         <is>
-          <t>9 083,00 ₽</t>
+          <t>9 154,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="inlineStr">
         <is>
           <t>111408</t>
         </is>
       </c>
       <c r="B174" s="5" t="inlineStr"/>
       <c r="C174" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 20, IP54, 6000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D174" s="7" t="inlineStr">
         <is>
           <t>20 Вт, 2625 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F174" s="8" t="inlineStr">
         <is>
           <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G174" s="8" t="inlineStr">
         <is>
           <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="inlineStr">
         <is>
-          <t>101204</t>
+          <t>101096</t>
         </is>
       </c>
       <c r="B175" s="5" t="inlineStr">
         <is>
           <t>ССдО 03-030-003 IP20</t>
         </is>
       </c>
       <c r="C175" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, 5000 К</t>
         </is>
       </c>
       <c r="D175" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F175" s="8" t="inlineStr">
         <is>
-          <t>5 334,00 ₽</t>
+          <t>5 703,00 ₽</t>
         </is>
       </c>
       <c r="G175" s="8" t="inlineStr">
         <is>
-          <t>5 068,00 ₽</t>
+          <t>5 418,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="inlineStr">
         <is>
-          <t>101096</t>
+          <t>101204</t>
         </is>
       </c>
       <c r="B176" s="5" t="inlineStr">
         <is>
           <t>ССдО 03-030-003 IP20</t>
         </is>
       </c>
       <c r="C176" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, 5000 К</t>
         </is>
       </c>
       <c r="D176" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F176" s="8" t="inlineStr">
         <is>
-          <t>5 703,00 ₽</t>
+          <t>5 334,00 ₽</t>
         </is>
       </c>
       <c r="G176" s="8" t="inlineStr">
         <is>
-          <t>5 418,00 ₽</t>
+          <t>5 068,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="inlineStr">
         <is>
-          <t>101205</t>
+          <t>101097</t>
         </is>
       </c>
       <c r="B177" s="5" t="inlineStr"/>
       <c r="C177" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D177" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F177" s="8" t="inlineStr">
         <is>
-          <t>5 334,00 ₽</t>
+          <t>5 703,00 ₽</t>
         </is>
       </c>
       <c r="G177" s="8" t="inlineStr">
         <is>
-          <t>5 068,00 ₽</t>
+          <t>5 418,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="inlineStr">
         <is>
-          <t>101097</t>
+          <t>101205</t>
         </is>
       </c>
       <c r="B178" s="5" t="inlineStr"/>
       <c r="C178" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D178" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F178" s="8" t="inlineStr">
         <is>
-          <t>5 703,00 ₽</t>
+          <t>5 334,00 ₽</t>
         </is>
       </c>
       <c r="G178" s="8" t="inlineStr">
         <is>
-          <t>5 418,00 ₽</t>
+          <t>5 068,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="inlineStr">
         <is>
           <t>114221</t>
         </is>
       </c>
       <c r="B179" s="5" t="inlineStr"/>
       <c r="C179" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D179" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -6695,110 +6695,110 @@
       </c>
       <c r="D188" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F188" s="8" t="inlineStr">
         <is>
           <t>5 703,00 ₽</t>
         </is>
       </c>
       <c r="G188" s="8" t="inlineStr">
         <is>
           <t>5 418,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="inlineStr">
         <is>
-          <t>114350</t>
+          <t>114222</t>
         </is>
       </c>
       <c r="B189" s="5" t="inlineStr"/>
       <c r="C189" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D189" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F189" s="8" t="inlineStr">
         <is>
-          <t>9 534,00 ₽</t>
+          <t>9 903,00 ₽</t>
         </is>
       </c>
       <c r="G189" s="8" t="inlineStr">
         <is>
-          <t>9 058,00 ₽</t>
+          <t>9 408,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="inlineStr">
         <is>
-          <t>114222</t>
+          <t>114350</t>
         </is>
       </c>
       <c r="B190" s="5" t="inlineStr"/>
       <c r="C190" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D190" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F190" s="8" t="inlineStr">
         <is>
-          <t>9 903,00 ₽</t>
+          <t>9 534,00 ₽</t>
         </is>
       </c>
       <c r="G190" s="8" t="inlineStr">
         <is>
-          <t>9 408,00 ₽</t>
+          <t>9 058,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="inlineStr">
         <is>
           <t>111410</t>
         </is>
       </c>
       <c r="B191" s="5" t="inlineStr"/>
       <c r="C191" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D191" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -6992,176 +6992,176 @@
       </c>
       <c r="D197" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F197" s="8" t="inlineStr">
         <is>
           <t>5 334,00 ₽</t>
         </is>
       </c>
       <c r="G197" s="8" t="inlineStr">
         <is>
           <t>5 068,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="inlineStr">
         <is>
-          <t>114223</t>
+          <t>114351</t>
         </is>
       </c>
       <c r="B198" s="5" t="inlineStr"/>
       <c r="C198" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D198" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F198" s="8" t="inlineStr">
         <is>
-          <t>9 903,00 ₽</t>
+          <t>9 534,00 ₽</t>
         </is>
       </c>
       <c r="G198" s="8" t="inlineStr">
         <is>
-          <t>9 408,00 ₽</t>
+          <t>9 058,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="inlineStr">
         <is>
-          <t>114351</t>
+          <t>114223</t>
         </is>
       </c>
       <c r="B199" s="5" t="inlineStr"/>
       <c r="C199" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D199" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F199" s="8" t="inlineStr">
         <is>
-          <t>9 534,00 ₽</t>
+          <t>9 903,00 ₽</t>
         </is>
       </c>
       <c r="G199" s="8" t="inlineStr">
         <is>
-          <t>9 058,00 ₽</t>
+          <t>9 408,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="inlineStr">
         <is>
-          <t>111595</t>
+          <t>111411</t>
         </is>
       </c>
       <c r="B200" s="5" t="inlineStr"/>
       <c r="C200" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D200" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F200" s="8" t="inlineStr">
         <is>
-          <t>7 235,00 ₽</t>
+          <t>6 866,00 ₽</t>
         </is>
       </c>
       <c r="G200" s="8" t="inlineStr">
         <is>
-          <t>6 874,00 ₽</t>
+          <t>6 523,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="inlineStr">
         <is>
-          <t>111411</t>
+          <t>111595</t>
         </is>
       </c>
       <c r="B201" s="5" t="inlineStr"/>
       <c r="C201" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D201" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F201" s="8" t="inlineStr">
         <is>
-          <t>6 866,00 ₽</t>
+          <t>7 235,00 ₽</t>
         </is>
       </c>
       <c r="G201" s="8" t="inlineStr">
         <is>
-          <t>6 523,00 ₽</t>
+          <t>6 874,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="inlineStr">
         <is>
           <t>111603</t>
         </is>
       </c>
       <c r="B202" s="5" t="inlineStr"/>
       <c r="C202" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 5000 К, опал</t>
         </is>
       </c>
       <c r="D202" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -7256,242 +7256,242 @@
       </c>
       <c r="D205" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F205" s="8" t="inlineStr">
         <is>
           <t>5 500,00 ₽</t>
         </is>
       </c>
       <c r="G205" s="8" t="inlineStr">
         <is>
           <t>5 225,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="inlineStr">
         <is>
-          <t>101207</t>
+          <t>101099</t>
         </is>
       </c>
       <c r="B206" s="5" t="inlineStr"/>
       <c r="C206" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 6000 К</t>
         </is>
       </c>
       <c r="D206" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F206" s="8" t="inlineStr">
         <is>
-          <t>5 334,00 ₽</t>
+          <t>5 703,00 ₽</t>
         </is>
       </c>
       <c r="G206" s="8" t="inlineStr">
         <is>
-          <t>5 068,00 ₽</t>
+          <t>5 418,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="inlineStr">
         <is>
-          <t>101099</t>
+          <t>101207</t>
         </is>
       </c>
       <c r="B207" s="5" t="inlineStr"/>
       <c r="C207" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 6000 К</t>
         </is>
       </c>
       <c r="D207" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F207" s="8" t="inlineStr">
         <is>
-          <t>5 703,00 ₽</t>
+          <t>5 334,00 ₽</t>
         </is>
       </c>
       <c r="G207" s="8" t="inlineStr">
         <is>
-          <t>5 418,00 ₽</t>
+          <t>5 068,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="inlineStr">
         <is>
-          <t>114352</t>
+          <t>114224</t>
         </is>
       </c>
       <c r="B208" s="5" t="inlineStr"/>
       <c r="C208" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 6000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D208" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F208" s="8" t="inlineStr">
         <is>
-          <t>9 534,00 ₽</t>
+          <t>9 903,00 ₽</t>
         </is>
       </c>
       <c r="G208" s="8" t="inlineStr">
         <is>
-          <t>9 058,00 ₽</t>
+          <t>9 408,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="inlineStr">
         <is>
-          <t>114224</t>
+          <t>114352</t>
         </is>
       </c>
       <c r="B209" s="5" t="inlineStr"/>
       <c r="C209" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 6000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D209" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F209" s="8" t="inlineStr">
         <is>
-          <t>9 903,00 ₽</t>
+          <t>9 534,00 ₽</t>
         </is>
       </c>
       <c r="G209" s="8" t="inlineStr">
         <is>
-          <t>9 408,00 ₽</t>
+          <t>9 058,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="inlineStr">
         <is>
-          <t>111412</t>
+          <t>111596</t>
         </is>
       </c>
       <c r="B210" s="5" t="inlineStr"/>
       <c r="C210" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D210" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F210" s="8" t="inlineStr">
         <is>
-          <t>6 866,00 ₽</t>
+          <t>7 235,00 ₽</t>
         </is>
       </c>
       <c r="G210" s="8" t="inlineStr">
         <is>
-          <t>6 523,00 ₽</t>
+          <t>6 874,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="inlineStr">
         <is>
-          <t>111596</t>
+          <t>111412</t>
         </is>
       </c>
       <c r="B211" s="5" t="inlineStr"/>
       <c r="C211" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D211" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F211" s="8" t="inlineStr">
         <is>
-          <t>7 235,00 ₽</t>
+          <t>6 866,00 ₽</t>
         </is>
       </c>
       <c r="G211" s="8" t="inlineStr">
         <is>
-          <t>6 874,00 ₽</t>
+          <t>6 523,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="inlineStr">
         <is>
           <t>111604</t>
         </is>
       </c>
       <c r="B212" s="5" t="inlineStr"/>
       <c r="C212" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP20, 6000 К, опал</t>
         </is>
       </c>
       <c r="D212" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -7652,110 +7652,110 @@
       </c>
       <c r="D217" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F217" s="8" t="inlineStr">
         <is>
           <t>8 730,00 ₽</t>
         </is>
       </c>
       <c r="G217" s="8" t="inlineStr">
         <is>
           <t>8 294,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="inlineStr">
         <is>
-          <t>114225</t>
+          <t>114353</t>
         </is>
       </c>
       <c r="B218" s="5" t="inlineStr"/>
       <c r="C218" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D218" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F218" s="8" t="inlineStr">
         <is>
-          <t>12 732,00 ₽</t>
+          <t>12 561,00 ₽</t>
         </is>
       </c>
       <c r="G218" s="8" t="inlineStr">
         <is>
-          <t>12 096,00 ₽</t>
+          <t>11 933,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="inlineStr">
         <is>
-          <t>114353</t>
+          <t>114225</t>
         </is>
       </c>
       <c r="B219" s="5" t="inlineStr"/>
       <c r="C219" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D219" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F219" s="8" t="inlineStr">
         <is>
-          <t>12 561,00 ₽</t>
+          <t>12 732,00 ₽</t>
         </is>
       </c>
       <c r="G219" s="8" t="inlineStr">
         <is>
-          <t>11 933,00 ₽</t>
+          <t>12 096,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="inlineStr">
         <is>
           <t>111597</t>
         </is>
       </c>
       <c r="B220" s="5" t="inlineStr"/>
       <c r="C220" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D220" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -7817,275 +7817,275 @@
       </c>
       <c r="D222" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F222" s="8" t="inlineStr">
         <is>
           <t>8 896,00 ₽</t>
         </is>
       </c>
       <c r="G222" s="8" t="inlineStr">
         <is>
           <t>8 452,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="inlineStr">
         <is>
-          <t>114217</t>
+          <t>114345</t>
         </is>
       </c>
       <c r="B223" s="5" t="inlineStr"/>
       <c r="C223" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D223" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F223" s="8" t="inlineStr">
         <is>
-          <t>10 188,00 ₽</t>
+          <t>9 819,00 ₽</t>
         </is>
       </c>
       <c r="G223" s="8" t="inlineStr">
         <is>
-          <t>9 679,00 ₽</t>
+          <t>9 329,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="inlineStr">
         <is>
-          <t>114345</t>
+          <t>114217</t>
         </is>
       </c>
       <c r="B224" s="5" t="inlineStr"/>
       <c r="C224" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D224" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E224" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F224" s="8" t="inlineStr">
         <is>
-          <t>9 819,00 ₽</t>
+          <t>10 188,00 ₽</t>
         </is>
       </c>
       <c r="G224" s="8" t="inlineStr">
         <is>
-          <t>9 329,00 ₽</t>
+          <t>9 679,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="inlineStr">
         <is>
           <t>111421</t>
         </is>
       </c>
       <c r="B225" s="5" t="inlineStr"/>
       <c r="C225" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 3000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D225" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E225" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F225" s="8" t="inlineStr">
         <is>
           <t>8 527,00 ₽</t>
         </is>
       </c>
       <c r="G225" s="8" t="inlineStr">
         <is>
           <t>8 101,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="inlineStr">
         <is>
-          <t>101105</t>
+          <t>101213</t>
         </is>
       </c>
       <c r="B226" s="5" t="inlineStr"/>
       <c r="C226" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К</t>
         </is>
       </c>
       <c r="D226" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E226" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F226" s="8" t="inlineStr">
         <is>
-          <t>8 730,00 ₽</t>
+          <t>8 361,00 ₽</t>
         </is>
       </c>
       <c r="G226" s="8" t="inlineStr">
         <is>
-          <t>8 294,00 ₽</t>
+          <t>7 943,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="inlineStr">
         <is>
-          <t>101213</t>
+          <t>101105</t>
         </is>
       </c>
       <c r="B227" s="5" t="inlineStr"/>
       <c r="C227" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К</t>
         </is>
       </c>
       <c r="D227" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F227" s="8" t="inlineStr">
         <is>
-          <t>8 361,00 ₽</t>
+          <t>8 730,00 ₽</t>
         </is>
       </c>
       <c r="G227" s="8" t="inlineStr">
         <is>
-          <t>7 943,00 ₽</t>
+          <t>8 294,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="inlineStr">
         <is>
-          <t>114354</t>
+          <t>114226</t>
         </is>
       </c>
       <c r="B228" s="5" t="inlineStr"/>
       <c r="C228" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D228" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E228" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F228" s="8" t="inlineStr">
         <is>
-          <t>12 561,00 ₽</t>
+          <t>12 732,00 ₽</t>
         </is>
       </c>
       <c r="G228" s="8" t="inlineStr">
         <is>
-          <t>11 933,00 ₽</t>
+          <t>12 096,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="inlineStr">
         <is>
-          <t>114226</t>
+          <t>114354</t>
         </is>
       </c>
       <c r="B229" s="5" t="inlineStr"/>
       <c r="C229" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D229" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F229" s="8" t="inlineStr">
         <is>
-          <t>12 732,00 ₽</t>
+          <t>12 561,00 ₽</t>
         </is>
       </c>
       <c r="G229" s="8" t="inlineStr">
         <is>
-          <t>12 096,00 ₽</t>
+          <t>11 933,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="inlineStr">
         <is>
           <t>111598</t>
         </is>
       </c>
       <c r="B230" s="5" t="inlineStr"/>
       <c r="C230" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D230" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E230" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -8147,110 +8147,110 @@
       </c>
       <c r="D232" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E232" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F232" s="8" t="inlineStr">
         <is>
           <t>8 896,00 ₽</t>
         </is>
       </c>
       <c r="G232" s="8" t="inlineStr">
         <is>
           <t>8 452,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="inlineStr">
         <is>
-          <t>114346</t>
+          <t>114218</t>
         </is>
       </c>
       <c r="B233" s="5" t="inlineStr"/>
       <c r="C233" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D233" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E233" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F233" s="8" t="inlineStr">
         <is>
-          <t>9 819,00 ₽</t>
+          <t>10 188,00 ₽</t>
         </is>
       </c>
       <c r="G233" s="8" t="inlineStr">
         <is>
-          <t>9 329,00 ₽</t>
+          <t>9 679,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="inlineStr">
         <is>
-          <t>114218</t>
+          <t>114346</t>
         </is>
       </c>
       <c r="B234" s="5" t="inlineStr"/>
       <c r="C234" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D234" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E234" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F234" s="8" t="inlineStr">
         <is>
-          <t>10 188,00 ₽</t>
+          <t>9 819,00 ₽</t>
         </is>
       </c>
       <c r="G234" s="8" t="inlineStr">
         <is>
-          <t>9 679,00 ₽</t>
+          <t>9 329,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="inlineStr">
         <is>
           <t>111422</t>
         </is>
       </c>
       <c r="B235" s="5" t="inlineStr"/>
       <c r="C235" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 4000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D235" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -8312,110 +8312,110 @@
       </c>
       <c r="D237" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F237" s="8" t="inlineStr">
         <is>
           <t>8 730,00 ₽</t>
         </is>
       </c>
       <c r="G237" s="8" t="inlineStr">
         <is>
           <t>8 294,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="inlineStr">
         <is>
-          <t>114227</t>
+          <t>114355</t>
         </is>
       </c>
       <c r="B238" s="5" t="inlineStr"/>
       <c r="C238" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D238" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F238" s="8" t="inlineStr">
         <is>
-          <t>12 732,00 ₽</t>
+          <t>12 561,00 ₽</t>
         </is>
       </c>
       <c r="G238" s="8" t="inlineStr">
         <is>
-          <t>12 096,00 ₽</t>
+          <t>11 933,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="inlineStr">
         <is>
-          <t>114355</t>
+          <t>114227</t>
         </is>
       </c>
       <c r="B239" s="5" t="inlineStr"/>
       <c r="C239" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D239" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E239" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F239" s="8" t="inlineStr">
         <is>
-          <t>12 561,00 ₽</t>
+          <t>12 732,00 ₽</t>
         </is>
       </c>
       <c r="G239" s="8" t="inlineStr">
         <is>
-          <t>11 933,00 ₽</t>
+          <t>12 096,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="inlineStr">
         <is>
           <t>111415</t>
         </is>
       </c>
       <c r="B240" s="5" t="inlineStr"/>
       <c r="C240" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D240" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -8708,110 +8708,110 @@
       </c>
       <c r="D249" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E249" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F249" s="8" t="inlineStr">
         <is>
           <t>12 561,00 ₽</t>
         </is>
       </c>
       <c r="G249" s="8" t="inlineStr">
         <is>
           <t>11 933,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="inlineStr">
         <is>
-          <t>111416</t>
+          <t>111600</t>
         </is>
       </c>
       <c r="B250" s="5" t="inlineStr"/>
       <c r="C250" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D250" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E250" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F250" s="8" t="inlineStr">
         <is>
-          <t>9 893,00 ₽</t>
+          <t>10 262,00 ₽</t>
         </is>
       </c>
       <c r="G250" s="8" t="inlineStr">
         <is>
-          <t>9 399,00 ₽</t>
+          <t>9 749,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="inlineStr">
         <is>
-          <t>111600</t>
+          <t>111416</t>
         </is>
       </c>
       <c r="B251" s="5" t="inlineStr"/>
       <c r="C251" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D251" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E251" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F251" s="8" t="inlineStr">
         <is>
-          <t>10 262,00 ₽</t>
+          <t>9 893,00 ₽</t>
         </is>
       </c>
       <c r="G251" s="8" t="inlineStr">
         <is>
-          <t>9 749,00 ₽</t>
+          <t>9 399,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="inlineStr">
         <is>
           <t>111608</t>
         </is>
       </c>
       <c r="B252" s="5" t="inlineStr"/>
       <c r="C252" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 30, IP54, 6000 К, опал</t>
         </is>
       </c>
       <c r="D252" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3938 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E252" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -10341,110 +10341,110 @@
       </c>
       <c r="D298" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E298" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F298" s="8" t="inlineStr">
         <is>
           <t>5 814,00 ₽</t>
         </is>
       </c>
       <c r="G298" s="8" t="inlineStr">
         <is>
           <t>5 524,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="inlineStr">
         <is>
-          <t>101121</t>
+          <t>101229</t>
         </is>
       </c>
       <c r="B299" s="5" t="inlineStr"/>
       <c r="C299" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D299" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E299" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F299" s="8" t="inlineStr">
         <is>
-          <t>6 072,00 ₽</t>
+          <t>5 814,00 ₽</t>
         </is>
       </c>
       <c r="G299" s="8" t="inlineStr">
         <is>
-          <t>5 769,00 ₽</t>
+          <t>5 524,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="inlineStr">
         <is>
-          <t>101229</t>
+          <t>101121</t>
         </is>
       </c>
       <c r="B300" s="5" t="inlineStr"/>
       <c r="C300" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D300" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E300" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F300" s="8" t="inlineStr">
         <is>
-          <t>5 814,00 ₽</t>
+          <t>6 072,00 ₽</t>
         </is>
       </c>
       <c r="G300" s="8" t="inlineStr">
         <is>
-          <t>5 524,00 ₽</t>
+          <t>5 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="inlineStr">
         <is>
           <t>114381</t>
         </is>
       </c>
       <c r="B301" s="5" t="inlineStr"/>
       <c r="C301" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D301" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E301" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -10704,110 +10704,110 @@
       </c>
       <c r="D309" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E309" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F309" s="8" t="inlineStr">
         <is>
           <t>10 014,00 ₽</t>
         </is>
       </c>
       <c r="G309" s="8" t="inlineStr">
         <is>
           <t>9 514,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="inlineStr">
         <is>
-          <t>111626</t>
+          <t>111442</t>
         </is>
       </c>
       <c r="B310" s="5" t="inlineStr"/>
       <c r="C310" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D310" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E310" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F310" s="8" t="inlineStr">
         <is>
-          <t>7 604,00 ₽</t>
+          <t>7 346,00 ₽</t>
         </is>
       </c>
       <c r="G310" s="8" t="inlineStr">
         <is>
-          <t>7 224,00 ₽</t>
+          <t>6 979,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="inlineStr">
         <is>
-          <t>111442</t>
+          <t>111626</t>
         </is>
       </c>
       <c r="B311" s="5" t="inlineStr"/>
       <c r="C311" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D311" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E311" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F311" s="8" t="inlineStr">
         <is>
-          <t>7 346,00 ₽</t>
+          <t>7 604,00 ₽</t>
         </is>
       </c>
       <c r="G311" s="8" t="inlineStr">
         <is>
-          <t>6 979,00 ₽</t>
+          <t>7 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="inlineStr">
         <is>
           <t>111634</t>
         </is>
       </c>
       <c r="B312" s="5" t="inlineStr"/>
       <c r="C312" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 4000 К, опал</t>
         </is>
       </c>
       <c r="D312" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E312" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -10902,110 +10902,110 @@
       </c>
       <c r="D315" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E315" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F315" s="8" t="inlineStr">
         <is>
           <t>10 014,00 ₽</t>
         </is>
       </c>
       <c r="G315" s="8" t="inlineStr">
         <is>
           <t>9 514,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="inlineStr">
         <is>
-          <t>111627</t>
+          <t>111443</t>
         </is>
       </c>
       <c r="B316" s="5" t="inlineStr"/>
       <c r="C316" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D316" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E316" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F316" s="8" t="inlineStr">
         <is>
-          <t>7 604,00 ₽</t>
+          <t>7 346,00 ₽</t>
         </is>
       </c>
       <c r="G316" s="8" t="inlineStr">
         <is>
-          <t>7 224,00 ₽</t>
+          <t>6 979,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="inlineStr">
         <is>
-          <t>111443</t>
+          <t>111627</t>
         </is>
       </c>
       <c r="B317" s="5" t="inlineStr"/>
       <c r="C317" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D317" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E317" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F317" s="8" t="inlineStr">
         <is>
-          <t>7 346,00 ₽</t>
+          <t>7 604,00 ₽</t>
         </is>
       </c>
       <c r="G317" s="8" t="inlineStr">
         <is>
-          <t>6 979,00 ₽</t>
+          <t>7 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="inlineStr">
         <is>
           <t>111635</t>
         </is>
       </c>
       <c r="B318" s="5" t="inlineStr"/>
       <c r="C318" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 5000 К, опал</t>
         </is>
       </c>
       <c r="D318" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E318" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -11067,209 +11067,209 @@
       </c>
       <c r="D320" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E320" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F320" s="8" t="inlineStr">
         <is>
           <t>5 980,00 ₽</t>
         </is>
       </c>
       <c r="G320" s="8" t="inlineStr">
         <is>
           <t>5 681,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="inlineStr">
         <is>
-          <t>101123</t>
+          <t>101231</t>
         </is>
       </c>
       <c r="B321" s="5" t="inlineStr"/>
       <c r="C321" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 6000 К</t>
         </is>
       </c>
       <c r="D321" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E321" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F321" s="8" t="inlineStr">
         <is>
-          <t>6 072,00 ₽</t>
+          <t>5 814,00 ₽</t>
         </is>
       </c>
       <c r="G321" s="8" t="inlineStr">
         <is>
-          <t>5 769,00 ₽</t>
+          <t>5 524,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="inlineStr">
         <is>
-          <t>101231</t>
+          <t>101123</t>
         </is>
       </c>
       <c r="B322" s="5" t="inlineStr"/>
       <c r="C322" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 6000 К</t>
         </is>
       </c>
       <c r="D322" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E322" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F322" s="8" t="inlineStr">
         <is>
-          <t>5 814,00 ₽</t>
+          <t>6 072,00 ₽</t>
         </is>
       </c>
       <c r="G322" s="8" t="inlineStr">
         <is>
-          <t>5 524,00 ₽</t>
+          <t>5 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="inlineStr">
         <is>
           <t>114384</t>
         </is>
       </c>
       <c r="B323" s="5" t="inlineStr"/>
       <c r="C323" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 6000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D323" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E323" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F323" s="8" t="inlineStr">
         <is>
           <t>10 014,00 ₽</t>
         </is>
       </c>
       <c r="G323" s="8" t="inlineStr">
         <is>
           <t>9 514,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="inlineStr">
         <is>
-          <t>111444</t>
+          <t>111628</t>
         </is>
       </c>
       <c r="B324" s="5" t="inlineStr"/>
       <c r="C324" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D324" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E324" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F324" s="8" t="inlineStr">
         <is>
-          <t>7 346,00 ₽</t>
+          <t>7 604,00 ₽</t>
         </is>
       </c>
       <c r="G324" s="8" t="inlineStr">
         <is>
-          <t>6 979,00 ₽</t>
+          <t>7 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="inlineStr">
         <is>
-          <t>111628</t>
+          <t>111444</t>
         </is>
       </c>
       <c r="B325" s="5" t="inlineStr"/>
       <c r="C325" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D325" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E325" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F325" s="8" t="inlineStr">
         <is>
-          <t>7 604,00 ₽</t>
+          <t>7 346,00 ₽</t>
         </is>
       </c>
       <c r="G325" s="8" t="inlineStr">
         <is>
-          <t>7 224,00 ₽</t>
+          <t>6 979,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="inlineStr">
         <is>
           <t>111636</t>
         </is>
       </c>
       <c r="B326" s="5" t="inlineStr"/>
       <c r="C326" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP20, 6000 К, опал</t>
         </is>
       </c>
       <c r="D326" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E326" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -11859,209 +11859,209 @@
       </c>
       <c r="D344" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E344" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F344" s="8" t="inlineStr">
         <is>
           <t>9 007,00 ₽</t>
         </is>
       </c>
       <c r="G344" s="8" t="inlineStr">
         <is>
           <t>8 557,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="inlineStr">
         <is>
-          <t>101238</t>
+          <t>101130</t>
         </is>
       </c>
       <c r="B345" s="5" t="inlineStr"/>
       <c r="C345" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D345" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E345" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F345" s="8" t="inlineStr">
         <is>
-          <t>8 841,00 ₽</t>
+          <t>9 099,00 ₽</t>
         </is>
       </c>
       <c r="G345" s="8" t="inlineStr">
         <is>
-          <t>8 399,00 ₽</t>
+          <t>8 645,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="5" t="inlineStr">
         <is>
-          <t>101130</t>
+          <t>101238</t>
         </is>
       </c>
       <c r="B346" s="5" t="inlineStr"/>
       <c r="C346" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D346" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E346" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F346" s="8" t="inlineStr">
         <is>
-          <t>9 099,00 ₽</t>
+          <t>8 841,00 ₽</t>
         </is>
       </c>
       <c r="G346" s="8" t="inlineStr">
         <is>
-          <t>8 645,00 ₽</t>
+          <t>8 399,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="5" t="inlineStr">
         <is>
           <t>114387</t>
         </is>
       </c>
       <c r="B347" s="5" t="inlineStr"/>
       <c r="C347" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D347" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E347" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F347" s="8" t="inlineStr">
         <is>
           <t>13 041,00 ₽</t>
         </is>
       </c>
       <c r="G347" s="8" t="inlineStr">
         <is>
           <t>12 389,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="5" t="inlineStr">
         <is>
-          <t>111447</t>
+          <t>111631</t>
         </is>
       </c>
       <c r="B348" s="5" t="inlineStr"/>
       <c r="C348" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D348" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E348" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F348" s="8" t="inlineStr">
         <is>
-          <t>10 373,00 ₽</t>
+          <t>10 631,00 ₽</t>
         </is>
       </c>
       <c r="G348" s="8" t="inlineStr">
         <is>
-          <t>9 855,00 ₽</t>
+          <t>10 100,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="inlineStr">
         <is>
-          <t>111631</t>
+          <t>111447</t>
         </is>
       </c>
       <c r="B349" s="5" t="inlineStr"/>
       <c r="C349" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D349" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E349" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F349" s="8" t="inlineStr">
         <is>
-          <t>10 631,00 ₽</t>
+          <t>10 373,00 ₽</t>
         </is>
       </c>
       <c r="G349" s="8" t="inlineStr">
         <is>
-          <t>10 100,00 ₽</t>
+          <t>9 855,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="inlineStr">
         <is>
           <t>111639</t>
         </is>
       </c>
       <c r="B350" s="5" t="inlineStr"/>
       <c r="C350" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 5000 К, опал</t>
         </is>
       </c>
       <c r="D350" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E350" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -12222,110 +12222,110 @@
       </c>
       <c r="D355" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E355" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F355" s="8" t="inlineStr">
         <is>
           <t>13 041,00 ₽</t>
         </is>
       </c>
       <c r="G355" s="8" t="inlineStr">
         <is>
           <t>12 389,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="inlineStr">
         <is>
-          <t>111632</t>
+          <t>111448</t>
         </is>
       </c>
       <c r="B356" s="5" t="inlineStr"/>
       <c r="C356" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D356" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E356" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F356" s="8" t="inlineStr">
         <is>
-          <t>10 631,00 ₽</t>
+          <t>10 373,00 ₽</t>
         </is>
       </c>
       <c r="G356" s="8" t="inlineStr">
         <is>
-          <t>10 100,00 ₽</t>
+          <t>9 855,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="inlineStr">
         <is>
-          <t>111448</t>
+          <t>111632</t>
         </is>
       </c>
       <c r="B357" s="5" t="inlineStr"/>
       <c r="C357" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D357" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E357" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F357" s="8" t="inlineStr">
         <is>
-          <t>10 373,00 ₽</t>
+          <t>10 631,00 ₽</t>
         </is>
       </c>
       <c r="G357" s="8" t="inlineStr">
         <is>
-          <t>9 855,00 ₽</t>
+          <t>10 100,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="5" t="inlineStr">
         <is>
           <t>111640</t>
         </is>
       </c>
       <c r="B358" s="5" t="inlineStr"/>
       <c r="C358" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 40, IP54, 6000 К, опал</t>
         </is>
       </c>
       <c r="D358" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 5250 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E358" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -13785,84 +13785,84 @@
       </c>
       <c r="D402" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E402" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F402" s="8" t="inlineStr">
         <is>
           <t>6 184,00 ₽</t>
         </is>
       </c>
       <c r="G402" s="8" t="inlineStr">
         <is>
           <t>5 875,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="5" t="inlineStr">
         <is>
-          <t>101253</t>
+          <t>101133</t>
         </is>
       </c>
       <c r="B403" s="5" t="inlineStr"/>
       <c r="C403" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D403" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E403" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F403" s="8" t="inlineStr">
         <is>
           <t>6 184,00 ₽</t>
         </is>
       </c>
       <c r="G403" s="8" t="inlineStr">
         <is>
           <t>5 875,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="5" t="inlineStr">
         <is>
-          <t>101133</t>
+          <t>101253</t>
         </is>
       </c>
       <c r="B404" s="5" t="inlineStr"/>
       <c r="C404" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D404" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E404" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F404" s="8" t="inlineStr">
         <is>
           <t>6 184,00 ₽</t>
         </is>
       </c>
       <c r="G404" s="8" t="inlineStr">
         <is>
@@ -14016,84 +14016,84 @@
       </c>
       <c r="D409" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E409" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F409" s="8" t="inlineStr">
         <is>
           <t>6 350,00 ₽</t>
         </is>
       </c>
       <c r="G409" s="8" t="inlineStr">
         <is>
           <t>6 033,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="5" t="inlineStr">
         <is>
-          <t>114405</t>
+          <t>114261</t>
         </is>
       </c>
       <c r="B410" s="5" t="inlineStr"/>
       <c r="C410" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D410" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E410" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F410" s="8" t="inlineStr">
         <is>
           <t>7 642,00 ₽</t>
         </is>
       </c>
       <c r="G410" s="8" t="inlineStr">
         <is>
           <t>7 260,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="5" t="inlineStr">
         <is>
-          <t>114261</t>
+          <t>114405</t>
         </is>
       </c>
       <c r="B411" s="5" t="inlineStr"/>
       <c r="C411" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D411" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E411" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F411" s="8" t="inlineStr">
         <is>
           <t>7 642,00 ₽</t>
         </is>
       </c>
       <c r="G411" s="8" t="inlineStr">
         <is>
@@ -14115,176 +14115,176 @@
       </c>
       <c r="D412" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E412" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F412" s="8" t="inlineStr">
         <is>
           <t>6 350,00 ₽</t>
         </is>
       </c>
       <c r="G412" s="8" t="inlineStr">
         <is>
           <t>6 033,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="5" t="inlineStr">
         <is>
-          <t>101254</t>
+          <t>101134</t>
         </is>
       </c>
       <c r="B413" s="5" t="inlineStr"/>
       <c r="C413" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D413" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E413" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F413" s="8" t="inlineStr">
         <is>
           <t>6 184,00 ₽</t>
         </is>
       </c>
       <c r="G413" s="8" t="inlineStr">
         <is>
           <t>5 875,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="5" t="inlineStr">
         <is>
-          <t>101134</t>
+          <t>101254</t>
         </is>
       </c>
       <c r="B414" s="5" t="inlineStr"/>
       <c r="C414" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D414" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E414" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F414" s="8" t="inlineStr">
         <is>
           <t>6 184,00 ₽</t>
         </is>
       </c>
       <c r="G414" s="8" t="inlineStr">
         <is>
           <t>5 875,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="5" t="inlineStr">
         <is>
-          <t>114270</t>
+          <t>114414</t>
         </is>
       </c>
       <c r="B415" s="5" t="inlineStr"/>
       <c r="C415" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D415" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E415" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F415" s="8" t="inlineStr">
         <is>
-          <t>10 281,00 ₽</t>
+          <t>10 384,00 ₽</t>
         </is>
       </c>
       <c r="G415" s="8" t="inlineStr">
         <is>
-          <t>9 767,00 ₽</t>
+          <t>9 865,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="5" t="inlineStr">
         <is>
-          <t>114414</t>
+          <t>114270</t>
         </is>
       </c>
       <c r="B416" s="5" t="inlineStr"/>
       <c r="C416" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D416" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E416" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F416" s="8" t="inlineStr">
         <is>
-          <t>10 384,00 ₽</t>
+          <t>10 281,00 ₽</t>
         </is>
       </c>
       <c r="G416" s="8" t="inlineStr">
         <is>
-          <t>9 865,00 ₽</t>
+          <t>9 767,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="5" t="inlineStr">
         <is>
           <t>111474</t>
         </is>
       </c>
       <c r="B417" s="5" t="inlineStr"/>
       <c r="C417" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D417" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E417" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -14346,84 +14346,84 @@
       </c>
       <c r="D419" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E419" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F419" s="8" t="inlineStr">
         <is>
           <t>6 350,00 ₽</t>
         </is>
       </c>
       <c r="G419" s="8" t="inlineStr">
         <is>
           <t>6 033,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="5" t="inlineStr">
         <is>
-          <t>114406</t>
+          <t>114262</t>
         </is>
       </c>
       <c r="B420" s="5" t="inlineStr"/>
       <c r="C420" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D420" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E420" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F420" s="8" t="inlineStr">
         <is>
           <t>7 642,00 ₽</t>
         </is>
       </c>
       <c r="G420" s="8" t="inlineStr">
         <is>
           <t>7 260,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="5" t="inlineStr">
         <is>
-          <t>114262</t>
+          <t>114406</t>
         </is>
       </c>
       <c r="B421" s="5" t="inlineStr"/>
       <c r="C421" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D421" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E421" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F421" s="8" t="inlineStr">
         <is>
           <t>7 642,00 ₽</t>
         </is>
       </c>
       <c r="G421" s="8" t="inlineStr">
         <is>
@@ -14610,84 +14610,84 @@
       </c>
       <c r="D427" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E427" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F427" s="8" t="inlineStr">
         <is>
           <t>6 350,00 ₽</t>
         </is>
       </c>
       <c r="G427" s="8" t="inlineStr">
         <is>
           <t>6 033,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="5" t="inlineStr">
         <is>
-          <t>114263</t>
+          <t>114407</t>
         </is>
       </c>
       <c r="B428" s="5" t="inlineStr"/>
       <c r="C428" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D428" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E428" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F428" s="8" t="inlineStr">
         <is>
           <t>7 642,00 ₽</t>
         </is>
       </c>
       <c r="G428" s="8" t="inlineStr">
         <is>
           <t>7 260,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="5" t="inlineStr">
         <is>
-          <t>114407</t>
+          <t>114263</t>
         </is>
       </c>
       <c r="B429" s="5" t="inlineStr"/>
       <c r="C429" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D429" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E429" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F429" s="8" t="inlineStr">
         <is>
           <t>7 642,00 ₽</t>
         </is>
       </c>
       <c r="G429" s="8" t="inlineStr">
         <is>
@@ -14775,110 +14775,110 @@
       </c>
       <c r="D432" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E432" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F432" s="8" t="inlineStr">
         <is>
           <t>6 184,00 ₽</t>
         </is>
       </c>
       <c r="G432" s="8" t="inlineStr">
         <is>
           <t>5 875,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="5" t="inlineStr">
         <is>
-          <t>114416</t>
+          <t>114272</t>
         </is>
       </c>
       <c r="B433" s="5" t="inlineStr"/>
       <c r="C433" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 6000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D433" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E433" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F433" s="8" t="inlineStr">
         <is>
-          <t>10 384,00 ₽</t>
+          <t>10 281,00 ₽</t>
         </is>
       </c>
       <c r="G433" s="8" t="inlineStr">
         <is>
-          <t>9 865,00 ₽</t>
+          <t>9 767,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="5" t="inlineStr">
         <is>
-          <t>114272</t>
+          <t>114416</t>
         </is>
       </c>
       <c r="B434" s="5" t="inlineStr"/>
       <c r="C434" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 6000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D434" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E434" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F434" s="8" t="inlineStr">
         <is>
-          <t>10 281,00 ₽</t>
+          <t>10 384,00 ₽</t>
         </is>
       </c>
       <c r="G434" s="8" t="inlineStr">
         <is>
-          <t>9 767,00 ₽</t>
+          <t>9 865,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="5" t="inlineStr">
         <is>
           <t>111476</t>
         </is>
       </c>
       <c r="B435" s="5" t="inlineStr"/>
       <c r="C435" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D435" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E435" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -14940,84 +14940,84 @@
       </c>
       <c r="D437" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E437" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F437" s="8" t="inlineStr">
         <is>
           <t>6 350,00 ₽</t>
         </is>
       </c>
       <c r="G437" s="8" t="inlineStr">
         <is>
           <t>6 033,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="5" t="inlineStr">
         <is>
-          <t>114264</t>
+          <t>114408</t>
         </is>
       </c>
       <c r="B438" s="5" t="inlineStr"/>
       <c r="C438" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 6000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D438" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E438" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F438" s="8" t="inlineStr">
         <is>
           <t>7 642,00 ₽</t>
         </is>
       </c>
       <c r="G438" s="8" t="inlineStr">
         <is>
           <t>7 260,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="5" t="inlineStr">
         <is>
-          <t>114408</t>
+          <t>114264</t>
         </is>
       </c>
       <c r="B439" s="5" t="inlineStr"/>
       <c r="C439" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP20, 6000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D439" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E439" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F439" s="8" t="inlineStr">
         <is>
           <t>7 642,00 ₽</t>
         </is>
       </c>
       <c r="G439" s="8" t="inlineStr">
         <is>
@@ -15105,150 +15105,150 @@
       </c>
       <c r="D442" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E442" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F442" s="8" t="inlineStr">
         <is>
           <t>9 211,00 ₽</t>
         </is>
       </c>
       <c r="G442" s="8" t="inlineStr">
         <is>
           <t>8 751,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="5" t="inlineStr">
         <is>
-          <t>114417</t>
+          <t>114273</t>
         </is>
       </c>
       <c r="B443" s="5" t="inlineStr"/>
       <c r="C443" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D443" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E443" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F443" s="8" t="inlineStr">
         <is>
-          <t>13 411,00 ₽</t>
+          <t>13 308,00 ₽</t>
         </is>
       </c>
       <c r="G443" s="8" t="inlineStr">
         <is>
-          <t>12 741,00 ₽</t>
+          <t>12 643,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="5" t="inlineStr">
         <is>
-          <t>114273</t>
+          <t>114417</t>
         </is>
       </c>
       <c r="B444" s="5" t="inlineStr"/>
       <c r="C444" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D444" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E444" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F444" s="8" t="inlineStr">
         <is>
-          <t>13 308,00 ₽</t>
+          <t>13 411,00 ₽</t>
         </is>
       </c>
       <c r="G444" s="8" t="inlineStr">
         <is>
-          <t>12 643,00 ₽</t>
+          <t>12 741,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="5" t="inlineStr">
         <is>
-          <t>111477</t>
+          <t>111645</t>
         </is>
       </c>
       <c r="B445" s="5" t="inlineStr"/>
       <c r="C445" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D445" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E445" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F445" s="8" t="inlineStr">
         <is>
           <t>10 743,00 ₽</t>
         </is>
       </c>
       <c r="G445" s="8" t="inlineStr">
         <is>
           <t>10 206,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="5" t="inlineStr">
         <is>
-          <t>111645</t>
+          <t>111477</t>
         </is>
       </c>
       <c r="B446" s="5" t="inlineStr"/>
       <c r="C446" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D446" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E446" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F446" s="8" t="inlineStr">
         <is>
           <t>10 743,00 ₽</t>
         </is>
       </c>
       <c r="G446" s="8" t="inlineStr">
         <is>
@@ -15501,84 +15501,84 @@
       </c>
       <c r="D454" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E454" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F454" s="8" t="inlineStr">
         <is>
           <t>13 308,00 ₽</t>
         </is>
       </c>
       <c r="G454" s="8" t="inlineStr">
         <is>
           <t>12 643,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="5" t="inlineStr">
         <is>
-          <t>111478</t>
+          <t>111646</t>
         </is>
       </c>
       <c r="B455" s="5" t="inlineStr"/>
       <c r="C455" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D455" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E455" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F455" s="8" t="inlineStr">
         <is>
           <t>10 743,00 ₽</t>
         </is>
       </c>
       <c r="G455" s="8" t="inlineStr">
         <is>
           <t>10 206,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="5" t="inlineStr">
         <is>
-          <t>111646</t>
+          <t>111478</t>
         </is>
       </c>
       <c r="B456" s="5" t="inlineStr"/>
       <c r="C456" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D456" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E456" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F456" s="8" t="inlineStr">
         <is>
           <t>10 743,00 ₽</t>
         </is>
       </c>
       <c r="G456" s="8" t="inlineStr">
         <is>
@@ -15831,84 +15831,84 @@
       </c>
       <c r="D464" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E464" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F464" s="8" t="inlineStr">
         <is>
           <t>13 308,00 ₽</t>
         </is>
       </c>
       <c r="G464" s="8" t="inlineStr">
         <is>
           <t>12 643,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="5" t="inlineStr">
         <is>
-          <t>111479</t>
+          <t>111647</t>
         </is>
       </c>
       <c r="B465" s="5" t="inlineStr"/>
       <c r="C465" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D465" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E465" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F465" s="8" t="inlineStr">
         <is>
           <t>10 743,00 ₽</t>
         </is>
       </c>
       <c r="G465" s="8" t="inlineStr">
         <is>
           <t>10 206,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="5" t="inlineStr">
         <is>
-          <t>111647</t>
+          <t>111479</t>
         </is>
       </c>
       <c r="B466" s="5" t="inlineStr"/>
       <c r="C466" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D466" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E466" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F466" s="8" t="inlineStr">
         <is>
           <t>10 743,00 ₽</t>
         </is>
       </c>
       <c r="G466" s="8" t="inlineStr">
         <is>
@@ -16029,176 +16029,176 @@
       </c>
       <c r="D470" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E470" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F470" s="8" t="inlineStr">
         <is>
           <t>9 377,00 ₽</t>
         </is>
       </c>
       <c r="G470" s="8" t="inlineStr">
         <is>
           <t>8 909,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="5" t="inlineStr">
         <is>
-          <t>101143</t>
+          <t>101263</t>
         </is>
       </c>
       <c r="B471" s="5" t="inlineStr"/>
       <c r="C471" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 6000 К</t>
         </is>
       </c>
       <c r="D471" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E471" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F471" s="8" t="inlineStr">
         <is>
           <t>9 211,00 ₽</t>
         </is>
       </c>
       <c r="G471" s="8" t="inlineStr">
         <is>
           <t>8 751,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="5" t="inlineStr">
         <is>
-          <t>101263</t>
+          <t>101143</t>
         </is>
       </c>
       <c r="B472" s="5" t="inlineStr"/>
       <c r="C472" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 6000 К</t>
         </is>
       </c>
       <c r="D472" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E472" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F472" s="8" t="inlineStr">
         <is>
           <t>9 211,00 ₽</t>
         </is>
       </c>
       <c r="G472" s="8" t="inlineStr">
         <is>
           <t>8 751,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="5" t="inlineStr">
         <is>
-          <t>114420</t>
+          <t>114276</t>
         </is>
       </c>
       <c r="B473" s="5" t="inlineStr"/>
       <c r="C473" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 6000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D473" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E473" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F473" s="8" t="inlineStr">
         <is>
-          <t>13 411,00 ₽</t>
+          <t>13 308,00 ₽</t>
         </is>
       </c>
       <c r="G473" s="8" t="inlineStr">
         <is>
-          <t>12 741,00 ₽</t>
+          <t>12 643,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="5" t="inlineStr">
         <is>
-          <t>114276</t>
+          <t>114420</t>
         </is>
       </c>
       <c r="B474" s="5" t="inlineStr"/>
       <c r="C474" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 6000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D474" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E474" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F474" s="8" t="inlineStr">
         <is>
-          <t>13 308,00 ₽</t>
+          <t>13 411,00 ₽</t>
         </is>
       </c>
       <c r="G474" s="8" t="inlineStr">
         <is>
-          <t>12 643,00 ₽</t>
+          <t>12 741,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="5" t="inlineStr">
         <is>
           <t>111480</t>
         </is>
       </c>
       <c r="B475" s="5" t="inlineStr"/>
       <c r="C475" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 50, IP54, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D475" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6563 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E475" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -16433,242 +16433,242 @@
       </c>
       <c r="D482" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E482" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F482" s="8" t="inlineStr">
         <is>
           <t>6 737,00 ₽</t>
         </is>
       </c>
       <c r="G482" s="8" t="inlineStr">
         <is>
           <t>6 401,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="5" t="inlineStr">
         <is>
-          <t>101145</t>
+          <t>101277</t>
         </is>
       </c>
       <c r="B483" s="5" t="inlineStr"/>
       <c r="C483" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D483" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E483" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F483" s="8" t="inlineStr">
         <is>
-          <t>6 737,00 ₽</t>
+          <t>6 645,00 ₽</t>
         </is>
       </c>
       <c r="G483" s="8" t="inlineStr">
         <is>
-          <t>6 401,00 ₽</t>
+          <t>6 313,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="5" t="inlineStr">
         <is>
-          <t>101277</t>
+          <t>101145</t>
         </is>
       </c>
       <c r="B484" s="5" t="inlineStr"/>
       <c r="C484" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D484" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E484" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F484" s="8" t="inlineStr">
         <is>
-          <t>6 645,00 ₽</t>
+          <t>6 737,00 ₽</t>
         </is>
       </c>
       <c r="G484" s="8" t="inlineStr">
         <is>
-          <t>6 313,00 ₽</t>
+          <t>6 401,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="5" t="inlineStr">
         <is>
-          <t>114285</t>
+          <t>114429</t>
         </is>
       </c>
       <c r="B485" s="5" t="inlineStr"/>
       <c r="C485" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D485" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E485" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F485" s="8" t="inlineStr">
         <is>
-          <t>10 937,00 ₽</t>
+          <t>10 845,00 ₽</t>
         </is>
       </c>
       <c r="G485" s="8" t="inlineStr">
         <is>
-          <t>10 391,00 ₽</t>
+          <t>10 303,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="5" t="inlineStr">
         <is>
-          <t>114429</t>
+          <t>114285</t>
         </is>
       </c>
       <c r="B486" s="5" t="inlineStr"/>
       <c r="C486" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D486" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E486" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F486" s="8" t="inlineStr">
         <is>
-          <t>10 845,00 ₽</t>
+          <t>10 937,00 ₽</t>
         </is>
       </c>
       <c r="G486" s="8" t="inlineStr">
         <is>
-          <t>10 303,00 ₽</t>
+          <t>10 391,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="5" t="inlineStr">
         <is>
-          <t>111489</t>
+          <t>111657</t>
         </is>
       </c>
       <c r="B487" s="5" t="inlineStr"/>
       <c r="C487" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D487" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E487" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F487" s="8" t="inlineStr">
         <is>
-          <t>8 177,00 ₽</t>
+          <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G487" s="8" t="inlineStr">
         <is>
-          <t>7 769,00 ₽</t>
+          <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="5" t="inlineStr">
         <is>
-          <t>111657</t>
+          <t>111489</t>
         </is>
       </c>
       <c r="B488" s="5" t="inlineStr"/>
       <c r="C488" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D488" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E488" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F488" s="8" t="inlineStr">
         <is>
-          <t>8 269,00 ₽</t>
+          <t>8 177,00 ₽</t>
         </is>
       </c>
       <c r="G488" s="8" t="inlineStr">
         <is>
-          <t>7 856,00 ₽</t>
+          <t>7 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="5" t="inlineStr">
         <is>
           <t>111665</t>
         </is>
       </c>
       <c r="B489" s="5" t="inlineStr"/>
       <c r="C489" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 3000 К, опал</t>
         </is>
       </c>
       <c r="D489" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E489" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -16895,110 +16895,110 @@
       </c>
       <c r="D496" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E496" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F496" s="8" t="inlineStr">
         <is>
           <t>10 845,00 ₽</t>
         </is>
       </c>
       <c r="G496" s="8" t="inlineStr">
         <is>
           <t>10 303,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="5" t="inlineStr">
         <is>
-          <t>111658</t>
+          <t>111490</t>
         </is>
       </c>
       <c r="B497" s="5" t="inlineStr"/>
       <c r="C497" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D497" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E497" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F497" s="8" t="inlineStr">
         <is>
-          <t>8 269,00 ₽</t>
+          <t>8 177,00 ₽</t>
         </is>
       </c>
       <c r="G497" s="8" t="inlineStr">
         <is>
-          <t>7 856,00 ₽</t>
+          <t>7 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="5" t="inlineStr">
         <is>
-          <t>111490</t>
+          <t>111658</t>
         </is>
       </c>
       <c r="B498" s="5" t="inlineStr"/>
       <c r="C498" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D498" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E498" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F498" s="8" t="inlineStr">
         <is>
-          <t>8 177,00 ₽</t>
+          <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G498" s="8" t="inlineStr">
         <is>
-          <t>7 769,00 ₽</t>
+          <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="5" t="inlineStr">
         <is>
           <t>111666</t>
         </is>
       </c>
       <c r="B499" s="5" t="inlineStr"/>
       <c r="C499" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 4000 К, опал</t>
         </is>
       </c>
       <c r="D499" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E499" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -17159,209 +17159,209 @@
       </c>
       <c r="D504" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E504" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F504" s="8" t="inlineStr">
         <is>
           <t>10 937,00 ₽</t>
         </is>
       </c>
       <c r="G504" s="8" t="inlineStr">
         <is>
           <t>10 391,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="5" t="inlineStr">
         <is>
-          <t>111659</t>
+          <t>111491</t>
         </is>
       </c>
       <c r="B505" s="5" t="inlineStr"/>
       <c r="C505" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D505" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E505" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F505" s="8" t="inlineStr">
         <is>
-          <t>8 269,00 ₽</t>
+          <t>8 177,00 ₽</t>
         </is>
       </c>
       <c r="G505" s="8" t="inlineStr">
         <is>
-          <t>7 856,00 ₽</t>
+          <t>7 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="5" t="inlineStr">
         <is>
-          <t>111491</t>
+          <t>111659</t>
         </is>
       </c>
       <c r="B506" s="5" t="inlineStr"/>
       <c r="C506" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D506" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E506" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F506" s="8" t="inlineStr">
         <is>
-          <t>8 177,00 ₽</t>
+          <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G506" s="8" t="inlineStr">
         <is>
-          <t>7 769,00 ₽</t>
+          <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="5" t="inlineStr">
         <is>
           <t>111667</t>
         </is>
       </c>
       <c r="B507" s="5" t="inlineStr"/>
       <c r="C507" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 5000 К, опал</t>
         </is>
       </c>
       <c r="D507" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E507" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F507" s="8" t="inlineStr">
         <is>
           <t>6 903,00 ₽</t>
         </is>
       </c>
       <c r="G507" s="8" t="inlineStr">
         <is>
           <t>6 558,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="5" t="inlineStr">
         <is>
-          <t>114423</t>
+          <t>114279</t>
         </is>
       </c>
       <c r="B508" s="5" t="inlineStr"/>
       <c r="C508" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D508" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E508" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F508" s="8" t="inlineStr">
         <is>
-          <t>8 269,00 ₽</t>
+          <t>8 195,00 ₽</t>
         </is>
       </c>
       <c r="G508" s="8" t="inlineStr">
         <is>
-          <t>7 856,00 ₽</t>
+          <t>7 786,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="5" t="inlineStr">
         <is>
-          <t>114279</t>
+          <t>114423</t>
         </is>
       </c>
       <c r="B509" s="5" t="inlineStr"/>
       <c r="C509" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D509" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E509" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F509" s="8" t="inlineStr">
         <is>
-          <t>8 195,00 ₽</t>
+          <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G509" s="8" t="inlineStr">
         <is>
-          <t>7 786,00 ₽</t>
+          <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="5" t="inlineStr">
         <is>
           <t>111499</t>
         </is>
       </c>
       <c r="B510" s="5" t="inlineStr"/>
       <c r="C510" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 5000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D510" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E510" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -17489,308 +17489,308 @@
       </c>
       <c r="D514" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E514" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F514" s="8" t="inlineStr">
         <is>
           <t>10 845,00 ₽</t>
         </is>
       </c>
       <c r="G514" s="8" t="inlineStr">
         <is>
           <t>10 303,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="5" t="inlineStr">
         <is>
-          <t>111660</t>
+          <t>111492</t>
         </is>
       </c>
       <c r="B515" s="5" t="inlineStr"/>
       <c r="C515" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D515" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E515" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F515" s="8" t="inlineStr">
         <is>
-          <t>8 269,00 ₽</t>
+          <t>8 177,00 ₽</t>
         </is>
       </c>
       <c r="G515" s="8" t="inlineStr">
         <is>
-          <t>7 856,00 ₽</t>
+          <t>7 769,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="5" t="inlineStr">
         <is>
-          <t>111492</t>
+          <t>111660</t>
         </is>
       </c>
       <c r="B516" s="5" t="inlineStr"/>
       <c r="C516" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D516" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E516" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F516" s="8" t="inlineStr">
         <is>
-          <t>8 177,00 ₽</t>
+          <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G516" s="8" t="inlineStr">
         <is>
-          <t>7 769,00 ₽</t>
+          <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="5" t="inlineStr">
         <is>
           <t>111668</t>
         </is>
       </c>
       <c r="B517" s="5" t="inlineStr"/>
       <c r="C517" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 6000 К, опал</t>
         </is>
       </c>
       <c r="D517" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E517" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F517" s="8" t="inlineStr">
         <is>
           <t>6 903,00 ₽</t>
         </is>
       </c>
       <c r="G517" s="8" t="inlineStr">
         <is>
           <t>6 558,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="5" t="inlineStr">
         <is>
-          <t>114424</t>
+          <t>114280</t>
         </is>
       </c>
       <c r="B518" s="5" t="inlineStr"/>
       <c r="C518" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 6000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D518" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E518" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F518" s="8" t="inlineStr">
         <is>
-          <t>8 269,00 ₽</t>
+          <t>8 195,00 ₽</t>
         </is>
       </c>
       <c r="G518" s="8" t="inlineStr">
         <is>
-          <t>7 856,00 ₽</t>
+          <t>7 786,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="5" t="inlineStr">
         <is>
-          <t>114280</t>
+          <t>114424</t>
         </is>
       </c>
       <c r="B519" s="5" t="inlineStr"/>
       <c r="C519" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 6000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D519" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E519" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F519" s="8" t="inlineStr">
         <is>
-          <t>8 195,00 ₽</t>
+          <t>8 269,00 ₽</t>
         </is>
       </c>
       <c r="G519" s="8" t="inlineStr">
         <is>
-          <t>7 786,00 ₽</t>
+          <t>7 856,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="5" t="inlineStr">
         <is>
           <t>111500</t>
         </is>
       </c>
       <c r="B520" s="5" t="inlineStr"/>
       <c r="C520" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP20, 6000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D520" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E520" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F520" s="8" t="inlineStr">
         <is>
           <t>6 811,00 ₽</t>
         </is>
       </c>
       <c r="G520" s="8" t="inlineStr">
         <is>
           <t>6 471,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="5" t="inlineStr">
         <is>
-          <t>101152</t>
+          <t>101284</t>
         </is>
       </c>
       <c r="B521" s="5" t="inlineStr"/>
       <c r="C521" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D521" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E521" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F521" s="8" t="inlineStr">
         <is>
-          <t>9 323,00 ₽</t>
+          <t>9 672,00 ₽</t>
         </is>
       </c>
       <c r="G521" s="8" t="inlineStr">
         <is>
-          <t>8 857,00 ₽</t>
+          <t>9 189,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="5" t="inlineStr">
         <is>
-          <t>101284</t>
+          <t>101152</t>
         </is>
       </c>
       <c r="B522" s="5" t="inlineStr"/>
       <c r="C522" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 3000 К</t>
         </is>
       </c>
       <c r="D522" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E522" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F522" s="8" t="inlineStr">
         <is>
-          <t>9 672,00 ₽</t>
+          <t>9 323,00 ₽</t>
         </is>
       </c>
       <c r="G522" s="8" t="inlineStr">
         <is>
-          <t>9 189,00 ₽</t>
+          <t>8 857,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="5" t="inlineStr">
         <is>
           <t>114433</t>
         </is>
       </c>
       <c r="B523" s="5" t="inlineStr"/>
       <c r="C523" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D523" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E523" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -18083,110 +18083,110 @@
       </c>
       <c r="D532" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E532" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F532" s="8" t="inlineStr">
         <is>
           <t>9 323,00 ₽</t>
         </is>
       </c>
       <c r="G532" s="8" t="inlineStr">
         <is>
           <t>8 857,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="5" t="inlineStr">
         <is>
-          <t>114434</t>
+          <t>114290</t>
         </is>
       </c>
       <c r="B533" s="5" t="inlineStr"/>
       <c r="C533" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D533" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E533" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F533" s="8" t="inlineStr">
         <is>
-          <t>13 872,00 ₽</t>
+          <t>13 964,00 ₽</t>
         </is>
       </c>
       <c r="G533" s="8" t="inlineStr">
         <is>
-          <t>13 179,00 ₽</t>
+          <t>13 266,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="5" t="inlineStr">
         <is>
-          <t>114290</t>
+          <t>114434</t>
         </is>
       </c>
       <c r="B534" s="5" t="inlineStr"/>
       <c r="C534" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D534" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E534" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F534" s="8" t="inlineStr">
         <is>
-          <t>13 964,00 ₽</t>
+          <t>13 872,00 ₽</t>
         </is>
       </c>
       <c r="G534" s="8" t="inlineStr">
         <is>
-          <t>13 266,00 ₽</t>
+          <t>13 179,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="5" t="inlineStr">
         <is>
           <t>111662</t>
         </is>
       </c>
       <c r="B535" s="5" t="inlineStr"/>
       <c r="C535" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D535" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E535" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -18347,176 +18347,176 @@
       </c>
       <c r="D540" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E540" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F540" s="8" t="inlineStr">
         <is>
           <t>9 838,00 ₽</t>
         </is>
       </c>
       <c r="G540" s="8" t="inlineStr">
         <is>
           <t>9 347,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="5" t="inlineStr">
         <is>
-          <t>101154</t>
+          <t>101286</t>
         </is>
       </c>
       <c r="B541" s="5" t="inlineStr"/>
       <c r="C541" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D541" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E541" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F541" s="8" t="inlineStr">
         <is>
-          <t>9 323,00 ₽</t>
+          <t>9 672,00 ₽</t>
         </is>
       </c>
       <c r="G541" s="8" t="inlineStr">
         <is>
-          <t>8 857,00 ₽</t>
+          <t>9 189,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="5" t="inlineStr">
         <is>
-          <t>101286</t>
+          <t>101154</t>
         </is>
       </c>
       <c r="B542" s="5" t="inlineStr"/>
       <c r="C542" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D542" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E542" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F542" s="8" t="inlineStr">
         <is>
-          <t>9 672,00 ₽</t>
+          <t>9 323,00 ₽</t>
         </is>
       </c>
       <c r="G542" s="8" t="inlineStr">
         <is>
-          <t>9 189,00 ₽</t>
+          <t>8 857,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="5" t="inlineStr">
         <is>
-          <t>114435</t>
+          <t>114291</t>
         </is>
       </c>
       <c r="B543" s="5" t="inlineStr"/>
       <c r="C543" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D543" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E543" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F543" s="8" t="inlineStr">
         <is>
-          <t>13 872,00 ₽</t>
+          <t>13 964,00 ₽</t>
         </is>
       </c>
       <c r="G543" s="8" t="inlineStr">
         <is>
-          <t>13 179,00 ₽</t>
+          <t>13 266,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="5" t="inlineStr">
         <is>
-          <t>114291</t>
+          <t>114435</t>
         </is>
       </c>
       <c r="B544" s="5" t="inlineStr"/>
       <c r="C544" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D544" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E544" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F544" s="8" t="inlineStr">
         <is>
-          <t>13 964,00 ₽</t>
+          <t>13 872,00 ₽</t>
         </is>
       </c>
       <c r="G544" s="8" t="inlineStr">
         <is>
-          <t>13 266,00 ₽</t>
+          <t>13 179,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="5" t="inlineStr">
         <is>
           <t>111663</t>
         </is>
       </c>
       <c r="B545" s="5" t="inlineStr"/>
       <c r="C545" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D545" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E545" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -18809,110 +18809,110 @@
       </c>
       <c r="D554" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E554" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F554" s="8" t="inlineStr">
         <is>
           <t>13 964,00 ₽</t>
         </is>
       </c>
       <c r="G554" s="8" t="inlineStr">
         <is>
           <t>13 266,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="5" t="inlineStr">
         <is>
-          <t>111664</t>
+          <t>111496</t>
         </is>
       </c>
       <c r="B555" s="5" t="inlineStr"/>
       <c r="C555" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D555" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E555" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F555" s="8" t="inlineStr">
         <is>
-          <t>11 296,00 ₽</t>
+          <t>11 204,00 ₽</t>
         </is>
       </c>
       <c r="G555" s="8" t="inlineStr">
         <is>
-          <t>10 732,00 ₽</t>
+          <t>10 644,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="5" t="inlineStr">
         <is>
-          <t>111496</t>
+          <t>111664</t>
         </is>
       </c>
       <c r="B556" s="5" t="inlineStr"/>
       <c r="C556" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D556" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E556" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F556" s="8" t="inlineStr">
         <is>
-          <t>11 204,00 ₽</t>
+          <t>11 296,00 ₽</t>
         </is>
       </c>
       <c r="G556" s="8" t="inlineStr">
         <is>
-          <t>10 644,00 ₽</t>
+          <t>10 732,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="5" t="inlineStr">
         <is>
           <t>111672</t>
         </is>
       </c>
       <c r="B557" s="5" t="inlineStr"/>
       <c r="C557" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 60, IP54, 6000 К, опал</t>
         </is>
       </c>
       <c r="D557" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E557" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -19007,184 +19007,184 @@
       </c>
       <c r="D560" s="7" t="inlineStr">
         <is>
           <t>60 Вт, 7875 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E560" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F560" s="8" t="inlineStr">
         <is>
           <t>9 838,00 ₽</t>
         </is>
       </c>
       <c r="G560" s="8" t="inlineStr">
         <is>
           <t>9 347,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="5" t="inlineStr">
         <is>
-          <t>111505</t>
+          <t>101156</t>
         </is>
       </c>
       <c r="B561" s="5" t="inlineStr">
         <is>
           <t>ССдО 03-070-003 IP20</t>
         </is>
       </c>
       <c r="C561" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, 5000 К</t>
         </is>
       </c>
       <c r="D561" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E561" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F561" s="8" t="inlineStr">
         <is>
-          <t>7 549,00 ₽</t>
+          <t>7 660,00 ₽</t>
         </is>
       </c>
       <c r="G561" s="8" t="inlineStr">
         <is>
-          <t>7 172,00 ₽</t>
+          <t>7 277,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="5" t="inlineStr">
         <is>
-          <t>101156</t>
+          <t>111505</t>
         </is>
       </c>
       <c r="B562" s="5" t="inlineStr">
         <is>
           <t>ССдО 03-070-003 IP20</t>
         </is>
       </c>
       <c r="C562" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, 5000 К</t>
         </is>
       </c>
       <c r="D562" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E562" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F562" s="8" t="inlineStr">
         <is>
-          <t>7 660,00 ₽</t>
+          <t>7 549,00 ₽</t>
         </is>
       </c>
       <c r="G562" s="8" t="inlineStr">
         <is>
-          <t>7 277,00 ₽</t>
+          <t>7 172,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="5" t="inlineStr">
         <is>
-          <t>101157</t>
+          <t>111506</t>
         </is>
       </c>
       <c r="B563" s="5" t="inlineStr"/>
       <c r="C563" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D563" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E563" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F563" s="8" t="inlineStr">
         <is>
-          <t>7 660,00 ₽</t>
+          <t>7 549,00 ₽</t>
         </is>
       </c>
       <c r="G563" s="8" t="inlineStr">
         <is>
-          <t>7 277,00 ₽</t>
+          <t>7 172,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="5" t="inlineStr">
         <is>
-          <t>111506</t>
+          <t>101157</t>
         </is>
       </c>
       <c r="B564" s="5" t="inlineStr"/>
       <c r="C564" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D564" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E564" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F564" s="8" t="inlineStr">
         <is>
-          <t>7 549,00 ₽</t>
+          <t>7 660,00 ₽</t>
         </is>
       </c>
       <c r="G564" s="8" t="inlineStr">
         <is>
-          <t>7 172,00 ₽</t>
+          <t>7 277,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="5" t="inlineStr">
         <is>
           <t>114301</t>
         </is>
       </c>
       <c r="B565" s="5" t="inlineStr"/>
       <c r="C565" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D565" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E565" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -19411,110 +19411,110 @@
       </c>
       <c r="D572" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E572" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F572" s="8" t="inlineStr">
         <is>
           <t>7 715,00 ₽</t>
         </is>
       </c>
       <c r="G572" s="8" t="inlineStr">
         <is>
           <t>7 330,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="5" t="inlineStr">
         <is>
-          <t>111507</t>
+          <t>101158</t>
         </is>
       </c>
       <c r="B573" s="5" t="inlineStr"/>
       <c r="C573" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D573" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E573" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F573" s="8" t="inlineStr">
         <is>
-          <t>7 549,00 ₽</t>
+          <t>7 660,00 ₽</t>
         </is>
       </c>
       <c r="G573" s="8" t="inlineStr">
         <is>
-          <t>7 172,00 ₽</t>
+          <t>7 277,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="5" t="inlineStr">
         <is>
-          <t>101158</t>
+          <t>111507</t>
         </is>
       </c>
       <c r="B574" s="5" t="inlineStr"/>
       <c r="C574" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 4000 К</t>
         </is>
       </c>
       <c r="D574" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E574" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F574" s="8" t="inlineStr">
         <is>
-          <t>7 660,00 ₽</t>
+          <t>7 549,00 ₽</t>
         </is>
       </c>
       <c r="G574" s="8" t="inlineStr">
         <is>
-          <t>7 277,00 ₽</t>
+          <t>7 172,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="5" t="inlineStr">
         <is>
           <t>114446</t>
         </is>
       </c>
       <c r="B575" s="5" t="inlineStr"/>
       <c r="C575" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D575" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E575" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -19543,110 +19543,110 @@
       </c>
       <c r="D576" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E576" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F576" s="8" t="inlineStr">
         <is>
           <t>11 860,00 ₽</t>
         </is>
       </c>
       <c r="G576" s="8" t="inlineStr">
         <is>
           <t>11 267,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="5" t="inlineStr">
         <is>
-          <t>111674</t>
+          <t>111514</t>
         </is>
       </c>
       <c r="B577" s="5" t="inlineStr"/>
       <c r="C577" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D577" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E577" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F577" s="8" t="inlineStr">
         <is>
-          <t>9 192,00 ₽</t>
+          <t>9 081,00 ₽</t>
         </is>
       </c>
       <c r="G577" s="8" t="inlineStr">
         <is>
-          <t>8 733,00 ₽</t>
+          <t>8 627,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="5" t="inlineStr">
         <is>
-          <t>111514</t>
+          <t>111674</t>
         </is>
       </c>
       <c r="B578" s="5" t="inlineStr"/>
       <c r="C578" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D578" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E578" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F578" s="8" t="inlineStr">
         <is>
-          <t>9 081,00 ₽</t>
+          <t>9 192,00 ₽</t>
         </is>
       </c>
       <c r="G578" s="8" t="inlineStr">
         <is>
-          <t>8 627,00 ₽</t>
+          <t>8 733,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="5" t="inlineStr">
         <is>
           <t>111682</t>
         </is>
       </c>
       <c r="B579" s="5" t="inlineStr"/>
       <c r="C579" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 4000 К, опал</t>
         </is>
       </c>
       <c r="D579" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E579" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -19741,110 +19741,110 @@
       </c>
       <c r="D582" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E582" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F582" s="8" t="inlineStr">
         <is>
           <t>7 715,00 ₽</t>
         </is>
       </c>
       <c r="G582" s="8" t="inlineStr">
         <is>
           <t>7 330,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="5" t="inlineStr">
         <is>
-          <t>114303</t>
+          <t>114447</t>
         </is>
       </c>
       <c r="B583" s="5" t="inlineStr"/>
       <c r="C583" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D583" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E583" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F583" s="8" t="inlineStr">
         <is>
-          <t>11 860,00 ₽</t>
+          <t>11 749,00 ₽</t>
         </is>
       </c>
       <c r="G583" s="8" t="inlineStr">
         <is>
-          <t>11 267,00 ₽</t>
+          <t>11 162,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="5" t="inlineStr">
         <is>
-          <t>114447</t>
+          <t>114303</t>
         </is>
       </c>
       <c r="B584" s="5" t="inlineStr"/>
       <c r="C584" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D584" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E584" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F584" s="8" t="inlineStr">
         <is>
-          <t>11 749,00 ₽</t>
+          <t>11 860,00 ₽</t>
         </is>
       </c>
       <c r="G584" s="8" t="inlineStr">
         <is>
-          <t>11 162,00 ₽</t>
+          <t>11 267,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="5" t="inlineStr">
         <is>
           <t>111515</t>
         </is>
       </c>
       <c r="B585" s="5" t="inlineStr"/>
       <c r="C585" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D585" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E585" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -19906,110 +19906,110 @@
       </c>
       <c r="D587" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E587" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F587" s="8" t="inlineStr">
         <is>
           <t>7 826,00 ₽</t>
         </is>
       </c>
       <c r="G587" s="8" t="inlineStr">
         <is>
           <t>7 435,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="5" t="inlineStr">
         <is>
-          <t>114439</t>
+          <t>114295</t>
         </is>
       </c>
       <c r="B588" s="5" t="inlineStr"/>
       <c r="C588" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D588" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E588" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F588" s="8" t="inlineStr">
         <is>
-          <t>9 007,00 ₽</t>
+          <t>9 118,00 ₽</t>
         </is>
       </c>
       <c r="G588" s="8" t="inlineStr">
         <is>
-          <t>8 557,00 ₽</t>
+          <t>8 663,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="5" t="inlineStr">
         <is>
-          <t>114295</t>
+          <t>114439</t>
         </is>
       </c>
       <c r="B589" s="5" t="inlineStr"/>
       <c r="C589" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D589" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E589" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F589" s="8" t="inlineStr">
         <is>
-          <t>9 118,00 ₽</t>
+          <t>9 007,00 ₽</t>
         </is>
       </c>
       <c r="G589" s="8" t="inlineStr">
         <is>
-          <t>8 663,00 ₽</t>
+          <t>8 557,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="5" t="inlineStr">
         <is>
           <t>111523</t>
         </is>
       </c>
       <c r="B590" s="5" t="inlineStr"/>
       <c r="C590" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 5000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D590" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E590" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -20071,176 +20071,176 @@
       </c>
       <c r="D592" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E592" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F592" s="8" t="inlineStr">
         <is>
           <t>7 549,00 ₽</t>
         </is>
       </c>
       <c r="G592" s="8" t="inlineStr">
         <is>
           <t>7 172,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="5" t="inlineStr">
         <is>
-          <t>114304</t>
+          <t>114448</t>
         </is>
       </c>
       <c r="B593" s="5" t="inlineStr"/>
       <c r="C593" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 6000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D593" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E593" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F593" s="8" t="inlineStr">
         <is>
-          <t>11 860,00 ₽</t>
+          <t>11 749,00 ₽</t>
         </is>
       </c>
       <c r="G593" s="8" t="inlineStr">
         <is>
-          <t>11 267,00 ₽</t>
+          <t>11 162,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="5" t="inlineStr">
         <is>
-          <t>114448</t>
+          <t>114304</t>
         </is>
       </c>
       <c r="B594" s="5" t="inlineStr"/>
       <c r="C594" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 6000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D594" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E594" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F594" s="8" t="inlineStr">
         <is>
-          <t>11 749,00 ₽</t>
+          <t>11 860,00 ₽</t>
         </is>
       </c>
       <c r="G594" s="8" t="inlineStr">
         <is>
-          <t>11 162,00 ₽</t>
+          <t>11 267,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="5" t="inlineStr">
         <is>
-          <t>111676</t>
+          <t>111516</t>
         </is>
       </c>
       <c r="B595" s="5" t="inlineStr"/>
       <c r="C595" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D595" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E595" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F595" s="8" t="inlineStr">
         <is>
-          <t>9 192,00 ₽</t>
+          <t>9 081,00 ₽</t>
         </is>
       </c>
       <c r="G595" s="8" t="inlineStr">
         <is>
-          <t>8 733,00 ₽</t>
+          <t>8 627,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="5" t="inlineStr">
         <is>
-          <t>111516</t>
+          <t>111676</t>
         </is>
       </c>
       <c r="B596" s="5" t="inlineStr"/>
       <c r="C596" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 6000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D596" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E596" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F596" s="8" t="inlineStr">
         <is>
-          <t>9 081,00 ₽</t>
+          <t>9 192,00 ₽</t>
         </is>
       </c>
       <c r="G596" s="8" t="inlineStr">
         <is>
-          <t>8 627,00 ₽</t>
+          <t>8 733,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="5" t="inlineStr">
         <is>
           <t>111684</t>
         </is>
       </c>
       <c r="B597" s="5" t="inlineStr"/>
       <c r="C597" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP20, 6000 К, опал</t>
         </is>
       </c>
       <c r="D597" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E597" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -20467,209 +20467,209 @@
       </c>
       <c r="D604" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E604" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F604" s="8" t="inlineStr">
         <is>
           <t>14 887,00 ₽</t>
         </is>
       </c>
       <c r="G604" s="8" t="inlineStr">
         <is>
           <t>14 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="5" t="inlineStr">
         <is>
-          <t>111517</t>
+          <t>111677</t>
         </is>
       </c>
       <c r="B605" s="5" t="inlineStr"/>
       <c r="C605" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D605" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E605" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F605" s="8" t="inlineStr">
         <is>
-          <t>12 108,00 ₽</t>
+          <t>12 219,00 ₽</t>
         </is>
       </c>
       <c r="G605" s="8" t="inlineStr">
         <is>
-          <t>11 503,00 ₽</t>
+          <t>11 609,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="5" t="inlineStr">
         <is>
-          <t>111677</t>
+          <t>111517</t>
         </is>
       </c>
       <c r="B606" s="5" t="inlineStr"/>
       <c r="C606" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D606" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E606" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F606" s="8" t="inlineStr">
         <is>
-          <t>12 219,00 ₽</t>
+          <t>12 108,00 ₽</t>
         </is>
       </c>
       <c r="G606" s="8" t="inlineStr">
         <is>
-          <t>11 609,00 ₽</t>
+          <t>11 503,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="5" t="inlineStr">
         <is>
           <t>111685</t>
         </is>
       </c>
       <c r="B607" s="5" t="inlineStr"/>
       <c r="C607" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, опал</t>
         </is>
       </c>
       <c r="D607" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E607" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F607" s="8" t="inlineStr">
         <is>
           <t>10 853,00 ₽</t>
         </is>
       </c>
       <c r="G607" s="8" t="inlineStr">
         <is>
           <t>10 311,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="5" t="inlineStr">
         <is>
-          <t>114297</t>
+          <t>114441</t>
         </is>
       </c>
       <c r="B608" s="5" t="inlineStr"/>
       <c r="C608" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D608" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E608" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F608" s="8" t="inlineStr">
         <is>
-          <t>12 145,00 ₽</t>
+          <t>12 034,00 ₽</t>
         </is>
       </c>
       <c r="G608" s="8" t="inlineStr">
         <is>
-          <t>11 538,00 ₽</t>
+          <t>11 433,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="5" t="inlineStr">
         <is>
-          <t>114441</t>
+          <t>114297</t>
         </is>
       </c>
       <c r="B609" s="5" t="inlineStr"/>
       <c r="C609" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D609" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E609" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F609" s="8" t="inlineStr">
         <is>
-          <t>12 034,00 ₽</t>
+          <t>12 145,00 ₽</t>
         </is>
       </c>
       <c r="G609" s="8" t="inlineStr">
         <is>
-          <t>11 433,00 ₽</t>
+          <t>11 538,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="5" t="inlineStr">
         <is>
           <t>111525</t>
         </is>
       </c>
       <c r="B610" s="5" t="inlineStr"/>
       <c r="C610" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 3000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D610" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E610" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -20797,110 +20797,110 @@
       </c>
       <c r="D614" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E614" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F614" s="8" t="inlineStr">
         <is>
           <t>14 776,00 ₽</t>
         </is>
       </c>
       <c r="G614" s="8" t="inlineStr">
         <is>
           <t>14 038,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="5" t="inlineStr">
         <is>
-          <t>111678</t>
+          <t>111518</t>
         </is>
       </c>
       <c r="B615" s="5" t="inlineStr"/>
       <c r="C615" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D615" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E615" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F615" s="8" t="inlineStr">
         <is>
-          <t>12 219,00 ₽</t>
+          <t>12 108,00 ₽</t>
         </is>
       </c>
       <c r="G615" s="8" t="inlineStr">
         <is>
-          <t>11 609,00 ₽</t>
+          <t>11 503,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="5" t="inlineStr">
         <is>
-          <t>111518</t>
+          <t>111678</t>
         </is>
       </c>
       <c r="B616" s="5" t="inlineStr"/>
       <c r="C616" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D616" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E616" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F616" s="8" t="inlineStr">
         <is>
-          <t>12 108,00 ₽</t>
+          <t>12 219,00 ₽</t>
         </is>
       </c>
       <c r="G616" s="8" t="inlineStr">
         <is>
-          <t>11 503,00 ₽</t>
+          <t>11 609,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="5" t="inlineStr">
         <is>
           <t>111686</t>
         </is>
       </c>
       <c r="B617" s="5" t="inlineStr"/>
       <c r="C617" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 4000 К, опал</t>
         </is>
       </c>
       <c r="D617" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E617" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -20995,440 +20995,440 @@
       </c>
       <c r="D620" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E620" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F620" s="8" t="inlineStr">
         <is>
           <t>10 742,00 ₽</t>
         </is>
       </c>
       <c r="G620" s="8" t="inlineStr">
         <is>
           <t>10 205,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="5" t="inlineStr">
         <is>
-          <t>111511</t>
+          <t>101166</t>
         </is>
       </c>
       <c r="B621" s="5" t="inlineStr"/>
       <c r="C621" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D621" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E621" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F621" s="8" t="inlineStr">
         <is>
-          <t>10 576,00 ₽</t>
+          <t>10 687,00 ₽</t>
         </is>
       </c>
       <c r="G621" s="8" t="inlineStr">
         <is>
-          <t>10 048,00 ₽</t>
+          <t>10 153,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="5" t="inlineStr">
         <is>
-          <t>101166</t>
+          <t>111511</t>
         </is>
       </c>
       <c r="B622" s="5" t="inlineStr"/>
       <c r="C622" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D622" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E622" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F622" s="8" t="inlineStr">
         <is>
-          <t>10 687,00 ₽</t>
+          <t>10 576,00 ₽</t>
         </is>
       </c>
       <c r="G622" s="8" t="inlineStr">
         <is>
-          <t>10 153,00 ₽</t>
+          <t>10 048,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="5" t="inlineStr">
         <is>
-          <t>114307</t>
+          <t>114451</t>
         </is>
       </c>
       <c r="B623" s="5" t="inlineStr"/>
       <c r="C623" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D623" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E623" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F623" s="8" t="inlineStr">
         <is>
-          <t>14 887,00 ₽</t>
+          <t>14 776,00 ₽</t>
         </is>
       </c>
       <c r="G623" s="8" t="inlineStr">
         <is>
-          <t>14 143,00 ₽</t>
+          <t>14 038,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="5" t="inlineStr">
         <is>
-          <t>114451</t>
+          <t>114307</t>
         </is>
       </c>
       <c r="B624" s="5" t="inlineStr"/>
       <c r="C624" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D624" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E624" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F624" s="8" t="inlineStr">
         <is>
-          <t>14 776,00 ₽</t>
+          <t>14 887,00 ₽</t>
         </is>
       </c>
       <c r="G624" s="8" t="inlineStr">
         <is>
-          <t>14 038,00 ₽</t>
+          <t>14 143,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="5" t="inlineStr">
         <is>
-          <t>111519</t>
+          <t>111679</t>
         </is>
       </c>
       <c r="B625" s="5" t="inlineStr"/>
       <c r="C625" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D625" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E625" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F625" s="8" t="inlineStr">
         <is>
-          <t>12 108,00 ₽</t>
+          <t>12 219,00 ₽</t>
         </is>
       </c>
       <c r="G625" s="8" t="inlineStr">
         <is>
-          <t>11 503,00 ₽</t>
+          <t>11 609,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="5" t="inlineStr">
         <is>
-          <t>111679</t>
+          <t>111519</t>
         </is>
       </c>
       <c r="B626" s="5" t="inlineStr"/>
       <c r="C626" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D626" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E626" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F626" s="8" t="inlineStr">
         <is>
-          <t>12 219,00 ₽</t>
+          <t>12 108,00 ₽</t>
         </is>
       </c>
       <c r="G626" s="8" t="inlineStr">
         <is>
-          <t>11 609,00 ₽</t>
+          <t>11 503,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="5" t="inlineStr">
         <is>
           <t>111687</t>
         </is>
       </c>
       <c r="B627" s="5" t="inlineStr"/>
       <c r="C627" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К, опал</t>
         </is>
       </c>
       <c r="D627" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E627" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F627" s="8" t="inlineStr">
         <is>
           <t>10 853,00 ₽</t>
         </is>
       </c>
       <c r="G627" s="8" t="inlineStr">
         <is>
           <t>10 311,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="5" t="inlineStr">
         <is>
-          <t>114443</t>
+          <t>114299</t>
         </is>
       </c>
       <c r="B628" s="5" t="inlineStr"/>
       <c r="C628" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D628" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E628" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F628" s="8" t="inlineStr">
         <is>
-          <t>12 034,00 ₽</t>
+          <t>12 145,00 ₽</t>
         </is>
       </c>
       <c r="G628" s="8" t="inlineStr">
         <is>
-          <t>11 433,00 ₽</t>
+          <t>11 538,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="5" t="inlineStr">
         <is>
-          <t>114299</t>
+          <t>114443</t>
         </is>
       </c>
       <c r="B629" s="5" t="inlineStr"/>
       <c r="C629" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D629" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E629" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F629" s="8" t="inlineStr">
         <is>
-          <t>12 145,00 ₽</t>
+          <t>12 034,00 ₽</t>
         </is>
       </c>
       <c r="G629" s="8" t="inlineStr">
         <is>
-          <t>11 538,00 ₽</t>
+          <t>11 433,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="5" t="inlineStr">
         <is>
           <t>111527</t>
         </is>
       </c>
       <c r="B630" s="5" t="inlineStr"/>
       <c r="C630" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 5000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D630" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E630" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F630" s="8" t="inlineStr">
         <is>
           <t>10 742,00 ₽</t>
         </is>
       </c>
       <c r="G630" s="8" t="inlineStr">
         <is>
           <t>10 205,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="5" t="inlineStr">
         <is>
-          <t>101167</t>
+          <t>111512</t>
         </is>
       </c>
       <c r="B631" s="5" t="inlineStr"/>
       <c r="C631" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 6000 К</t>
         </is>
       </c>
       <c r="D631" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E631" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F631" s="8" t="inlineStr">
         <is>
-          <t>10 687,00 ₽</t>
+          <t>10 576,00 ₽</t>
         </is>
       </c>
       <c r="G631" s="8" t="inlineStr">
         <is>
-          <t>10 153,00 ₽</t>
+          <t>10 048,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="5" t="inlineStr">
         <is>
-          <t>111512</t>
+          <t>101167</t>
         </is>
       </c>
       <c r="B632" s="5" t="inlineStr"/>
       <c r="C632" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 6000 К</t>
         </is>
       </c>
       <c r="D632" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E632" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F632" s="8" t="inlineStr">
         <is>
-          <t>10 576,00 ₽</t>
+          <t>10 687,00 ₽</t>
         </is>
       </c>
       <c r="G632" s="8" t="inlineStr">
         <is>
-          <t>10 048,00 ₽</t>
+          <t>10 153,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="5" t="inlineStr">
         <is>
           <t>114452</t>
         </is>
       </c>
       <c r="B633" s="5" t="inlineStr"/>
       <c r="C633" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 6000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D633" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E633" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -21556,283 +21556,283 @@
       </c>
       <c r="D637" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E637" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F637" s="8" t="inlineStr">
         <is>
           <t>10 853,00 ₽</t>
         </is>
       </c>
       <c r="G637" s="8" t="inlineStr">
         <is>
           <t>10 311,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="5" t="inlineStr">
         <is>
-          <t>114300</t>
+          <t>114444</t>
         </is>
       </c>
       <c r="B638" s="5" t="inlineStr"/>
       <c r="C638" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 6000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D638" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E638" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F638" s="8" t="inlineStr">
         <is>
-          <t>12 145,00 ₽</t>
+          <t>12 034,00 ₽</t>
         </is>
       </c>
       <c r="G638" s="8" t="inlineStr">
         <is>
-          <t>11 538,00 ₽</t>
+          <t>11 433,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="5" t="inlineStr">
         <is>
-          <t>114444</t>
+          <t>114300</t>
         </is>
       </c>
       <c r="B639" s="5" t="inlineStr"/>
       <c r="C639" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 6000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D639" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E639" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F639" s="8" t="inlineStr">
         <is>
-          <t>12 034,00 ₽</t>
+          <t>12 145,00 ₽</t>
         </is>
       </c>
       <c r="G639" s="8" t="inlineStr">
         <is>
-          <t>11 433,00 ₽</t>
+          <t>11 538,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="5" t="inlineStr">
         <is>
           <t>111528</t>
         </is>
       </c>
       <c r="B640" s="5" t="inlineStr"/>
       <c r="C640" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 70, IP54, 6000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D640" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 9188 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E640" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F640" s="8" t="inlineStr">
         <is>
           <t>10 742,00 ₽</t>
         </is>
       </c>
       <c r="G640" s="8" t="inlineStr">
         <is>
           <t>10 205,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="5" t="inlineStr">
         <is>
-          <t>111729</t>
+          <t>111529</t>
         </is>
       </c>
       <c r="B641" s="5" t="inlineStr">
         <is>
           <t>ССдО 03-080-003 IP20</t>
         </is>
       </c>
       <c r="C641" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, 5000 К</t>
         </is>
       </c>
       <c r="D641" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E641" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F641" s="8" t="inlineStr">
         <is>
-          <t>8 768,00 ₽</t>
+          <t>8 656,00 ₽</t>
         </is>
       </c>
       <c r="G641" s="8" t="inlineStr">
         <is>
-          <t>8 330,00 ₽</t>
+          <t>8 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="5" t="inlineStr">
         <is>
-          <t>111529</t>
+          <t>111729</t>
         </is>
       </c>
       <c r="B642" s="5" t="inlineStr">
         <is>
           <t>ССдО 03-080-003 IP20</t>
         </is>
       </c>
       <c r="C642" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, 5000 К</t>
         </is>
       </c>
       <c r="D642" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E642" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F642" s="8" t="inlineStr">
         <is>
-          <t>8 656,00 ₽</t>
+          <t>8 768,00 ₽</t>
         </is>
       </c>
       <c r="G642" s="8" t="inlineStr">
         <is>
-          <t>8 224,00 ₽</t>
+          <t>8 330,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="5" t="inlineStr">
         <is>
-          <t>111530</t>
+          <t>111730</t>
         </is>
       </c>
       <c r="B643" s="5" t="inlineStr"/>
       <c r="C643" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D643" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E643" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F643" s="8" t="inlineStr">
         <is>
-          <t>8 656,00 ₽</t>
+          <t>8 768,00 ₽</t>
         </is>
       </c>
       <c r="G643" s="8" t="inlineStr">
         <is>
-          <t>8 224,00 ₽</t>
+          <t>8 330,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="5" t="inlineStr">
         <is>
-          <t>111730</t>
+          <t>111530</t>
         </is>
       </c>
       <c r="B644" s="5" t="inlineStr"/>
       <c r="C644" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К</t>
         </is>
       </c>
       <c r="D644" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E644" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F644" s="8" t="inlineStr">
         <is>
-          <t>8 768,00 ₽</t>
+          <t>8 656,00 ₽</t>
         </is>
       </c>
       <c r="G644" s="8" t="inlineStr">
         <is>
-          <t>8 330,00 ₽</t>
+          <t>8 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="5" t="inlineStr">
         <is>
           <t>114317</t>
         </is>
       </c>
       <c r="B645" s="5" t="inlineStr"/>
       <c r="C645" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 3000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D645" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP20</t>
         </is>
       </c>
       <c r="E645" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -22125,110 +22125,110 @@
       </c>
       <c r="D654" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E654" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F654" s="8" t="inlineStr">
         <is>
           <t>8 656,00 ₽</t>
         </is>
       </c>
       <c r="G654" s="8" t="inlineStr">
         <is>
           <t>8 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="5" t="inlineStr">
         <is>
-          <t>114318</t>
+          <t>114462</t>
         </is>
       </c>
       <c r="B655" s="5" t="inlineStr"/>
       <c r="C655" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D655" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E655" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F655" s="8" t="inlineStr">
         <is>
-          <t>12 968,00 ₽</t>
+          <t>12 856,00 ₽</t>
         </is>
       </c>
       <c r="G655" s="8" t="inlineStr">
         <is>
-          <t>12 320,00 ₽</t>
+          <t>12 214,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="5" t="inlineStr">
         <is>
-          <t>114462</t>
+          <t>114318</t>
         </is>
       </c>
       <c r="B656" s="5" t="inlineStr"/>
       <c r="C656" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D656" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E656" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F656" s="8" t="inlineStr">
         <is>
-          <t>12 856,00 ₽</t>
+          <t>12 968,00 ₽</t>
         </is>
       </c>
       <c r="G656" s="8" t="inlineStr">
         <is>
-          <t>12 214,00 ₽</t>
+          <t>12 320,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="5" t="inlineStr">
         <is>
           <t>111738</t>
         </is>
       </c>
       <c r="B657" s="5" t="inlineStr"/>
       <c r="C657" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D657" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E657" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -22290,110 +22290,110 @@
       </c>
       <c r="D659" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E659" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F659" s="8" t="inlineStr">
         <is>
           <t>8 934,00 ₽</t>
         </is>
       </c>
       <c r="G659" s="8" t="inlineStr">
         <is>
           <t>8 488,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="5" t="inlineStr">
         <is>
-          <t>114310</t>
+          <t>114454</t>
         </is>
       </c>
       <c r="B660" s="5" t="inlineStr"/>
       <c r="C660" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D660" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E660" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F660" s="8" t="inlineStr">
         <is>
-          <t>10 226,00 ₽</t>
+          <t>10 114,00 ₽</t>
         </is>
       </c>
       <c r="G660" s="8" t="inlineStr">
         <is>
-          <t>9 715,00 ₽</t>
+          <t>9 609,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="5" t="inlineStr">
         <is>
-          <t>114454</t>
+          <t>114310</t>
         </is>
       </c>
       <c r="B661" s="5" t="inlineStr"/>
       <c r="C661" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D661" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E661" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F661" s="8" t="inlineStr">
         <is>
-          <t>10 114,00 ₽</t>
+          <t>10 226,00 ₽</t>
         </is>
       </c>
       <c r="G661" s="8" t="inlineStr">
         <is>
-          <t>9 609,00 ₽</t>
+          <t>9 715,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="5" t="inlineStr">
         <is>
           <t>111546</t>
         </is>
       </c>
       <c r="B662" s="5" t="inlineStr"/>
       <c r="C662" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 4000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D662" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP20</t>
         </is>
       </c>
       <c r="E662" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -22455,110 +22455,110 @@
       </c>
       <c r="D664" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E664" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F664" s="8" t="inlineStr">
         <is>
           <t>12 968,00 ₽</t>
         </is>
       </c>
       <c r="G664" s="8" t="inlineStr">
         <is>
           <t>12 320,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="5" t="inlineStr">
         <is>
-          <t>111539</t>
+          <t>111739</t>
         </is>
       </c>
       <c r="B665" s="5" t="inlineStr"/>
       <c r="C665" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D665" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E665" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F665" s="8" t="inlineStr">
         <is>
-          <t>10 188,00 ₽</t>
+          <t>10 300,00 ₽</t>
         </is>
       </c>
       <c r="G665" s="8" t="inlineStr">
         <is>
-          <t>9 679,00 ₽</t>
+          <t>9 785,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="5" t="inlineStr">
         <is>
-          <t>111739</t>
+          <t>111539</t>
         </is>
       </c>
       <c r="B666" s="5" t="inlineStr"/>
       <c r="C666" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D666" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E666" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F666" s="8" t="inlineStr">
         <is>
-          <t>10 300,00 ₽</t>
+          <t>10 188,00 ₽</t>
         </is>
       </c>
       <c r="G666" s="8" t="inlineStr">
         <is>
-          <t>9 785,00 ₽</t>
+          <t>9 679,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="5" t="inlineStr">
         <is>
           <t>111747</t>
         </is>
       </c>
       <c r="B667" s="5" t="inlineStr"/>
       <c r="C667" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 5000 К, опал</t>
         </is>
       </c>
       <c r="D667" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E667" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -22653,110 +22653,110 @@
       </c>
       <c r="D670" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP20</t>
         </is>
       </c>
       <c r="E670" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F670" s="8" t="inlineStr">
         <is>
           <t>8 822,00 ₽</t>
         </is>
       </c>
       <c r="G670" s="8" t="inlineStr">
         <is>
           <t>8 381,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="5" t="inlineStr">
         <is>
-          <t>111732</t>
+          <t>111532</t>
         </is>
       </c>
       <c r="B671" s="5" t="inlineStr"/>
       <c r="C671" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 6000 К</t>
         </is>
       </c>
       <c r="D671" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E671" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F671" s="8" t="inlineStr">
         <is>
-          <t>8 768,00 ₽</t>
+          <t>8 656,00 ₽</t>
         </is>
       </c>
       <c r="G671" s="8" t="inlineStr">
         <is>
-          <t>8 330,00 ₽</t>
+          <t>8 224,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="5" t="inlineStr">
         <is>
-          <t>111532</t>
+          <t>111732</t>
         </is>
       </c>
       <c r="B672" s="5" t="inlineStr"/>
       <c r="C672" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 6000 К</t>
         </is>
       </c>
       <c r="D672" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E672" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F672" s="8" t="inlineStr">
         <is>
-          <t>8 656,00 ₽</t>
+          <t>8 768,00 ₽</t>
         </is>
       </c>
       <c r="G672" s="8" t="inlineStr">
         <is>
-          <t>8 224,00 ₽</t>
+          <t>8 330,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="5" t="inlineStr">
         <is>
           <t>114464</t>
         </is>
       </c>
       <c r="B673" s="5" t="inlineStr"/>
       <c r="C673" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 6000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D673" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E673" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -22884,110 +22884,110 @@
       </c>
       <c r="D677" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E677" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F677" s="8" t="inlineStr">
         <is>
           <t>8 934,00 ₽</t>
         </is>
       </c>
       <c r="G677" s="8" t="inlineStr">
         <is>
           <t>8 488,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="5" t="inlineStr">
         <is>
-          <t>114456</t>
+          <t>114312</t>
         </is>
       </c>
       <c r="B678" s="5" t="inlineStr"/>
       <c r="C678" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 6000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D678" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E678" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F678" s="8" t="inlineStr">
         <is>
-          <t>10 114,00 ₽</t>
+          <t>10 226,00 ₽</t>
         </is>
       </c>
       <c r="G678" s="8" t="inlineStr">
         <is>
-          <t>9 609,00 ₽</t>
+          <t>9 715,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="5" t="inlineStr">
         <is>
-          <t>114312</t>
+          <t>114456</t>
         </is>
       </c>
       <c r="B679" s="5" t="inlineStr"/>
       <c r="C679" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 6000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D679" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E679" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F679" s="8" t="inlineStr">
         <is>
-          <t>10 226,00 ₽</t>
+          <t>10 114,00 ₽</t>
         </is>
       </c>
       <c r="G679" s="8" t="inlineStr">
         <is>
-          <t>9 715,00 ₽</t>
+          <t>9 609,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="5" t="inlineStr">
         <is>
           <t>111548</t>
         </is>
       </c>
       <c r="B680" s="5" t="inlineStr"/>
       <c r="C680" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP20, 6000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D680" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 6000 К, IP20</t>
         </is>
       </c>
       <c r="E680" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -23115,110 +23115,110 @@
       </c>
       <c r="D684" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E684" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F684" s="8" t="inlineStr">
         <is>
           <t>15 995,00 ₽</t>
         </is>
       </c>
       <c r="G684" s="8" t="inlineStr">
         <is>
           <t>15 196,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="5" t="inlineStr">
         <is>
-          <t>111541</t>
+          <t>111741</t>
         </is>
       </c>
       <c r="B685" s="5" t="inlineStr"/>
       <c r="C685" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D685" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E685" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F685" s="8" t="inlineStr">
         <is>
-          <t>13 215,00 ₽</t>
+          <t>13 327,00 ₽</t>
         </is>
       </c>
       <c r="G685" s="8" t="inlineStr">
         <is>
-          <t>12 555,00 ₽</t>
+          <t>12 661,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="5" t="inlineStr">
         <is>
-          <t>111741</t>
+          <t>111541</t>
         </is>
       </c>
       <c r="B686" s="5" t="inlineStr"/>
       <c r="C686" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D686" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E686" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F686" s="8" t="inlineStr">
         <is>
-          <t>13 327,00 ₽</t>
+          <t>13 215,00 ₽</t>
         </is>
       </c>
       <c r="G686" s="8" t="inlineStr">
         <is>
-          <t>12 661,00 ₽</t>
+          <t>12 555,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="5" t="inlineStr">
         <is>
           <t>111749</t>
         </is>
       </c>
       <c r="B687" s="5" t="inlineStr"/>
       <c r="C687" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 3000 К, опал</t>
         </is>
       </c>
       <c r="D687" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 3000 К, IP54</t>
         </is>
       </c>
       <c r="E687" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -23379,110 +23379,110 @@
       </c>
       <c r="D692" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E692" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F692" s="8" t="inlineStr">
         <is>
           <t>11 795,00 ₽</t>
         </is>
       </c>
       <c r="G692" s="8" t="inlineStr">
         <is>
           <t>11 206,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="5" t="inlineStr">
         <is>
-          <t>114322</t>
+          <t>114466</t>
         </is>
       </c>
       <c r="B693" s="5" t="inlineStr"/>
       <c r="C693" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D693" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E693" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F693" s="8" t="inlineStr">
         <is>
-          <t>15 995,00 ₽</t>
+          <t>15 883,00 ₽</t>
         </is>
       </c>
       <c r="G693" s="8" t="inlineStr">
         <is>
-          <t>15 196,00 ₽</t>
+          <t>15 089,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="5" t="inlineStr">
         <is>
-          <t>114466</t>
+          <t>114322</t>
         </is>
       </c>
       <c r="B694" s="5" t="inlineStr"/>
       <c r="C694" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 4000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D694" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E694" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F694" s="8" t="inlineStr">
         <is>
-          <t>15 883,00 ₽</t>
+          <t>15 995,00 ₽</t>
         </is>
       </c>
       <c r="G694" s="8" t="inlineStr">
         <is>
-          <t>15 089,00 ₽</t>
+          <t>15 196,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="5" t="inlineStr">
         <is>
           <t>111742</t>
         </is>
       </c>
       <c r="B695" s="5" t="inlineStr"/>
       <c r="C695" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 4000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D695" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E695" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -23544,209 +23544,209 @@
       </c>
       <c r="D697" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E697" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F697" s="8" t="inlineStr">
         <is>
           <t>11 961,00 ₽</t>
         </is>
       </c>
       <c r="G697" s="8" t="inlineStr">
         <is>
           <t>11 363,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="5" t="inlineStr">
         <is>
-          <t>114458</t>
+          <t>114314</t>
         </is>
       </c>
       <c r="B698" s="5" t="inlineStr"/>
       <c r="C698" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D698" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E698" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F698" s="8" t="inlineStr">
         <is>
-          <t>13 141,00 ₽</t>
+          <t>13 253,00 ₽</t>
         </is>
       </c>
       <c r="G698" s="8" t="inlineStr">
         <is>
-          <t>12 484,00 ₽</t>
+          <t>12 591,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="5" t="inlineStr">
         <is>
-          <t>114314</t>
+          <t>114458</t>
         </is>
       </c>
       <c r="B699" s="5" t="inlineStr"/>
       <c r="C699" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 4000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D699" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E699" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F699" s="8" t="inlineStr">
         <is>
-          <t>13 253,00 ₽</t>
+          <t>13 141,00 ₽</t>
         </is>
       </c>
       <c r="G699" s="8" t="inlineStr">
         <is>
-          <t>12 591,00 ₽</t>
+          <t>12 484,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="5" t="inlineStr">
         <is>
           <t>111550</t>
         </is>
       </c>
       <c r="B700" s="5" t="inlineStr"/>
       <c r="C700" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 4000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D700" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 4000 К, IP54</t>
         </is>
       </c>
       <c r="E700" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F700" s="8" t="inlineStr">
         <is>
           <t>11 849,00 ₽</t>
         </is>
       </c>
       <c r="G700" s="8" t="inlineStr">
         <is>
           <t>11 257,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="5" t="inlineStr">
         <is>
-          <t>111535</t>
+          <t>111735</t>
         </is>
       </c>
       <c r="B701" s="5" t="inlineStr"/>
       <c r="C701" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D701" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E701" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F701" s="8" t="inlineStr">
         <is>
-          <t>11 683,00 ₽</t>
+          <t>11 795,00 ₽</t>
         </is>
       </c>
       <c r="G701" s="8" t="inlineStr">
         <is>
-          <t>11 099,00 ₽</t>
+          <t>11 206,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="5" t="inlineStr">
         <is>
-          <t>111735</t>
+          <t>111535</t>
         </is>
       </c>
       <c r="B702" s="5" t="inlineStr"/>
       <c r="C702" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К</t>
         </is>
       </c>
       <c r="D702" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E702" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F702" s="8" t="inlineStr">
         <is>
-          <t>11 795,00 ₽</t>
+          <t>11 683,00 ₽</t>
         </is>
       </c>
       <c r="G702" s="8" t="inlineStr">
         <is>
-          <t>11 206,00 ₽</t>
+          <t>11 099,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="5" t="inlineStr">
         <is>
           <t>114467</t>
         </is>
       </c>
       <c r="B703" s="5" t="inlineStr"/>
       <c r="C703" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D703" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E703" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -23775,308 +23775,308 @@
       </c>
       <c r="D704" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E704" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F704" s="8" t="inlineStr">
         <is>
           <t>15 995,00 ₽</t>
         </is>
       </c>
       <c r="G704" s="8" t="inlineStr">
         <is>
           <t>15 196,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="5" t="inlineStr">
         <is>
-          <t>111543</t>
+          <t>111743</t>
         </is>
       </c>
       <c r="B705" s="5" t="inlineStr"/>
       <c r="C705" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D705" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E705" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F705" s="8" t="inlineStr">
         <is>
-          <t>13 215,00 ₽</t>
+          <t>13 327,00 ₽</t>
         </is>
       </c>
       <c r="G705" s="8" t="inlineStr">
         <is>
-          <t>12 555,00 ₽</t>
+          <t>12 661,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="5" t="inlineStr">
         <is>
-          <t>111743</t>
+          <t>111543</t>
         </is>
       </c>
       <c r="B706" s="5" t="inlineStr"/>
       <c r="C706" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К, микропризма поликарбонат</t>
         </is>
       </c>
       <c r="D706" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E706" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F706" s="8" t="inlineStr">
         <is>
-          <t>13 327,00 ₽</t>
+          <t>13 215,00 ₽</t>
         </is>
       </c>
       <c r="G706" s="8" t="inlineStr">
         <is>
-          <t>12 661,00 ₽</t>
+          <t>12 555,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="5" t="inlineStr">
         <is>
           <t>111751</t>
         </is>
       </c>
       <c r="B707" s="5" t="inlineStr"/>
       <c r="C707" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К, опал</t>
         </is>
       </c>
       <c r="D707" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E707" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F707" s="8" t="inlineStr">
         <is>
           <t>11 961,00 ₽</t>
         </is>
       </c>
       <c r="G707" s="8" t="inlineStr">
         <is>
           <t>11 363,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="5" t="inlineStr">
         <is>
-          <t>114315</t>
+          <t>114459</t>
         </is>
       </c>
       <c r="B708" s="5" t="inlineStr"/>
       <c r="C708" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D708" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E708" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F708" s="8" t="inlineStr">
         <is>
-          <t>13 253,00 ₽</t>
+          <t>13 141,00 ₽</t>
         </is>
       </c>
       <c r="G708" s="8" t="inlineStr">
         <is>
-          <t>12 591,00 ₽</t>
+          <t>12 484,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="5" t="inlineStr">
         <is>
-          <t>114459</t>
+          <t>114315</t>
         </is>
       </c>
       <c r="B709" s="5" t="inlineStr"/>
       <c r="C709" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D709" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E709" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F709" s="8" t="inlineStr">
         <is>
-          <t>13 141,00 ₽</t>
+          <t>13 253,00 ₽</t>
         </is>
       </c>
       <c r="G709" s="8" t="inlineStr">
         <is>
-          <t>12 484,00 ₽</t>
+          <t>12 591,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="5" t="inlineStr">
         <is>
           <t>111551</t>
         </is>
       </c>
       <c r="B710" s="5" t="inlineStr"/>
       <c r="C710" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 5000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D710" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 5000 К, IP54</t>
         </is>
       </c>
       <c r="E710" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F710" s="8" t="inlineStr">
         <is>
           <t>11 849,00 ₽</t>
         </is>
       </c>
       <c r="G710" s="8" t="inlineStr">
         <is>
           <t>11 257,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="5" t="inlineStr">
         <is>
-          <t>111736</t>
+          <t>111536</t>
         </is>
       </c>
       <c r="B711" s="5" t="inlineStr"/>
       <c r="C711" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 6000 К</t>
         </is>
       </c>
       <c r="D711" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E711" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F711" s="8" t="inlineStr">
         <is>
-          <t>11 795,00 ₽</t>
+          <t>11 683,00 ₽</t>
         </is>
       </c>
       <c r="G711" s="8" t="inlineStr">
         <is>
-          <t>11 206,00 ₽</t>
+          <t>11 099,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="5" t="inlineStr">
         <is>
-          <t>111536</t>
+          <t>111736</t>
         </is>
       </c>
       <c r="B712" s="5" t="inlineStr"/>
       <c r="C712" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 6000 К</t>
         </is>
       </c>
       <c r="D712" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E712" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F712" s="8" t="inlineStr">
         <is>
-          <t>11 683,00 ₽</t>
+          <t>11 795,00 ₽</t>
         </is>
       </c>
       <c r="G712" s="8" t="inlineStr">
         <is>
-          <t>11 099,00 ₽</t>
+          <t>11 206,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="5" t="inlineStr">
         <is>
           <t>114324</t>
         </is>
       </c>
       <c r="B713" s="5" t="inlineStr"/>
       <c r="C713" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 6000 К, матовое закалённое стекло</t>
         </is>
       </c>
       <c r="D713" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E713" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -24204,110 +24204,110 @@
       </c>
       <c r="D717" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E717" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F717" s="8" t="inlineStr">
         <is>
           <t>11 961,00 ₽</t>
         </is>
       </c>
       <c r="G717" s="8" t="inlineStr">
         <is>
           <t>11 363,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="5" t="inlineStr">
         <is>
-          <t>114460</t>
+          <t>114316</t>
         </is>
       </c>
       <c r="B718" s="5" t="inlineStr"/>
       <c r="C718" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 6000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D718" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E718" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F718" s="8" t="inlineStr">
         <is>
-          <t>13 141,00 ₽</t>
+          <t>13 253,00 ₽</t>
         </is>
       </c>
       <c r="G718" s="8" t="inlineStr">
         <is>
-          <t>12 484,00 ₽</t>
+          <t>12 591,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="5" t="inlineStr">
         <is>
-          <t>114316</t>
+          <t>114460</t>
         </is>
       </c>
       <c r="B719" s="5" t="inlineStr"/>
       <c r="C719" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 6000 К, опал поликарбонат</t>
         </is>
       </c>
       <c r="D719" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E719" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F719" s="8" t="inlineStr">
         <is>
-          <t>13 253,00 ₽</t>
+          <t>13 141,00 ₽</t>
         </is>
       </c>
       <c r="G719" s="8" t="inlineStr">
         <is>
-          <t>12 591,00 ₽</t>
+          <t>12 484,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="5" t="inlineStr">
         <is>
           <t>111552</t>
         </is>
       </c>
       <c r="B720" s="5" t="inlineStr"/>
       <c r="C720" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Свет НН ССдО 03 Офис 80, IP54, 6000 К, опал полистирол</t>
         </is>
       </c>
       <c r="D720" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 10500 лм, Д, 6000 К, IP54</t>
         </is>
       </c>
       <c r="E720" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
@@ -26055,419 +26055,419 @@
     </row>
     <row r="772">
       <c r="A772" s="5" t="inlineStr">
         <is>
           <t>100365</t>
         </is>
       </c>
       <c r="B772" s="5" t="inlineStr"/>
       <c r="C772" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Фокус СПВО 32, MP, встраиваемый (армстронг)</t>
         </is>
       </c>
       <c r="D772" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3600 лм, Д, 4000 К, IP40</t>
         </is>
       </c>
       <c r="E772" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F772" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G772" s="8" t="inlineStr">
+        <is>
           <t>8 936,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>8 489,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="5" t="inlineStr">
         <is>
           <t>100369</t>
         </is>
       </c>
       <c r="B773" s="5" t="inlineStr"/>
       <c r="C773" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Фокус СПВО 32, MP, накладной</t>
         </is>
       </c>
       <c r="D773" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3600 лм, Д, 4000 К, IP40</t>
         </is>
       </c>
       <c r="E773" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F773" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G773" s="8" t="inlineStr">
+        <is>
           <t>10 652,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>10 120,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="5" t="inlineStr">
         <is>
           <t>100364</t>
         </is>
       </c>
       <c r="B774" s="5" t="inlineStr"/>
       <c r="C774" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Фокус СПВО 32, NP, встраиваемый (армстронг)</t>
         </is>
       </c>
       <c r="D774" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3700 лм, Д, 5000 К, IP40</t>
         </is>
       </c>
       <c r="E774" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F774" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G774" s="8" t="inlineStr">
+        <is>
           <t>8 936,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>8 489,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="5" t="inlineStr">
         <is>
           <t>100368</t>
         </is>
       </c>
       <c r="B775" s="5" t="inlineStr"/>
       <c r="C775" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Фокус СПВО 32, NP, накладной</t>
         </is>
       </c>
       <c r="D775" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 3700 лм, Д, 5000 К, IP40</t>
         </is>
       </c>
       <c r="E775" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F775" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G775" s="8" t="inlineStr">
+        <is>
           <t>10 652,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>10 120,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="5" t="inlineStr">
         <is>
           <t>100367</t>
         </is>
       </c>
       <c r="B776" s="5" t="inlineStr"/>
       <c r="C776" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Фокус СПВО 32, NS, встраиваемый (армстронг)</t>
         </is>
       </c>
       <c r="D776" s="7" t="inlineStr">
         <is>
           <t>26 Вт, 3700 лм, Д, 5000 К, IP40</t>
         </is>
       </c>
       <c r="E776" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F776" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G776" s="8" t="inlineStr">
+        <is>
           <t>8 936,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>8 489,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="5" t="inlineStr">
         <is>
           <t>100371</t>
         </is>
       </c>
       <c r="B777" s="5" t="inlineStr"/>
       <c r="C777" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Фокус СПВО 32, NS, накладной</t>
         </is>
       </c>
       <c r="D777" s="7" t="inlineStr">
         <is>
           <t>26 Вт, 3700 лм, Д, 5000 К, IP40</t>
         </is>
       </c>
       <c r="E777" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F777" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G777" s="8" t="inlineStr">
+        <is>
           <t>10 652,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>10 120,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="5" t="inlineStr">
         <is>
           <t>100366</t>
         </is>
       </c>
       <c r="B778" s="5" t="inlineStr"/>
       <c r="C778" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Фокус СПВО 32, WP, встраиваемый (армстронг)</t>
         </is>
       </c>
       <c r="D778" s="7" t="inlineStr">
         <is>
           <t>32 Вт, 2700 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E778" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F778" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G778" s="8" t="inlineStr">
+        <is>
           <t>8 936,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>8 489,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="5" t="inlineStr">
         <is>
           <t>100370</t>
         </is>
       </c>
       <c r="B779" s="5" t="inlineStr"/>
       <c r="C779" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Фокус СПВО 32, WP, накладной</t>
         </is>
       </c>
       <c r="D779" s="7" t="inlineStr">
         <is>
           <t>32 Вт, 2700 лм, Д, 3000 К, IP40</t>
         </is>
       </c>
       <c r="E779" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F779" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G779" s="8" t="inlineStr">
+        <is>
           <t>10 652,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>10 120,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="5" t="inlineStr">
         <is>
           <t>100372</t>
         </is>
       </c>
       <c r="B780" s="5" t="inlineStr"/>
       <c r="C780" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Фокус СПО 12</t>
         </is>
       </c>
       <c r="D780" s="7" t="inlineStr">
         <is>
           <t>13 Вт, 1700 лм, Д, 4000 К, IP50</t>
         </is>
       </c>
       <c r="E780" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F780" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G780" s="8" t="inlineStr">
+        <is>
           <t>4 992,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>4 742,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="5" t="inlineStr">
         <is>
           <t>100373</t>
         </is>
       </c>
       <c r="B781" s="5" t="inlineStr"/>
       <c r="C781" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Фокус СПО 18, 4000 К</t>
         </is>
       </c>
       <c r="D781" s="7" t="inlineStr">
         <is>
           <t>22 Вт, 2900 лм, Д, 4000 К, IP50</t>
         </is>
       </c>
       <c r="E781" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F781" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G781" s="8" t="inlineStr">
+        <is>
           <t>5 448,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>5 176,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="5" t="inlineStr">
         <is>
           <t>100375</t>
         </is>
       </c>
       <c r="B782" s="5" t="inlineStr"/>
       <c r="C782" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Фокус СПО 36, 4000 К</t>
         </is>
       </c>
       <c r="D782" s="7" t="inlineStr">
         <is>
           <t>38 Вт, 5000 лм, Д, 4000 К, IP50</t>
         </is>
       </c>
       <c r="E782" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F782" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G782" s="8" t="inlineStr">
+        <is>
           <t>9 352,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>8 884,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="5" t="inlineStr">
         <is>
           <t>100377</t>
         </is>
       </c>
       <c r="B783" s="5" t="inlineStr"/>
       <c r="C783" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Фокус СПО 70, 4000 К</t>
         </is>
       </c>
       <c r="D783" s="7" t="inlineStr">
         <is>
           <t>75 Вт, 9800 лм, Д, 4000 К, IP50</t>
         </is>
       </c>
       <c r="E783" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F783" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G783" s="8" t="inlineStr">
+        <is>
           <t>14 532,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>13 805,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="5" t="inlineStr">
         <is>
           <t>102432</t>
         </is>
       </c>
       <c r="B784" s="5" t="inlineStr"/>
       <c r="C784" s="6" t="inlineStr">
         <is>
           <t>Офисный светильник Ферекс FDL 45, Кронштейн, транзитный провод,прозрачный поликарбонат (01-45-850)</t>
         </is>
       </c>
       <c r="D784" s="7" t="inlineStr">
         <is>
           <t>45 Вт, 5803 лм, Д, 5000 К, IP66</t>
         </is>
       </c>
       <c r="E784" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>