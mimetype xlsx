--- v0 (2025-10-18)
+++ v1 (2026-02-21)
@@ -415,101 +415,101 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/xlsx/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-okta-60/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-100/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-100/g60-5000/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-100/g90-5000/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-100/k25-5000/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-100/l145-5000/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-100/sh155-5000/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-10/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-200/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-3000/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-3000-tglass/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-4000/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-4000-tglass/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-5000/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-5000-tglass/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-6000/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-6000-tglass/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-3000/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-3000-tglass/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-4000/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-4000-tglass/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-5000/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-5000-tglass/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-6000/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-6000-tglass/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/3000k/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/3000-tglass/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/4000k/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/4000-tglass/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/5000-tglass/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/6000k/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/6000-tglass/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-3000/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-3000-tglass/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-4000/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-4000-tglass/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-5000/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-5000-tglass/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-6000/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-6000-tglass/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-3000/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-3000-tglass/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-4000/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-4000-tglass/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-5000/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-5000-tglass/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-6000/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-6000-tglass/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-3000/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-3000-tglass/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-4000/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-4000-tglass/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-5000/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-5000-tglass/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-6000/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-6000-tglass/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-3000/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-3000-tglass/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-4000/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-4000-tglass/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-5000/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-5000-tglass/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-6000/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-6000-tglass/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-3000/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-3000-tglass/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-4000/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-4000-tglass/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-5000/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-5000-tglass/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-6000/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-6000-tglass/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/3000k/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/3000-tglass/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/4000k/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/4000-tglass/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/5000-tglass/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/6000k/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/6000-tglass/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-3000/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-3000-tglass/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-4000/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-4000-tglass/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-5000/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-5000-tglass/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-6000/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-6000-tglass/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-3000/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-3000-tglass/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-4000/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-4000-tglass/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-6000/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-5000/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-5000-tglass/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-6000-tglass/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-3000/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-3000-tglass/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-4000/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-4000-tglass/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-5000/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-5000-tglass/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-6000/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-6000-tglass/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-3000/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-3000-tglass/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-4000/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-4000-tglass/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-5000/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-5000-tglass/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-6000/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-6000-tglass/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-3000/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-3000-tglass/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-4000/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-4000-tglass/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-5000/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-5000-tglass/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-6000/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-6000-tglass/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/3000k/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/3000-tglass/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/4000k/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/4000-tglass/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/5000-tglass/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/6000k/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/6000-tglass/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-3000/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-3000-tglass/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-4000/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-4000-tglass/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-5000/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-5000-tglass/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-6000/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-6000-tglass/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-3000/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-3000-tglass/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-4000/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-4000-tglass/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-5000/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-5000-tglass/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-6000/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-6000-tglass/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-3000/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-3000-tglass/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-4000/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-4000-tglass/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-5000/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-5000-tglass/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-6000/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-6000-tglass/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-3000/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-3000-tglass/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-4000/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-4000-tglass/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-5000/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-5000-tglass/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-6000/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-6000-tglass/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-3000/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-3000-tglass/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-4000/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-4000-tglass/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-5000/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-5000-tglass/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-6000/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-6000-tglass/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/3000k/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/3000-tglass/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/4000k/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/4000-tglass/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/5000-tglass/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/6000k/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/6000-tglass/" TargetMode="External" Id="rId180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-3000/" TargetMode="External" Id="rId181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-3000-tglass/" TargetMode="External" Id="rId182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-4000/" TargetMode="External" Id="rId183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-4000-tglass/" TargetMode="External" Id="rId184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-5000/" TargetMode="External" Id="rId185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-5000-tglass/" TargetMode="External" Id="rId186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-6000/" TargetMode="External" Id="rId187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-6000-tglass/" TargetMode="External" Id="rId188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-3000/" TargetMode="External" Id="rId189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-3000-tglass/" TargetMode="External" Id="rId190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-4000/" TargetMode="External" Id="rId191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-4000-tglass/" TargetMode="External" Id="rId192"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-5000/" TargetMode="External" Id="rId193"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-6000/" TargetMode="External" Id="rId194"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-5000-tglass/" TargetMode="External" Id="rId195"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-6000-tglass/" TargetMode="External" Id="rId196"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-3000/" TargetMode="External" Id="rId197"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-3000-tglass/" TargetMode="External" Id="rId198"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-4000/" TargetMode="External" Id="rId199"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-4000-tglass/" TargetMode="External" Id="rId200"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-5000/" TargetMode="External" Id="rId201"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-5000-tglass/" TargetMode="External" Id="rId202"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-6000/" TargetMode="External" Id="rId203"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-6000-tglass/" TargetMode="External" Id="rId204"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/" TargetMode="External" Id="rId205"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-3000/" TargetMode="External" Id="rId206"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-3000-tglass/" TargetMode="External" Id="rId207"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-4000/" TargetMode="External" Id="rId208"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-4000-tglass/" TargetMode="External" Id="rId209"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-5000/" TargetMode="External" Id="rId210"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-5000-tglass/" TargetMode="External" Id="rId211"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-6000/" TargetMode="External" Id="rId212"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-6000-tglass/" TargetMode="External" Id="rId213"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-3000/" TargetMode="External" Id="rId214"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-3000-tglass/" TargetMode="External" Id="rId215"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-4000/" TargetMode="External" Id="rId216"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-4000-tglass/" TargetMode="External" Id="rId217"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-5000/" TargetMode="External" Id="rId218"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-5000-tglass/" TargetMode="External" Id="rId219"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-6000/" TargetMode="External" Id="rId220"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-6000-tglass/" TargetMode="External" Id="rId221"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/3000k/" TargetMode="External" Id="rId222"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/3000-tglass/" TargetMode="External" Id="rId223"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/4000k/" TargetMode="External" Id="rId224"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/4000-tglass/" TargetMode="External" Id="rId225"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/5000-tglass/" TargetMode="External" Id="rId226"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/6000k/" TargetMode="External" Id="rId227"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/6000-tglass/" TargetMode="External" Id="rId228"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-3000/" TargetMode="External" Id="rId229"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-3000-tglass/" TargetMode="External" Id="rId230"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-4000/" TargetMode="External" Id="rId231"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-4000-tglass/" TargetMode="External" Id="rId232"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-5000/" TargetMode="External" Id="rId233"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-5000-tglass/" TargetMode="External" Id="rId234"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-6000/" TargetMode="External" Id="rId235"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-6000-tglass/" TargetMode="External" Id="rId236"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-3000/" TargetMode="External" Id="rId237"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-3000-tglass/" TargetMode="External" Id="rId238"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-4000/" TargetMode="External" Id="rId239"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-4000-tglass/" TargetMode="External" Id="rId240"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-5000/" TargetMode="External" Id="rId241"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-5000-tglass/" TargetMode="External" Id="rId242"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-6000/" TargetMode="External" Id="rId243"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-6000-tglass/" TargetMode="External" Id="rId244"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-3000/" TargetMode="External" Id="rId245"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-3000-tglass/" TargetMode="External" Id="rId246"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-4000/" TargetMode="External" Id="rId247"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-4000-tglass/" TargetMode="External" Id="rId248"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-5000/" TargetMode="External" Id="rId249"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-5000-tglass/" TargetMode="External" Id="rId250"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-6000/" TargetMode="External" Id="rId251"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-6000-tglass/" TargetMode="External" Id="rId252"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-70/" TargetMode="External" Id="rId253"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-80/" TargetMode="External" Id="rId254"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-80/g60-5000/" TargetMode="External" Id="rId255"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-80/g90-5000/" TargetMode="External" Id="rId256"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-80/k25-5000/" TargetMode="External" Id="rId257"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-80/l145-5000/" TargetMode="External" Id="rId258"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-80/sh155-5000/" TargetMode="External" Id="rId259"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-90/" TargetMode="External" Id="rId260"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-100/" TargetMode="External" Id="rId261"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-10/" TargetMode="External" Id="rId262"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-20/" TargetMode="External" Id="rId263"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-40/" TargetMode="External" Id="rId264"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-60/" TargetMode="External" Id="rId265"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-80/" TargetMode="External" Id="rId266"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/" TargetMode="External" Id="rId267"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-3000/" TargetMode="External" Id="rId268"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-3000-tglass/" TargetMode="External" Id="rId269"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-4000/" TargetMode="External" Id="rId270"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-4000-tglass/" TargetMode="External" Id="rId271"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-5000/" TargetMode="External" Id="rId272"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-5000-tglass/" TargetMode="External" Id="rId273"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-6000/" TargetMode="External" Id="rId274"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-6000-tglass/" TargetMode="External" Id="rId275"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-3000/" TargetMode="External" Id="rId276"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-3000-tglass/" TargetMode="External" Id="rId277"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-4000/" TargetMode="External" Id="rId278"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-4000-tglass/" TargetMode="External" Id="rId279"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-5000/" TargetMode="External" Id="rId280"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-5000-tglass/" TargetMode="External" Id="rId281"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-6000/" TargetMode="External" Id="rId282"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-6000-tglass/" TargetMode="External" Id="rId283"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/3000k/" TargetMode="External" Id="rId284"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/3000-tglass/" TargetMode="External" Id="rId285"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/4000k/" TargetMode="External" Id="rId286"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/4000-tglass/" TargetMode="External" Id="rId287"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/5000-tglass/" TargetMode="External" Id="rId288"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/6000k/" TargetMode="External" Id="rId289"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/6000-tglass/" TargetMode="External" Id="rId290"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-3000/" TargetMode="External" Id="rId291"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-3000-tglass/" TargetMode="External" Id="rId292"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-4000/" TargetMode="External" Id="rId293"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-4000-tglass/" TargetMode="External" Id="rId294"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-5000/" TargetMode="External" Id="rId295"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-5000-tglass/" TargetMode="External" Id="rId296"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-6000/" TargetMode="External" Id="rId297"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-6000-tglass/" TargetMode="External" Id="rId298"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-3000/" TargetMode="External" Id="rId299"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-3000-tglass/" TargetMode="External" Id="rId300"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-4000/" TargetMode="External" Id="rId301"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-4000-tglass/" TargetMode="External" Id="rId302"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-5000/" TargetMode="External" Id="rId303"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-5000-tglass/" TargetMode="External" Id="rId304"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-6000/" TargetMode="External" Id="rId305"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-6000-tglass/" TargetMode="External" Id="rId306"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-3000/" TargetMode="External" Id="rId307"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-3000-tglass/" TargetMode="External" Id="rId308"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-4000/" TargetMode="External" Id="rId309"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-4000-tglass/" TargetMode="External" Id="rId310"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-5000/" TargetMode="External" Id="rId311"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-5000-tglass/" TargetMode="External" Id="rId312"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-6000/" TargetMode="External" Id="rId313"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-6000-tglass/" TargetMode="External" Id="rId314"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-10/" TargetMode="External" Id="rId315"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/" TargetMode="External" Id="rId316"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-3000/" TargetMode="External" Id="rId317"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-3000-tglass/" TargetMode="External" Id="rId318"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-4000/" TargetMode="External" Id="rId319"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-4000-tglass/" TargetMode="External" Id="rId320"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-5000/" TargetMode="External" Id="rId321"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-5000-tglass/" TargetMode="External" Id="rId322"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-6000/" TargetMode="External" Id="rId323"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-6000-tglass/" TargetMode="External" Id="rId324"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-3000/" TargetMode="External" Id="rId325"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-3000-tglass/" TargetMode="External" Id="rId326"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-4000/" TargetMode="External" Id="rId327"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-4000-tglass/" TargetMode="External" Id="rId328"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-5000/" TargetMode="External" Id="rId329"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-5000-tglass/" TargetMode="External" Id="rId330"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-6000/" TargetMode="External" Id="rId331"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-6000-tglass/" TargetMode="External" Id="rId332"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/3000k/" TargetMode="External" Id="rId333"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/3000-tglass/" TargetMode="External" Id="rId334"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/4000k/" TargetMode="External" Id="rId335"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/4000-tglass/" TargetMode="External" Id="rId336"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/5000-tglass/" TargetMode="External" Id="rId337"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/6000k/" TargetMode="External" Id="rId338"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/6000-tglass/" TargetMode="External" Id="rId339"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-3000/" TargetMode="External" Id="rId340"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-3000-tglass/" TargetMode="External" Id="rId341"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-4000/" TargetMode="External" Id="rId342"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-4000-tglass/" TargetMode="External" Id="rId343"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-5000/" TargetMode="External" Id="rId344"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-5000-tglass/" TargetMode="External" Id="rId345"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-6000/" TargetMode="External" Id="rId346"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-6000-tglass/" TargetMode="External" Id="rId347"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-3000/" TargetMode="External" Id="rId348"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-3000-tglass/" TargetMode="External" Id="rId349"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-4000/" TargetMode="External" Id="rId350"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-4000-tglass/" TargetMode="External" Id="rId351"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-5000/" TargetMode="External" Id="rId352"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-6000/" TargetMode="External" Id="rId353"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-5000-tglass/" TargetMode="External" Id="rId354"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-6000-tglass/" TargetMode="External" Id="rId355"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-3000/" TargetMode="External" Id="rId356"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-3000-tglass/" TargetMode="External" Id="rId357"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-4000/" TargetMode="External" Id="rId358"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-4000-tglass/" TargetMode="External" Id="rId359"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-5000/" TargetMode="External" Id="rId360"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-5000-tglass/" TargetMode="External" Id="rId361"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-6000/" TargetMode="External" Id="rId362"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-6000-tglass/" TargetMode="External" Id="rId363"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/" TargetMode="External" Id="rId364"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-3000/" TargetMode="External" Id="rId365"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-3000-tglass/" TargetMode="External" Id="rId366"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-4000/" TargetMode="External" Id="rId367"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-4000-tglass/" TargetMode="External" Id="rId368"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-5000/" TargetMode="External" Id="rId369"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-5000-tglass/" TargetMode="External" Id="rId370"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-6000/" TargetMode="External" Id="rId371"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-6000-tglass/" TargetMode="External" Id="rId372"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-3000/" TargetMode="External" Id="rId373"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-3000-tglass/" TargetMode="External" Id="rId374"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-4000/" TargetMode="External" Id="rId375"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-4000-tglass/" TargetMode="External" Id="rId376"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-5000/" TargetMode="External" Id="rId377"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-5000-tglass/" TargetMode="External" Id="rId378"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-6000/" TargetMode="External" Id="rId379"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-6000-tglass/" TargetMode="External" Id="rId380"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/3000k/" TargetMode="External" Id="rId381"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/3000-tglass/" TargetMode="External" Id="rId382"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/4000k/" TargetMode="External" Id="rId383"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/4000-tglass/" TargetMode="External" Id="rId384"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/5000-tglass/" TargetMode="External" Id="rId385"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/6000k/" TargetMode="External" Id="rId386"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/6000-tglass/" TargetMode="External" Id="rId387"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-3000/" TargetMode="External" Id="rId388"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-3000-tglass/" TargetMode="External" Id="rId389"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-4000/" TargetMode="External" Id="rId390"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-4000-tglass/" TargetMode="External" Id="rId391"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-5000/" TargetMode="External" Id="rId392"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-5000-tglass/" TargetMode="External" Id="rId393"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-6000/" TargetMode="External" Id="rId394"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-6000-tglass/" TargetMode="External" Id="rId395"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-3000/" TargetMode="External" Id="rId396"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-3000-tglass/" TargetMode="External" Id="rId397"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-4000/" TargetMode="External" Id="rId398"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-4000-tglass/" TargetMode="External" Id="rId399"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-5000/" TargetMode="External" Id="rId400"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-5000-tglass/" TargetMode="External" Id="rId401"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-6000/" TargetMode="External" Id="rId402"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-6000-tglass/" TargetMode="External" Id="rId403"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-3000/" TargetMode="External" Id="rId404"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-3000-tglass/" TargetMode="External" Id="rId405"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-4000/" TargetMode="External" Id="rId406"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-4000-tglass/" TargetMode="External" Id="rId407"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-5000/" TargetMode="External" Id="rId408"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-5000-tglass/" TargetMode="External" Id="rId409"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-6000/" TargetMode="External" Id="rId410"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-6000-tglass/" TargetMode="External" Id="rId411"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/" TargetMode="External" Id="rId412"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-3000/" TargetMode="External" Id="rId413"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-3000-tglass/" TargetMode="External" Id="rId414"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-4000/" TargetMode="External" Id="rId415"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-4000-tglass/" TargetMode="External" Id="rId416"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-5000/" TargetMode="External" Id="rId417"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-5000-tglass/" TargetMode="External" Id="rId418"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-6000/" TargetMode="External" Id="rId419"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-6000-tglass/" TargetMode="External" Id="rId420"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-3000/" TargetMode="External" Id="rId421"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-3000-tglass/" TargetMode="External" Id="rId422"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-4000/" TargetMode="External" Id="rId423"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-4000-tglass/" TargetMode="External" Id="rId424"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-5000/" TargetMode="External" Id="rId425"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-5000-tglass/" TargetMode="External" Id="rId426"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-6000/" TargetMode="External" Id="rId427"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-6000-tglass/" TargetMode="External" Id="rId428"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/3000k/" TargetMode="External" Id="rId429"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/3000-tglass/" TargetMode="External" Id="rId430"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/4000k/" TargetMode="External" Id="rId431"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/4000-tglass/" TargetMode="External" Id="rId432"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/5000-tglass/" TargetMode="External" Id="rId433"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/6000k/" TargetMode="External" Id="rId434"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/6000-tglass/" TargetMode="External" Id="rId435"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-3000/" TargetMode="External" Id="rId436"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-3000-tglass/" TargetMode="External" Id="rId437"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-4000/" TargetMode="External" Id="rId438"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-4000-tglass/" TargetMode="External" Id="rId439"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-5000/" TargetMode="External" Id="rId440"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-5000-tglass/" TargetMode="External" Id="rId441"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-6000/" TargetMode="External" Id="rId442"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-6000-tglass/" TargetMode="External" Id="rId443"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-3000/" TargetMode="External" Id="rId444"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-3000-tglass/" TargetMode="External" Id="rId445"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-4000/" TargetMode="External" Id="rId446"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-4000-tglass/" TargetMode="External" Id="rId447"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-5000/" TargetMode="External" Id="rId448"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-5000-tglass/" TargetMode="External" Id="rId449"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-6000/" TargetMode="External" Id="rId450"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-6000-tglass/" TargetMode="External" Id="rId451"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-3000/" TargetMode="External" Id="rId452"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-3000-tglass/" TargetMode="External" Id="rId453"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-4000/" TargetMode="External" Id="rId454"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-4000-tglass/" TargetMode="External" Id="rId455"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-5000/" TargetMode="External" Id="rId456"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-5000-tglass/" TargetMode="External" Id="rId457"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-6000/" TargetMode="External" Id="rId458"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-6000-tglass/" TargetMode="External" Id="rId459"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/" TargetMode="External" Id="rId460"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-3000/" TargetMode="External" Id="rId461"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-3000-tglass/" TargetMode="External" Id="rId462"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-4000/" TargetMode="External" Id="rId463"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-4000-tglass/" TargetMode="External" Id="rId464"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-5000/" TargetMode="External" Id="rId465"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-5000-tglass/" TargetMode="External" Id="rId466"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-6000/" TargetMode="External" Id="rId467"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-6000-tglass/" TargetMode="External" Id="rId468"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-3000/" TargetMode="External" Id="rId469"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-3000-tglass/" TargetMode="External" Id="rId470"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-4000/" TargetMode="External" Id="rId471"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-4000-tglass/" TargetMode="External" Id="rId472"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-5000/" TargetMode="External" Id="rId473"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-5000-tglass/" TargetMode="External" Id="rId474"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-6000/" TargetMode="External" Id="rId475"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-6000-tglass/" TargetMode="External" Id="rId476"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/3000k/" TargetMode="External" Id="rId477"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/3000-tglass/" TargetMode="External" Id="rId478"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/4000k/" TargetMode="External" Id="rId479"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/4000-tglass/" TargetMode="External" Id="rId480"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/5000-tglass/" TargetMode="External" Id="rId481"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/6000k/" TargetMode="External" Id="rId482"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/6000-tglass/" TargetMode="External" Id="rId483"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-3000/" TargetMode="External" Id="rId484"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-3000-tglass/" TargetMode="External" Id="rId485"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-4000/" TargetMode="External" Id="rId486"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-4000-tglass/" TargetMode="External" Id="rId487"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-5000/" TargetMode="External" Id="rId488"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-5000-tglass/" TargetMode="External" Id="rId489"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-6000/" TargetMode="External" Id="rId490"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-6000-tglass/" TargetMode="External" Id="rId491"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-3000/" TargetMode="External" Id="rId492"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-3000-tglass/" TargetMode="External" Id="rId493"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-4000/" TargetMode="External" Id="rId494"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-4000-tglass/" TargetMode="External" Id="rId495"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-5000/" TargetMode="External" Id="rId496"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-6000/" TargetMode="External" Id="rId497"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-5000-tglass/" TargetMode="External" Id="rId498"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-6000-tglass/" TargetMode="External" Id="rId499"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-3000/" TargetMode="External" Id="rId500"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-3000-tglass/" TargetMode="External" Id="rId501"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-4000/" TargetMode="External" Id="rId502"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-4000-tglass/" TargetMode="External" Id="rId503"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-5000/" TargetMode="External" Id="rId504"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-5000-tglass/" TargetMode="External" Id="rId505"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-6000/" TargetMode="External" Id="rId506"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-6000-tglass/" TargetMode="External" Id="rId507"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/" TargetMode="External" Id="rId508"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-3000/" TargetMode="External" Id="rId509"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-3000-tglass/" TargetMode="External" Id="rId510"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-4000/" TargetMode="External" Id="rId511"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-4000-tglass/" TargetMode="External" Id="rId512"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-5000/" TargetMode="External" Id="rId513"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-5000-tglass/" TargetMode="External" Id="rId514"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-6000/" TargetMode="External" Id="rId515"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-6000-tglass/" TargetMode="External" Id="rId516"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-3000/" TargetMode="External" Id="rId517"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-3000-tglass/" TargetMode="External" Id="rId518"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-4000/" TargetMode="External" Id="rId519"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-4000-tglass/" TargetMode="External" Id="rId520"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-5000/" TargetMode="External" Id="rId521"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-5000-tglass/" TargetMode="External" Id="rId522"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-6000/" TargetMode="External" Id="rId523"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-6000-tglass/" TargetMode="External" Id="rId524"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/3000k/" TargetMode="External" Id="rId525"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/3000-tglass/" TargetMode="External" Id="rId526"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/4000k/" TargetMode="External" Id="rId527"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/4000-tglass/" TargetMode="External" Id="rId528"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/5000-tglass/" TargetMode="External" Id="rId529"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/6000k/" TargetMode="External" Id="rId530"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/6000-tglass/" TargetMode="External" Id="rId531"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-3000/" TargetMode="External" Id="rId532"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-3000-tglass/" TargetMode="External" Id="rId533"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-4000/" TargetMode="External" Id="rId534"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-4000-tglass/" TargetMode="External" Id="rId535"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-5000/" TargetMode="External" Id="rId536"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-5000-tglass/" TargetMode="External" Id="rId537"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-6000/" TargetMode="External" Id="rId538"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-6000-tglass/" TargetMode="External" Id="rId539"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-3000/" TargetMode="External" Id="rId540"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-3000-tglass/" TargetMode="External" Id="rId541"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-4000/" TargetMode="External" Id="rId542"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-4000-tglass/" TargetMode="External" Id="rId543"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-5000/" TargetMode="External" Id="rId544"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-6000/" TargetMode="External" Id="rId545"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-5000-tglass/" TargetMode="External" Id="rId546"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-6000-tglass/" TargetMode="External" Id="rId547"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-3000/" TargetMode="External" Id="rId548"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-3000-tglass/" TargetMode="External" Id="rId549"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-4000/" TargetMode="External" Id="rId550"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-4000-tglass/" TargetMode="External" Id="rId551"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-5000/" TargetMode="External" Id="rId552"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-5000-tglass/" TargetMode="External" Id="rId553"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-6000/" TargetMode="External" Id="rId554"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-6000-tglass/" TargetMode="External" Id="rId555"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/" TargetMode="External" Id="rId556"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-3000/" TargetMode="External" Id="rId557"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-3000-tglass/" TargetMode="External" Id="rId558"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-4000/" TargetMode="External" Id="rId559"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-4000-tglass/" TargetMode="External" Id="rId560"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-5000/" TargetMode="External" Id="rId561"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-5000-tglass/" TargetMode="External" Id="rId562"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-6000/" TargetMode="External" Id="rId563"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-6000-tglass/" TargetMode="External" Id="rId564"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-3000/" TargetMode="External" Id="rId565"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-3000-tglass/" TargetMode="External" Id="rId566"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-4000/" TargetMode="External" Id="rId567"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-4000-tglass/" TargetMode="External" Id="rId568"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-5000/" TargetMode="External" Id="rId569"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-5000-tglass/" TargetMode="External" Id="rId570"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-6000/" TargetMode="External" Id="rId571"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-6000-tglass/" TargetMode="External" Id="rId572"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/3000k/" TargetMode="External" Id="rId573"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/3000-tglass/" TargetMode="External" Id="rId574"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/4000k/" TargetMode="External" Id="rId575"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/4000-tglass/" TargetMode="External" Id="rId576"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/5000-tglass/" TargetMode="External" Id="rId577"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/6000k/" TargetMode="External" Id="rId578"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/6000-tglass/" TargetMode="External" Id="rId579"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-3000/" TargetMode="External" Id="rId580"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-3000-tglass/" TargetMode="External" Id="rId581"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-4000/" TargetMode="External" Id="rId582"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-4000-tglass/" TargetMode="External" Id="rId583"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-5000/" TargetMode="External" Id="rId584"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-5000-tglass/" TargetMode="External" Id="rId585"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-6000/" TargetMode="External" Id="rId586"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-6000-tglass/" TargetMode="External" Id="rId587"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-3000/" TargetMode="External" Id="rId588"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-3000-tglass/" TargetMode="External" Id="rId589"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-4000/" TargetMode="External" Id="rId590"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-4000-tglass/" TargetMode="External" Id="rId591"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-5000/" TargetMode="External" Id="rId592"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-5000-tglass/" TargetMode="External" Id="rId593"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-6000/" TargetMode="External" Id="rId594"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-6000-tglass/" TargetMode="External" Id="rId595"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-3000/" TargetMode="External" Id="rId596"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-3000-tglass/" TargetMode="External" Id="rId597"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-4000/" TargetMode="External" Id="rId598"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-4000-tglass/" TargetMode="External" Id="rId599"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-5000/" TargetMode="External" Id="rId600"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-5000-tglass/" TargetMode="External" Id="rId601"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-6000/" TargetMode="External" Id="rId602"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-6000-tglass/" TargetMode="External" Id="rId603"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/" TargetMode="External" Id="rId604"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-3000/" TargetMode="External" Id="rId605"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-3000-tglass/" TargetMode="External" Id="rId606"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-4000/" TargetMode="External" Id="rId607"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-4000-tglass/" TargetMode="External" Id="rId608"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-5000/" TargetMode="External" Id="rId609"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-5000-tglass/" TargetMode="External" Id="rId610"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-6000/" TargetMode="External" Id="rId611"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-6000-tglass/" TargetMode="External" Id="rId612"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-3000/" TargetMode="External" Id="rId613"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-3000-tglass/" TargetMode="External" Id="rId614"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-4000/" TargetMode="External" Id="rId615"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-4000-tglass/" TargetMode="External" Id="rId616"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-5000/" TargetMode="External" Id="rId617"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-5000-tglass/" TargetMode="External" Id="rId618"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-6000/" TargetMode="External" Id="rId619"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-6000-tglass/" TargetMode="External" Id="rId620"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/3000k/" TargetMode="External" Id="rId621"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/3000-tglass/" TargetMode="External" Id="rId622"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/4000k/" TargetMode="External" Id="rId623"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/4000-tglass/" TargetMode="External" Id="rId624"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/5000-tglass/" TargetMode="External" Id="rId625"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/6000k/" TargetMode="External" Id="rId626"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/6000-tglass/" TargetMode="External" Id="rId627"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-3000/" TargetMode="External" Id="rId628"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-3000-tglass/" TargetMode="External" Id="rId629"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-4000/" TargetMode="External" Id="rId630"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-4000-tglass/" TargetMode="External" Id="rId631"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-5000/" TargetMode="External" Id="rId632"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-5000-tglass/" TargetMode="External" Id="rId633"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-6000/" TargetMode="External" Id="rId634"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-6000-tglass/" TargetMode="External" Id="rId635"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-3000/" TargetMode="External" Id="rId636"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-3000-tglass/" TargetMode="External" Id="rId637"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-4000/" TargetMode="External" Id="rId638"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-4000-tglass/" TargetMode="External" Id="rId639"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-5000/" TargetMode="External" Id="rId640"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-5000-tglass/" TargetMode="External" Id="rId641"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-6000/" TargetMode="External" Id="rId642"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-6000-tglass/" TargetMode="External" Id="rId643"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-3000/" TargetMode="External" Id="rId644"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-3000-tglass/" TargetMode="External" Id="rId645"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-4000/" TargetMode="External" Id="rId646"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-4000-tglass/" TargetMode="External" Id="rId647"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-5000/" TargetMode="External" Id="rId648"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-5000-tglass/" TargetMode="External" Id="rId649"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-6000/" TargetMode="External" Id="rId650"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-6000-tglass/" TargetMode="External" Id="rId651"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/" TargetMode="External" Id="rId652"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-3000/" TargetMode="External" Id="rId653"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-3000-tglass/" TargetMode="External" Id="rId654"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-4000/" TargetMode="External" Id="rId655"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-4000-tglass/" TargetMode="External" Id="rId656"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-5000/" TargetMode="External" Id="rId657"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-5000-tglass/" TargetMode="External" Id="rId658"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-6000/" TargetMode="External" Id="rId659"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-6000-tglass/" TargetMode="External" Id="rId660"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-3000/" TargetMode="External" Id="rId661"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-3000-tglass/" TargetMode="External" Id="rId662"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-4000/" TargetMode="External" Id="rId663"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-4000-tglass/" TargetMode="External" Id="rId664"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-5000/" TargetMode="External" Id="rId665"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-5000-tglass/" TargetMode="External" Id="rId666"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-6000/" TargetMode="External" Id="rId667"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-6000-tglass/" TargetMode="External" Id="rId668"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/3000k/" TargetMode="External" Id="rId669"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/3000-tglass/" TargetMode="External" Id="rId670"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/4000k/" TargetMode="External" Id="rId671"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/4000-tglass/" TargetMode="External" Id="rId672"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/5000-tglass/" TargetMode="External" Id="rId673"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/6000k/" TargetMode="External" Id="rId674"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/6000-tglass/" TargetMode="External" Id="rId675"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-3000/" TargetMode="External" Id="rId676"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-3000-tglass/" TargetMode="External" Id="rId677"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-4000/" TargetMode="External" Id="rId678"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-4000-tglass/" TargetMode="External" Id="rId679"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-5000/" TargetMode="External" Id="rId680"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-5000-tglass/" TargetMode="External" Id="rId681"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-6000/" TargetMode="External" Id="rId682"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-6000-tglass/" TargetMode="External" Id="rId683"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-3000/" TargetMode="External" Id="rId684"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-3000-tglass/" TargetMode="External" Id="rId685"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-4000/" TargetMode="External" Id="rId686"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-4000-tglass/" TargetMode="External" Id="rId687"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-5000/" TargetMode="External" Id="rId688"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-5000-tglass/" TargetMode="External" Id="rId689"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-6000/" TargetMode="External" Id="rId690"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-6000-tglass/" TargetMode="External" Id="rId691"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-3000/" TargetMode="External" Id="rId692"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-3000-tglass/" TargetMode="External" Id="rId693"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-4000/" TargetMode="External" Id="rId694"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-4000-tglass/" TargetMode="External" Id="rId695"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-5000/" TargetMode="External" Id="rId696"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-5000-tglass/" TargetMode="External" Id="rId697"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-6000/" TargetMode="External" Id="rId698"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-6000-tglass/" TargetMode="External" Id="rId699"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/" TargetMode="External" Id="rId700"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-3000/" TargetMode="External" Id="rId701"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-3000-tglass/" TargetMode="External" Id="rId702"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-4000/" TargetMode="External" Id="rId703"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-4000-tglass/" TargetMode="External" Id="rId704"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-5000/" TargetMode="External" Id="rId705"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-5000-tglass/" TargetMode="External" Id="rId706"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-6000/" TargetMode="External" Id="rId707"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-6000-tglass/" TargetMode="External" Id="rId708"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-3000/" TargetMode="External" Id="rId709"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-3000-tglass/" TargetMode="External" Id="rId710"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-4000/" TargetMode="External" Id="rId711"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-4000-tglass/" TargetMode="External" Id="rId712"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-5000/" TargetMode="External" Id="rId713"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-5000-tglass/" TargetMode="External" Id="rId714"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-6000/" TargetMode="External" Id="rId715"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-6000-tglass/" TargetMode="External" Id="rId716"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/3000k/" TargetMode="External" Id="rId717"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/3000-tglass/" TargetMode="External" Id="rId718"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/4000k/" TargetMode="External" Id="rId719"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/4000-tglass/" TargetMode="External" Id="rId720"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/5000-tglass/" TargetMode="External" Id="rId721"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/6000k/" TargetMode="External" Id="rId722"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/6000-tglass/" TargetMode="External" Id="rId723"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-3000/" TargetMode="External" Id="rId724"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-3000-tglass/" TargetMode="External" Id="rId725"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-4000/" TargetMode="External" Id="rId726"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-4000-tglass/" TargetMode="External" Id="rId727"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-5000/" TargetMode="External" Id="rId728"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-5000-tglass/" TargetMode="External" Id="rId729"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-6000/" TargetMode="External" Id="rId730"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-6000-tglass/" TargetMode="External" Id="rId731"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-3000/" TargetMode="External" Id="rId732"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-3000-tglass/" TargetMode="External" Id="rId733"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-4000/" TargetMode="External" Id="rId734"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-4000-tglass/" TargetMode="External" Id="rId735"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-5000/" TargetMode="External" Id="rId736"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-6000/" TargetMode="External" Id="rId737"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-5000-tglass/" TargetMode="External" Id="rId738"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-6000-tglass/" TargetMode="External" Id="rId739"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-3000/" TargetMode="External" Id="rId740"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-3000-tglass/" TargetMode="External" Id="rId741"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-4000/" TargetMode="External" Id="rId742"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-4000-tglass/" TargetMode="External" Id="rId743"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-5000/" TargetMode="External" Id="rId744"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-5000-tglass/" TargetMode="External" Id="rId745"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-6000/" TargetMode="External" Id="rId746"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-6000-tglass/" TargetMode="External" Id="rId747"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/" TargetMode="External" Id="rId748"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-3000/" TargetMode="External" Id="rId749"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-3000-tglass/" TargetMode="External" Id="rId750"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-4000/" TargetMode="External" Id="rId751"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-4000-tglass/" TargetMode="External" Id="rId752"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-5000/" TargetMode="External" Id="rId753"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-5000-tglass/" TargetMode="External" Id="rId754"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-6000/" TargetMode="External" Id="rId755"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-6000-tglass/" TargetMode="External" Id="rId756"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-3000/" TargetMode="External" Id="rId757"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-3000-tglass/" TargetMode="External" Id="rId758"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-4000/" TargetMode="External" Id="rId759"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-4000-tglass/" TargetMode="External" Id="rId760"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-5000/" TargetMode="External" Id="rId761"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-5000-tglass/" TargetMode="External" Id="rId762"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-6000/" TargetMode="External" Id="rId763"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-6000-tglass/" TargetMode="External" Id="rId764"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/3000k/" TargetMode="External" Id="rId765"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/3000-tglass/" TargetMode="External" Id="rId766"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/4000k/" TargetMode="External" Id="rId767"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/4000-tglass/" TargetMode="External" Id="rId768"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/5000-tglass/" TargetMode="External" Id="rId769"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/6000k/" TargetMode="External" Id="rId770"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/6000-tglass/" TargetMode="External" Id="rId771"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-3000/" TargetMode="External" Id="rId772"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-3000-tglass/" TargetMode="External" Id="rId773"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-4000/" TargetMode="External" Id="rId774"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-4000-tglass/" TargetMode="External" Id="rId775"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-5000/" TargetMode="External" Id="rId776"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-5000-tglass/" TargetMode="External" Id="rId777"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-6000/" TargetMode="External" Id="rId778"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-6000-tglass/" TargetMode="External" Id="rId779"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-3000/" TargetMode="External" Id="rId780"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-3000-tglass/" TargetMode="External" Id="rId781"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-4000/" TargetMode="External" Id="rId782"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-4000-tglass/" TargetMode="External" Id="rId783"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-5000/" TargetMode="External" Id="rId784"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-5000-tglass/" TargetMode="External" Id="rId785"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-6000/" TargetMode="External" Id="rId786"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-6000-tglass/" TargetMode="External" Id="rId787"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-3000/" TargetMode="External" Id="rId788"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-3000-tglass/" TargetMode="External" Id="rId789"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-4000/" TargetMode="External" Id="rId790"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-4000-tglass/" TargetMode="External" Id="rId791"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-5000/" TargetMode="External" Id="rId792"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-5000-tglass/" TargetMode="External" Id="rId793"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-6000/" TargetMode="External" Id="rId794"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-6000-tglass/" TargetMode="External" Id="rId795"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/" TargetMode="External" Id="rId796"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-3000/" TargetMode="External" Id="rId797"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-3000-tglass/" TargetMode="External" Id="rId798"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-4000/" TargetMode="External" Id="rId799"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-4000-tglass/" TargetMode="External" Id="rId800"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-5000/" TargetMode="External" Id="rId801"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-5000-tglass/" TargetMode="External" Id="rId802"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-6000/" TargetMode="External" Id="rId803"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-6000-tglass/" TargetMode="External" Id="rId804"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-3000/" TargetMode="External" Id="rId805"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-3000-tglass/" TargetMode="External" Id="rId806"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-4000/" TargetMode="External" Id="rId807"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-4000-tglass/" TargetMode="External" Id="rId808"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-5000/" TargetMode="External" Id="rId809"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-5000-tglass/" TargetMode="External" Id="rId810"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-6000/" TargetMode="External" Id="rId811"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-6000-tglass/" TargetMode="External" Id="rId812"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/3000k/" TargetMode="External" Id="rId813"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/3000-tglass/" TargetMode="External" Id="rId814"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/4000k/" TargetMode="External" Id="rId815"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/4000-tglass/" TargetMode="External" Id="rId816"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/5000-tglass/" TargetMode="External" Id="rId817"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/6000k/" TargetMode="External" Id="rId818"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/6000-tglass/" TargetMode="External" Id="rId819"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-3000/" TargetMode="External" Id="rId820"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-3000-tglass/" TargetMode="External" Id="rId821"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-4000/" TargetMode="External" Id="rId822"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-4000-tglass/" TargetMode="External" Id="rId823"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-5000/" TargetMode="External" Id="rId824"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-5000-tglass/" TargetMode="External" Id="rId825"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-6000/" TargetMode="External" Id="rId826"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-6000-tglass/" TargetMode="External" Id="rId827"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-3000/" TargetMode="External" Id="rId828"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-3000-tglass/" TargetMode="External" Id="rId829"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-4000/" TargetMode="External" Id="rId830"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-4000-tglass/" TargetMode="External" Id="rId831"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-5000/" TargetMode="External" Id="rId832"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-6000/" TargetMode="External" Id="rId833"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-5000-tglass/" TargetMode="External" Id="rId834"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-6000-tglass/" TargetMode="External" Id="rId835"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-3000/" TargetMode="External" Id="rId836"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-3000-tglass/" TargetMode="External" Id="rId837"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-4000/" TargetMode="External" Id="rId838"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-4000-tglass/" TargetMode="External" Id="rId839"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-5000/" TargetMode="External" Id="rId840"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-5000-tglass/" TargetMode="External" Id="rId841"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-6000/" TargetMode="External" Id="rId842"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-6000-tglass/" TargetMode="External" Id="rId843"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/" TargetMode="External" Id="rId844"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-3000/" TargetMode="External" Id="rId845"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-3000-tglass/" TargetMode="External" Id="rId846"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-4000/" TargetMode="External" Id="rId847"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-4000-tglass/" TargetMode="External" Id="rId848"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-5000/" TargetMode="External" Id="rId849"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-5000-tglass/" TargetMode="External" Id="rId850"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-6000/" TargetMode="External" Id="rId851"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-6000-tglass/" TargetMode="External" Id="rId852"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-3000/" TargetMode="External" Id="rId853"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-3000-tglass/" TargetMode="External" Id="rId854"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-4000/" TargetMode="External" Id="rId855"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-4000-tglass/" TargetMode="External" Id="rId856"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-5000/" TargetMode="External" Id="rId857"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-5000-tglass/" TargetMode="External" Id="rId858"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-6000/" TargetMode="External" Id="rId859"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-6000-tglass/" TargetMode="External" Id="rId860"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/3000k/" TargetMode="External" Id="rId861"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/3000-tglass/" TargetMode="External" Id="rId862"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/4000k/" TargetMode="External" Id="rId863"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/4000-tglass/" TargetMode="External" Id="rId864"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/5000-tglass/" TargetMode="External" Id="rId865"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/6000k/" TargetMode="External" Id="rId866"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/6000-tglass/" TargetMode="External" Id="rId867"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-3000/" TargetMode="External" Id="rId868"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-3000-tglass/" TargetMode="External" Id="rId869"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-4000/" TargetMode="External" Id="rId870"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-4000-tglass/" TargetMode="External" Id="rId871"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-5000/" TargetMode="External" Id="rId872"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-5000-tglass/" TargetMode="External" Id="rId873"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-6000/" TargetMode="External" Id="rId874"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-6000-tglass/" TargetMode="External" Id="rId875"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-3000/" TargetMode="External" Id="rId876"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-3000-tglass/" TargetMode="External" Id="rId877"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-4000/" TargetMode="External" Id="rId878"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-4000-tglass/" TargetMode="External" Id="rId879"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-5000/" TargetMode="External" Id="rId880"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-5000-tglass/" TargetMode="External" Id="rId881"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-6000/" TargetMode="External" Id="rId882"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-6000-tglass/" TargetMode="External" Id="rId883"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-3000/" TargetMode="External" Id="rId884"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-3000-tglass/" TargetMode="External" Id="rId885"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-4000/" TargetMode="External" Id="rId886"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-4000-tglass/" TargetMode="External" Id="rId887"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-5000/" TargetMode="External" Id="rId888"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-5000-tglass/" TargetMode="External" Id="rId889"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-6000/" TargetMode="External" Id="rId890"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-6000-tglass/" TargetMode="External" Id="rId891"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/" TargetMode="External" Id="rId892"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-3000/" TargetMode="External" Id="rId893"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-3000-tglass/" TargetMode="External" Id="rId894"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-4000/" TargetMode="External" Id="rId895"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-4000-tglass/" TargetMode="External" Id="rId896"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-5000/" TargetMode="External" Id="rId897"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-5000-tglass/" TargetMode="External" Id="rId898"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-6000/" TargetMode="External" Id="rId899"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-6000-tglass/" TargetMode="External" Id="rId900"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-3000/" TargetMode="External" Id="rId901"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-3000-tglass/" TargetMode="External" Id="rId902"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-4000/" TargetMode="External" Id="rId903"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-4000-tglass/" TargetMode="External" Id="rId904"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-5000/" TargetMode="External" Id="rId905"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-5000-tglass/" TargetMode="External" Id="rId906"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-6000/" TargetMode="External" Id="rId907"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-6000-tglass/" TargetMode="External" Id="rId908"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/3000k/" TargetMode="External" Id="rId909"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/3000-tglass/" TargetMode="External" Id="rId910"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/4000k/" TargetMode="External" Id="rId911"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/4000-tglass/" TargetMode="External" Id="rId912"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/5000-tglass/" TargetMode="External" Id="rId913"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/6000k/" TargetMode="External" Id="rId914"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/6000-tglass/" TargetMode="External" Id="rId915"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-3000/" TargetMode="External" Id="rId916"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-3000-tglass/" TargetMode="External" Id="rId917"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-4000/" TargetMode="External" Id="rId918"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-4000-tglass/" TargetMode="External" Id="rId919"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-5000/" TargetMode="External" Id="rId920"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-5000-tglass/" TargetMode="External" Id="rId921"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-6000/" TargetMode="External" Id="rId922"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-6000-tglass/" TargetMode="External" Id="rId923"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-3000/" TargetMode="External" Id="rId924"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-3000-tglass/" TargetMode="External" Id="rId925"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-4000/" TargetMode="External" Id="rId926"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-4000-tglass/" TargetMode="External" Id="rId927"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-5000/" TargetMode="External" Id="rId928"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-5000-tglass/" TargetMode="External" Id="rId929"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-6000/" TargetMode="External" Id="rId930"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-6000-tglass/" TargetMode="External" Id="rId931"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-3000/" TargetMode="External" Id="rId932"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-3000-tglass/" TargetMode="External" Id="rId933"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-4000/" TargetMode="External" Id="rId934"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-4000-tglass/" TargetMode="External" Id="rId935"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-5000/" TargetMode="External" Id="rId936"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-5000-tglass/" TargetMode="External" Id="rId937"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-6000/" TargetMode="External" Id="rId938"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-6000-tglass/" TargetMode="External" Id="rId939"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/" TargetMode="External" Id="rId940"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-3000/" TargetMode="External" Id="rId941"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-3000-tglass/" TargetMode="External" Id="rId942"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-4000/" TargetMode="External" Id="rId943"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-4000-tglass/" TargetMode="External" Id="rId944"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-5000/" TargetMode="External" Id="rId945"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-5000-tglass/" TargetMode="External" Id="rId946"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-6000/" TargetMode="External" Id="rId947"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-6000-tglass/" TargetMode="External" Id="rId948"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-3000/" TargetMode="External" Id="rId949"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-3000-tglass/" TargetMode="External" Id="rId950"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-4000/" TargetMode="External" Id="rId951"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-4000-tglass/" TargetMode="External" Id="rId952"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-5000/" TargetMode="External" Id="rId953"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-5000-tglass/" TargetMode="External" Id="rId954"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-6000/" TargetMode="External" Id="rId955"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-6000-tglass/" TargetMode="External" Id="rId956"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/3000k/" TargetMode="External" Id="rId957"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/3000-tglass/" TargetMode="External" Id="rId958"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/4000k/" TargetMode="External" Id="rId959"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/4000-tglass/" TargetMode="External" Id="rId960"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/5000-tglass/" TargetMode="External" Id="rId961"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/6000k/" TargetMode="External" Id="rId962"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/6000-tglass/" TargetMode="External" Id="rId963"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-3000/" TargetMode="External" Id="rId964"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-3000-tglass/" TargetMode="External" Id="rId965"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-4000/" TargetMode="External" Id="rId966"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-4000-tglass/" TargetMode="External" Id="rId967"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-5000/" TargetMode="External" Id="rId968"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-5000-tglass/" TargetMode="External" Id="rId969"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-6000/" TargetMode="External" Id="rId970"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-6000-tglass/" TargetMode="External" Id="rId971"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-3000/" TargetMode="External" Id="rId972"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-3000-tglass/" TargetMode="External" Id="rId973"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-4000/" TargetMode="External" Id="rId974"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-4000-tglass/" TargetMode="External" Id="rId975"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-5000/" TargetMode="External" Id="rId976"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-5000-tglass/" TargetMode="External" Id="rId977"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-6000/" TargetMode="External" Id="rId978"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-6000-tglass/" TargetMode="External" Id="rId979"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-3000/" TargetMode="External" Id="rId980"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-3000-tglass/" TargetMode="External" Id="rId981"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-4000/" TargetMode="External" Id="rId982"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-4000-tglass/" TargetMode="External" Id="rId983"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-5000/" TargetMode="External" Id="rId984"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-5000-tglass/" TargetMode="External" Id="rId985"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-6000/" TargetMode="External" Id="rId986"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-6000-tglass/" TargetMode="External" Id="rId987"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/" TargetMode="External" Id="rId988"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-3000/" TargetMode="External" Id="rId989"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-3000-tglass/" TargetMode="External" Id="rId990"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-4000/" TargetMode="External" Id="rId991"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-4000-tglass/" TargetMode="External" Id="rId992"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-5000/" TargetMode="External" Id="rId993"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-5000-tglass/" TargetMode="External" Id="rId994"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-6000/" TargetMode="External" Id="rId995"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-6000-tglass/" TargetMode="External" Id="rId996"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-3000/" TargetMode="External" Id="rId997"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-3000-tglass/" TargetMode="External" Id="rId998"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-4000/" TargetMode="External" Id="rId999"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-4000-tglass/" TargetMode="External" Id="rId1000"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-5000/" TargetMode="External" Id="rId1001"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-5000-tglass/" TargetMode="External" Id="rId1002"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-6000/" TargetMode="External" Id="rId1003"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-6000-tglass/" TargetMode="External" Id="rId1004"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/3000k/" TargetMode="External" Id="rId1005"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/3000-tglass/" TargetMode="External" Id="rId1006"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/4000k/" TargetMode="External" Id="rId1007"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/4000-tglass/" TargetMode="External" Id="rId1008"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/5000-tglass/" TargetMode="External" Id="rId1009"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/6000k/" TargetMode="External" Id="rId1010"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/6000-tglass/" TargetMode="External" Id="rId1011"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-3000/" TargetMode="External" Id="rId1012"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-3000-tglass/" TargetMode="External" Id="rId1013"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-4000/" TargetMode="External" Id="rId1014"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-4000-tglass/" TargetMode="External" Id="rId1015"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-5000/" TargetMode="External" Id="rId1016"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-5000-tglass/" TargetMode="External" Id="rId1017"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-6000/" TargetMode="External" Id="rId1018"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-6000-tglass/" TargetMode="External" Id="rId1019"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-3000/" TargetMode="External" Id="rId1020"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-3000-tglass/" TargetMode="External" Id="rId1021"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-4000/" TargetMode="External" Id="rId1022"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-4000-tglass/" TargetMode="External" Id="rId1023"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-5000/" TargetMode="External" Id="rId1024"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-5000-tglass/" TargetMode="External" Id="rId1025"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-6000/" TargetMode="External" Id="rId1026"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-6000-tglass/" TargetMode="External" Id="rId1027"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-3000/" TargetMode="External" Id="rId1028"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-3000-tglass/" TargetMode="External" Id="rId1029"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-4000/" TargetMode="External" Id="rId1030"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-4000-tglass/" TargetMode="External" Id="rId1031"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-5000/" TargetMode="External" Id="rId1032"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-5000-tglass/" TargetMode="External" Id="rId1033"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-6000/" TargetMode="External" Id="rId1034"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-6000-tglass/" TargetMode="External" Id="rId1035"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/" TargetMode="External" Id="rId1036"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-3000/" TargetMode="External" Id="rId1037"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-3000-tglass/" TargetMode="External" Id="rId1038"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-4000/" TargetMode="External" Id="rId1039"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-4000-tglass/" TargetMode="External" Id="rId1040"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-5000/" TargetMode="External" Id="rId1041"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-5000-tglass/" TargetMode="External" Id="rId1042"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-6000/" TargetMode="External" Id="rId1043"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-6000-tglass/" TargetMode="External" Id="rId1044"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-3000/" TargetMode="External" Id="rId1045"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-3000-tglass/" TargetMode="External" Id="rId1046"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-4000/" TargetMode="External" Id="rId1047"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-4000-tglass/" TargetMode="External" Id="rId1048"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-5000/" TargetMode="External" Id="rId1049"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-5000-tglass/" TargetMode="External" Id="rId1050"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-6000/" TargetMode="External" Id="rId1051"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-6000-tglass/" TargetMode="External" Id="rId1052"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/3000k/" TargetMode="External" Id="rId1053"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/3000-tglass/" TargetMode="External" Id="rId1054"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/4000k/" TargetMode="External" Id="rId1055"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/4000-tglass/" TargetMode="External" Id="rId1056"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/5000-tglass/" TargetMode="External" Id="rId1057"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/6000k/" TargetMode="External" Id="rId1058"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/6000-tglass/" TargetMode="External" Id="rId1059"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-3000/" TargetMode="External" Id="rId1060"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-3000-tglass/" TargetMode="External" Id="rId1061"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-4000/" TargetMode="External" Id="rId1062"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-4000-tglass/" TargetMode="External" Id="rId1063"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-5000/" TargetMode="External" Id="rId1064"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-5000-tglass/" TargetMode="External" Id="rId1065"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-6000/" TargetMode="External" Id="rId1066"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-6000-tglass/" TargetMode="External" Id="rId1067"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-3000/" TargetMode="External" Id="rId1068"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-3000-tglass/" TargetMode="External" Id="rId1069"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-4000/" TargetMode="External" Id="rId1070"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-4000-tglass/" TargetMode="External" Id="rId1071"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-5000/" TargetMode="External" Id="rId1072"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-6000/" TargetMode="External" Id="rId1073"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-5000-tglass/" TargetMode="External" Id="rId1074"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-6000-tglass/" TargetMode="External" Id="rId1075"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-3000/" TargetMode="External" Id="rId1076"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-3000-tglass/" TargetMode="External" Id="rId1077"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-4000/" TargetMode="External" Id="rId1078"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-4000-tglass/" TargetMode="External" Id="rId1079"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-5000/" TargetMode="External" Id="rId1080"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-5000-tglass/" TargetMode="External" Id="rId1081"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-6000/" TargetMode="External" Id="rId1082"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-6000-tglass/" TargetMode="External" Id="rId1083"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/" TargetMode="External" Id="rId1084"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-3000/" TargetMode="External" Id="rId1085"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-3000-tglass/" TargetMode="External" Id="rId1086"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-4000/" TargetMode="External" Id="rId1087"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-4000-tglass/" TargetMode="External" Id="rId1088"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-5000/" TargetMode="External" Id="rId1089"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-5000-tglass/" TargetMode="External" Id="rId1090"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-6000/" TargetMode="External" Id="rId1091"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-6000-tglass/" TargetMode="External" Id="rId1092"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-3000/" TargetMode="External" Id="rId1093"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-3000-tglass/" TargetMode="External" Id="rId1094"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-4000/" TargetMode="External" Id="rId1095"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-4000-tglass/" TargetMode="External" Id="rId1096"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-5000/" TargetMode="External" Id="rId1097"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-5000-tglass/" TargetMode="External" Id="rId1098"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-6000/" TargetMode="External" Id="rId1099"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-6000-tglass/" TargetMode="External" Id="rId1100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/3000k/" TargetMode="External" Id="rId1101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/3000-tglass/" TargetMode="External" Id="rId1102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/4000k/" TargetMode="External" Id="rId1103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/4000-tglass/" TargetMode="External" Id="rId1104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/5000-tglass/" TargetMode="External" Id="rId1105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/6000k/" TargetMode="External" Id="rId1106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/6000-tglass/" TargetMode="External" Id="rId1107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-3000/" TargetMode="External" Id="rId1108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-3000-tglass/" TargetMode="External" Id="rId1109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-4000/" TargetMode="External" Id="rId1110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-4000-tglass/" TargetMode="External" Id="rId1111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-5000/" TargetMode="External" Id="rId1112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-5000-tglass/" TargetMode="External" Id="rId1113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-6000/" TargetMode="External" Id="rId1114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-6000-tglass/" TargetMode="External" Id="rId1115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-3000/" TargetMode="External" Id="rId1116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-3000-tglass/" TargetMode="External" Id="rId1117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-4000/" TargetMode="External" Id="rId1118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-4000-tglass/" TargetMode="External" Id="rId1119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-5000/" TargetMode="External" Id="rId1120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-5000-tglass/" TargetMode="External" Id="rId1121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-6000/" TargetMode="External" Id="rId1122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-6000-tglass/" TargetMode="External" Id="rId1123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-3000/" TargetMode="External" Id="rId1124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-3000-tglass/" TargetMode="External" Id="rId1125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-4000/" TargetMode="External" Id="rId1126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-4000-tglass/" TargetMode="External" Id="rId1127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-5000/" TargetMode="External" Id="rId1128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-5000-tglass/" TargetMode="External" Id="rId1129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-6000/" TargetMode="External" Id="rId1130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-6000-tglass/" TargetMode="External" Id="rId1131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-okta-50/" TargetMode="External" Id="rId1132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-30/" TargetMode="External" Id="rId1133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-50/" TargetMode="External" Id="rId1134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-70/" TargetMode="External" Id="rId1135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-90/" TargetMode="External" Id="rId1136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-220/" TargetMode="External" Id="rId1137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-360/" TargetMode="External" Id="rId1138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-deka-120/" TargetMode="External" Id="rId1139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-deka-140/" TargetMode="External" Id="rId1140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-deka-150/" TargetMode="External" Id="rId1141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-deka-160/" TargetMode="External" Id="rId1142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/5svet-nn-ssdp-03-deka-180/" TargetMode="External" Id="rId1143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-deka-200/" TargetMode="External" Id="rId1144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-okta-100/" TargetMode="External" Id="rId1145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-okta-70/" TargetMode="External" Id="rId1146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-okta-80/" TargetMode="External" Id="rId1147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-okta-90/" TargetMode="External" Id="rId1148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-sota-10/" TargetMode="External" Id="rId1149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-sota-20/" TargetMode="External" Id="rId1150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-sota-30/" TargetMode="External" Id="rId1151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-sota-40/" TargetMode="External" Id="rId1152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/promyshlennyj-svetodiodnyj-svetilnik-ssdp-03-040-014-ip65-segment-40/" TargetMode="External" Id="rId1153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/promyshlennyj-svetodiodnyj-svetilnik-ssdp-03-050-014-ip65-segment-50/" TargetMode="External" Id="rId1154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/promyshlennyj-svetodiodnyj-svetilnik-ssdp-03-100-014-ip65-segment-100/" TargetMode="External" Id="rId1155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/promyshlennyj-svetodiodnyj-svetilnik-ssdp-03-150-014-ip65-segment-150/" TargetMode="External" Id="rId1156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/promyshlennyj-svetodiodnyj-svetilnik-ssdp-03-200-014-ip65-segment-200/" TargetMode="External" Id="rId1157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-010-001-ip65-praktik-10/" TargetMode="External" Id="rId1158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-020-001-ip65-praktik-20/" TargetMode="External" Id="rId1159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-030-001-ip65-praktik-30/" TargetMode="External" Id="rId1160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-040-001-ip65-praktik-40/" TargetMode="External" Id="rId1161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-050-001-ip65-praktik-50/" TargetMode="External" Id="rId1162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-060-001-ip65-praktik-60/" TargetMode="External" Id="rId1163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-070-001-ip65-praktik-70/" TargetMode="External" Id="rId1164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-080-001-ip65-praktik-80/" TargetMode="External" Id="rId1165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-090-001-ip65-praktik-90/" TargetMode="External" Id="rId1166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-100-001-ip65-praktik-100/" TargetMode="External" Id="rId1167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-110-001-ip65-praktik-110/" TargetMode="External" Id="rId1168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-120-001-ip65-praktik-120/" TargetMode="External" Id="rId1169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-130-001-ip65-praktik-130/" TargetMode="External" Id="rId1170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-140-001-ip65-praktik-140/" TargetMode="External" Id="rId1171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-150-001-ip65-praktik-150/" TargetMode="External" Id="rId1172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-160-001-ip65-praktik-160/" TargetMode="External" Id="rId1173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-170-001-ip65-praktik-170/" TargetMode="External" Id="rId1174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-180-001-ip65-praktik-180/" TargetMode="External" Id="rId1175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-190-001-ip65-praktik-190/" TargetMode="External" Id="rId1176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-200-001-ip65-praktik-200/" TargetMode="External" Id="rId1177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-20/" TargetMode="External" Id="rId1178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-30/" TargetMode="External" Id="rId1179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-35/" TargetMode="External" Id="rId1180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-40/" TargetMode="External" Id="rId1181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-45/" TargetMode="External" Id="rId1182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-50/" TargetMode="External" Id="rId1183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-60/" TargetMode="External" Id="rId1184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-70/" TargetMode="External" Id="rId1185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-80/" TargetMode="External" Id="rId1186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-opal-20/" TargetMode="External" Id="rId1187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-opal-30/" TargetMode="External" Id="rId1188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-opal-40/" TargetMode="External" Id="rId1189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-opal-50/" TargetMode="External" Id="rId1190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-opal-10/" TargetMode="External" Id="rId1191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1192"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru" TargetMode="External" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@top-svet.ru" TargetMode="External" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/xlsx/" TargetMode="External" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-okta-60/" TargetMode="External" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-100/" TargetMode="External" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-100/g60-5000/" TargetMode="External" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-100/g90-5000/" TargetMode="External" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-100/k25-5000/" TargetMode="External" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-100/l145-5000/" TargetMode="External" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-100/sh155-5000/" TargetMode="External" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-10/" TargetMode="External" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-200/" TargetMode="External" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/" TargetMode="External" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-3000/" TargetMode="External" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-3000-tglass/" TargetMode="External" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-4000/" TargetMode="External" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-4000-tglass/" TargetMode="External" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-5000/" TargetMode="External" Id="rId18"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-5000-tglass/" TargetMode="External" Id="rId19"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-6000/" TargetMode="External" Id="rId20"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g60-6000-tglass/" TargetMode="External" Id="rId21"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-3000/" TargetMode="External" Id="rId22"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-3000-tglass/" TargetMode="External" Id="rId23"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-4000/" TargetMode="External" Id="rId24"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-4000-tglass/" TargetMode="External" Id="rId25"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-5000/" TargetMode="External" Id="rId26"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-5000-tglass/" TargetMode="External" Id="rId27"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-6000/" TargetMode="External" Id="rId28"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/g90-6000-tglass/" TargetMode="External" Id="rId29"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/3000k/" TargetMode="External" Id="rId30"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/3000-tglass/" TargetMode="External" Id="rId31"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/4000k/" TargetMode="External" Id="rId32"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/4000-tglass/" TargetMode="External" Id="rId33"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/5000-tglass/" TargetMode="External" Id="rId34"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/6000k/" TargetMode="External" Id="rId35"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/6000-tglass/" TargetMode="External" Id="rId36"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-3000/" TargetMode="External" Id="rId37"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-3000-tglass/" TargetMode="External" Id="rId38"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-4000/" TargetMode="External" Id="rId39"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-4000-tglass/" TargetMode="External" Id="rId40"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-5000/" TargetMode="External" Id="rId41"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-5000-tglass/" TargetMode="External" Id="rId42"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-6000/" TargetMode="External" Id="rId43"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/k25-6000-tglass/" TargetMode="External" Id="rId44"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-3000/" TargetMode="External" Id="rId45"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-3000-tglass/" TargetMode="External" Id="rId46"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-4000/" TargetMode="External" Id="rId47"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-4000-tglass/" TargetMode="External" Id="rId48"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-5000/" TargetMode="External" Id="rId49"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-5000-tglass/" TargetMode="External" Id="rId50"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-6000/" TargetMode="External" Id="rId51"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/l145-6000-tglass/" TargetMode="External" Id="rId52"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-3000/" TargetMode="External" Id="rId53"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-3000-tglass/" TargetMode="External" Id="rId54"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-4000/" TargetMode="External" Id="rId55"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-4000-tglass/" TargetMode="External" Id="rId56"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-5000/" TargetMode="External" Id="rId57"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-5000-tglass/" TargetMode="External" Id="rId58"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-6000/" TargetMode="External" Id="rId59"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-20/sh155-6000-tglass/" TargetMode="External" Id="rId60"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/" TargetMode="External" Id="rId61"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-3000/" TargetMode="External" Id="rId62"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-3000-tglass/" TargetMode="External" Id="rId63"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-4000/" TargetMode="External" Id="rId64"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-4000-tglass/" TargetMode="External" Id="rId65"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-5000/" TargetMode="External" Id="rId66"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-5000-tglass/" TargetMode="External" Id="rId67"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-6000/" TargetMode="External" Id="rId68"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g60-6000-tglass/" TargetMode="External" Id="rId69"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-3000/" TargetMode="External" Id="rId70"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-3000-tglass/" TargetMode="External" Id="rId71"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-4000/" TargetMode="External" Id="rId72"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-4000-tglass/" TargetMode="External" Id="rId73"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-5000/" TargetMode="External" Id="rId74"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-5000-tglass/" TargetMode="External" Id="rId75"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-6000/" TargetMode="External" Id="rId76"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/g90-6000-tglass/" TargetMode="External" Id="rId77"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/3000k/" TargetMode="External" Id="rId78"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/3000-tglass/" TargetMode="External" Id="rId79"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/4000k/" TargetMode="External" Id="rId80"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/4000-tglass/" TargetMode="External" Id="rId81"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/5000-tglass/" TargetMode="External" Id="rId82"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/6000k/" TargetMode="External" Id="rId83"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/6000-tglass/" TargetMode="External" Id="rId84"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-3000/" TargetMode="External" Id="rId85"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-3000-tglass/" TargetMode="External" Id="rId86"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-4000/" TargetMode="External" Id="rId87"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-4000-tglass/" TargetMode="External" Id="rId88"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-5000/" TargetMode="External" Id="rId89"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-5000-tglass/" TargetMode="External" Id="rId90"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-6000/" TargetMode="External" Id="rId91"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/k25-6000-tglass/" TargetMode="External" Id="rId92"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-3000/" TargetMode="External" Id="rId93"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-3000-tglass/" TargetMode="External" Id="rId94"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-4000/" TargetMode="External" Id="rId95"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-4000-tglass/" TargetMode="External" Id="rId96"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-5000/" TargetMode="External" Id="rId97"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-6000/" TargetMode="External" Id="rId98"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-5000-tglass/" TargetMode="External" Id="rId99"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/l145-6000-tglass/" TargetMode="External" Id="rId100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-3000/" TargetMode="External" Id="rId101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-3000-tglass/" TargetMode="External" Id="rId102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-4000/" TargetMode="External" Id="rId103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-4000-tglass/" TargetMode="External" Id="rId104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-5000/" TargetMode="External" Id="rId105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-5000-tglass/" TargetMode="External" Id="rId106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-6000/" TargetMode="External" Id="rId107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-30/sh155-6000-tglass/" TargetMode="External" Id="rId108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/" TargetMode="External" Id="rId109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-3000/" TargetMode="External" Id="rId110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-3000-tglass/" TargetMode="External" Id="rId111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-4000/" TargetMode="External" Id="rId112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-4000-tglass/" TargetMode="External" Id="rId113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-5000/" TargetMode="External" Id="rId114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-5000-tglass/" TargetMode="External" Id="rId115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-6000/" TargetMode="External" Id="rId116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g60-6000-tglass/" TargetMode="External" Id="rId117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-3000/" TargetMode="External" Id="rId118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-3000-tglass/" TargetMode="External" Id="rId119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-4000/" TargetMode="External" Id="rId120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-4000-tglass/" TargetMode="External" Id="rId121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-5000/" TargetMode="External" Id="rId122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-5000-tglass/" TargetMode="External" Id="rId123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-6000/" TargetMode="External" Id="rId124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/g90-6000-tglass/" TargetMode="External" Id="rId125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/3000k/" TargetMode="External" Id="rId126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/3000-tglass/" TargetMode="External" Id="rId127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/4000k/" TargetMode="External" Id="rId128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/4000-tglass/" TargetMode="External" Id="rId129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/5000-tglass/" TargetMode="External" Id="rId130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/6000k/" TargetMode="External" Id="rId131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/6000-tglass/" TargetMode="External" Id="rId132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-3000/" TargetMode="External" Id="rId133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-3000-tglass/" TargetMode="External" Id="rId134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-4000/" TargetMode="External" Id="rId135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-4000-tglass/" TargetMode="External" Id="rId136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-5000/" TargetMode="External" Id="rId137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-5000-tglass/" TargetMode="External" Id="rId138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-6000/" TargetMode="External" Id="rId139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/k25-6000-tglass/" TargetMode="External" Id="rId140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-3000/" TargetMode="External" Id="rId141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-3000-tglass/" TargetMode="External" Id="rId142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-4000/" TargetMode="External" Id="rId143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-4000-tglass/" TargetMode="External" Id="rId144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-5000/" TargetMode="External" Id="rId145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-5000-tglass/" TargetMode="External" Id="rId146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-6000/" TargetMode="External" Id="rId147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/l145-6000-tglass/" TargetMode="External" Id="rId148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-3000/" TargetMode="External" Id="rId149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-3000-tglass/" TargetMode="External" Id="rId150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-4000/" TargetMode="External" Id="rId151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-4000-tglass/" TargetMode="External" Id="rId152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-5000/" TargetMode="External" Id="rId153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-5000-tglass/" TargetMode="External" Id="rId154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-6000/" TargetMode="External" Id="rId155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-40/sh155-6000-tglass/" TargetMode="External" Id="rId156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/" TargetMode="External" Id="rId157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-3000/" TargetMode="External" Id="rId158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-3000-tglass/" TargetMode="External" Id="rId159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-4000/" TargetMode="External" Id="rId160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-4000-tglass/" TargetMode="External" Id="rId161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-5000/" TargetMode="External" Id="rId162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-5000-tglass/" TargetMode="External" Id="rId163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-6000/" TargetMode="External" Id="rId164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g60-6000-tglass/" TargetMode="External" Id="rId165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-3000/" TargetMode="External" Id="rId166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-3000-tglass/" TargetMode="External" Id="rId167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-4000/" TargetMode="External" Id="rId168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-4000-tglass/" TargetMode="External" Id="rId169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-5000/" TargetMode="External" Id="rId170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-5000-tglass/" TargetMode="External" Id="rId171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-6000/" TargetMode="External" Id="rId172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/g90-6000-tglass/" TargetMode="External" Id="rId173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/3000k/" TargetMode="External" Id="rId174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/3000-tglass/" TargetMode="External" Id="rId175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/4000k/" TargetMode="External" Id="rId176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/4000-tglass/" TargetMode="External" Id="rId177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/5000-tglass/" TargetMode="External" Id="rId178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/6000k/" TargetMode="External" Id="rId179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/6000-tglass/" TargetMode="External" Id="rId180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-3000/" TargetMode="External" Id="rId181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-3000-tglass/" TargetMode="External" Id="rId182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-4000/" TargetMode="External" Id="rId183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-4000-tglass/" TargetMode="External" Id="rId184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-5000/" TargetMode="External" Id="rId185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-5000-tglass/" TargetMode="External" Id="rId186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-6000/" TargetMode="External" Id="rId187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/k25-6000-tglass/" TargetMode="External" Id="rId188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-3000/" TargetMode="External" Id="rId189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-3000-tglass/" TargetMode="External" Id="rId190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-4000/" TargetMode="External" Id="rId191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-4000-tglass/" TargetMode="External" Id="rId192"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-5000/" TargetMode="External" Id="rId193"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-6000/" TargetMode="External" Id="rId194"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-5000-tglass/" TargetMode="External" Id="rId195"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/l145-6000-tglass/" TargetMode="External" Id="rId196"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-3000/" TargetMode="External" Id="rId197"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-3000-tglass/" TargetMode="External" Id="rId198"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-4000/" TargetMode="External" Id="rId199"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-4000-tglass/" TargetMode="External" Id="rId200"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-5000/" TargetMode="External" Id="rId201"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-5000-tglass/" TargetMode="External" Id="rId202"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-6000/" TargetMode="External" Id="rId203"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-50/sh155-6000-tglass/" TargetMode="External" Id="rId204"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/" TargetMode="External" Id="rId205"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-3000/" TargetMode="External" Id="rId206"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-3000-tglass/" TargetMode="External" Id="rId207"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-4000/" TargetMode="External" Id="rId208"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-4000-tglass/" TargetMode="External" Id="rId209"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-5000/" TargetMode="External" Id="rId210"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-5000-tglass/" TargetMode="External" Id="rId211"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-6000/" TargetMode="External" Id="rId212"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g60-6000-tglass/" TargetMode="External" Id="rId213"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-3000/" TargetMode="External" Id="rId214"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-3000-tglass/" TargetMode="External" Id="rId215"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-4000/" TargetMode="External" Id="rId216"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-4000-tglass/" TargetMode="External" Id="rId217"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-5000/" TargetMode="External" Id="rId218"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-5000-tglass/" TargetMode="External" Id="rId219"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-6000/" TargetMode="External" Id="rId220"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/g90-6000-tglass/" TargetMode="External" Id="rId221"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/3000k/" TargetMode="External" Id="rId222"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/3000-tglass/" TargetMode="External" Id="rId223"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/4000k/" TargetMode="External" Id="rId224"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/4000-tglass/" TargetMode="External" Id="rId225"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/5000-tglass/" TargetMode="External" Id="rId226"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/6000k/" TargetMode="External" Id="rId227"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/6000-tglass/" TargetMode="External" Id="rId228"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-3000/" TargetMode="External" Id="rId229"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-3000-tglass/" TargetMode="External" Id="rId230"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-4000/" TargetMode="External" Id="rId231"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-4000-tglass/" TargetMode="External" Id="rId232"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-5000/" TargetMode="External" Id="rId233"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-5000-tglass/" TargetMode="External" Id="rId234"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-6000/" TargetMode="External" Id="rId235"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/k25-6000-tglass/" TargetMode="External" Id="rId236"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-3000/" TargetMode="External" Id="rId237"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-3000-tglass/" TargetMode="External" Id="rId238"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-4000/" TargetMode="External" Id="rId239"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-4000-tglass/" TargetMode="External" Id="rId240"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-5000/" TargetMode="External" Id="rId241"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-5000-tglass/" TargetMode="External" Id="rId242"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-6000/" TargetMode="External" Id="rId243"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/l145-6000-tglass/" TargetMode="External" Id="rId244"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-3000/" TargetMode="External" Id="rId245"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-3000-tglass/" TargetMode="External" Id="rId246"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-4000/" TargetMode="External" Id="rId247"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-4000-tglass/" TargetMode="External" Id="rId248"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-5000/" TargetMode="External" Id="rId249"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-5000-tglass/" TargetMode="External" Id="rId250"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-6000/" TargetMode="External" Id="rId251"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-60/sh155-6000-tglass/" TargetMode="External" Id="rId252"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-70/" TargetMode="External" Id="rId253"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-80/" TargetMode="External" Id="rId254"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-80/g60-5000/" TargetMode="External" Id="rId255"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-80/g90-5000/" TargetMode="External" Id="rId256"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-80/k25-5000/" TargetMode="External" Id="rId257"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-80/l145-5000/" TargetMode="External" Id="rId258"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-80/sh155-5000/" TargetMode="External" Id="rId259"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-breeze-90/" TargetMode="External" Id="rId260"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-100/" TargetMode="External" Id="rId261"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-10/" TargetMode="External" Id="rId262"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-20/" TargetMode="External" Id="rId263"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-40/" TargetMode="External" Id="rId264"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-60/" TargetMode="External" Id="rId265"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-80/" TargetMode="External" Id="rId266"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/" TargetMode="External" Id="rId267"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-3000/" TargetMode="External" Id="rId268"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-3000-tglass/" TargetMode="External" Id="rId269"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-4000/" TargetMode="External" Id="rId270"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-4000-tglass/" TargetMode="External" Id="rId271"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-5000/" TargetMode="External" Id="rId272"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-5000-tglass/" TargetMode="External" Id="rId273"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-6000/" TargetMode="External" Id="rId274"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g60-6000-tglass/" TargetMode="External" Id="rId275"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-3000/" TargetMode="External" Id="rId276"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-3000-tglass/" TargetMode="External" Id="rId277"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-4000/" TargetMode="External" Id="rId278"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-4000-tglass/" TargetMode="External" Id="rId279"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-5000/" TargetMode="External" Id="rId280"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-5000-tglass/" TargetMode="External" Id="rId281"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-6000/" TargetMode="External" Id="rId282"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/g90-6000-tglass/" TargetMode="External" Id="rId283"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/3000k/" TargetMode="External" Id="rId284"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/3000-tglass/" TargetMode="External" Id="rId285"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/4000k/" TargetMode="External" Id="rId286"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/4000-tglass/" TargetMode="External" Id="rId287"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/5000-tglass/" TargetMode="External" Id="rId288"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/6000k/" TargetMode="External" Id="rId289"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/6000-tglass/" TargetMode="External" Id="rId290"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-3000/" TargetMode="External" Id="rId291"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-3000-tglass/" TargetMode="External" Id="rId292"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-4000/" TargetMode="External" Id="rId293"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-4000-tglass/" TargetMode="External" Id="rId294"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-5000/" TargetMode="External" Id="rId295"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-5000-tglass/" TargetMode="External" Id="rId296"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-6000/" TargetMode="External" Id="rId297"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/k25-6000-tglass/" TargetMode="External" Id="rId298"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-3000/" TargetMode="External" Id="rId299"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-3000-tglass/" TargetMode="External" Id="rId300"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-4000/" TargetMode="External" Id="rId301"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-4000-tglass/" TargetMode="External" Id="rId302"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-5000/" TargetMode="External" Id="rId303"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-5000-tglass/" TargetMode="External" Id="rId304"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-6000/" TargetMode="External" Id="rId305"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/l145-6000-tglass/" TargetMode="External" Id="rId306"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-3000/" TargetMode="External" Id="rId307"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-3000-tglass/" TargetMode="External" Id="rId308"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-4000/" TargetMode="External" Id="rId309"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-4000-tglass/" TargetMode="External" Id="rId310"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-5000/" TargetMode="External" Id="rId311"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-5000-tglass/" TargetMode="External" Id="rId312"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-6000/" TargetMode="External" Id="rId313"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-100/sh155-6000-tglass/" TargetMode="External" Id="rId314"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-10/" TargetMode="External" Id="rId315"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/" TargetMode="External" Id="rId316"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-3000/" TargetMode="External" Id="rId317"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-3000-tglass/" TargetMode="External" Id="rId318"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-4000/" TargetMode="External" Id="rId319"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-4000-tglass/" TargetMode="External" Id="rId320"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-5000/" TargetMode="External" Id="rId321"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-5000-tglass/" TargetMode="External" Id="rId322"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-6000/" TargetMode="External" Id="rId323"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g60-6000-tglass/" TargetMode="External" Id="rId324"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-3000/" TargetMode="External" Id="rId325"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-3000-tglass/" TargetMode="External" Id="rId326"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-4000/" TargetMode="External" Id="rId327"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-4000-tglass/" TargetMode="External" Id="rId328"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-5000/" TargetMode="External" Id="rId329"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-5000-tglass/" TargetMode="External" Id="rId330"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-6000/" TargetMode="External" Id="rId331"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/g90-6000-tglass/" TargetMode="External" Id="rId332"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/3000k/" TargetMode="External" Id="rId333"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/3000-tglass/" TargetMode="External" Id="rId334"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/4000k/" TargetMode="External" Id="rId335"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/4000-tglass/" TargetMode="External" Id="rId336"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/5000-tglass/" TargetMode="External" Id="rId337"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/6000k/" TargetMode="External" Id="rId338"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/6000-tglass/" TargetMode="External" Id="rId339"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-3000/" TargetMode="External" Id="rId340"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-3000-tglass/" TargetMode="External" Id="rId341"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-4000/" TargetMode="External" Id="rId342"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-4000-tglass/" TargetMode="External" Id="rId343"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-5000/" TargetMode="External" Id="rId344"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-5000-tglass/" TargetMode="External" Id="rId345"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-6000/" TargetMode="External" Id="rId346"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/k25-6000-tglass/" TargetMode="External" Id="rId347"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-3000/" TargetMode="External" Id="rId348"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-3000-tglass/" TargetMode="External" Id="rId349"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-4000/" TargetMode="External" Id="rId350"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-4000-tglass/" TargetMode="External" Id="rId351"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-5000/" TargetMode="External" Id="rId352"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-6000/" TargetMode="External" Id="rId353"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-5000-tglass/" TargetMode="External" Id="rId354"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/l145-6000-tglass/" TargetMode="External" Id="rId355"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-3000/" TargetMode="External" Id="rId356"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-3000-tglass/" TargetMode="External" Id="rId357"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-4000/" TargetMode="External" Id="rId358"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-4000-tglass/" TargetMode="External" Id="rId359"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-5000/" TargetMode="External" Id="rId360"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-5000-tglass/" TargetMode="External" Id="rId361"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-6000/" TargetMode="External" Id="rId362"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-120/sh155-6000-tglass/" TargetMode="External" Id="rId363"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/" TargetMode="External" Id="rId364"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-3000/" TargetMode="External" Id="rId365"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-3000-tglass/" TargetMode="External" Id="rId366"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-4000/" TargetMode="External" Id="rId367"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-4000-tglass/" TargetMode="External" Id="rId368"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-5000/" TargetMode="External" Id="rId369"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-5000-tglass/" TargetMode="External" Id="rId370"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-6000/" TargetMode="External" Id="rId371"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g60-6000-tglass/" TargetMode="External" Id="rId372"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-3000/" TargetMode="External" Id="rId373"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-3000-tglass/" TargetMode="External" Id="rId374"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-4000/" TargetMode="External" Id="rId375"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-4000-tglass/" TargetMode="External" Id="rId376"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-5000/" TargetMode="External" Id="rId377"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-5000-tglass/" TargetMode="External" Id="rId378"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-6000/" TargetMode="External" Id="rId379"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/g90-6000-tglass/" TargetMode="External" Id="rId380"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/3000k/" TargetMode="External" Id="rId381"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/3000-tglass/" TargetMode="External" Id="rId382"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/4000k/" TargetMode="External" Id="rId383"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/4000-tglass/" TargetMode="External" Id="rId384"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/5000-tglass/" TargetMode="External" Id="rId385"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/6000k/" TargetMode="External" Id="rId386"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/6000-tglass/" TargetMode="External" Id="rId387"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-3000/" TargetMode="External" Id="rId388"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-3000-tglass/" TargetMode="External" Id="rId389"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-4000/" TargetMode="External" Id="rId390"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-4000-tglass/" TargetMode="External" Id="rId391"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-5000/" TargetMode="External" Id="rId392"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-5000-tglass/" TargetMode="External" Id="rId393"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-6000/" TargetMode="External" Id="rId394"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/k25-6000-tglass/" TargetMode="External" Id="rId395"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-3000/" TargetMode="External" Id="rId396"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-3000-tglass/" TargetMode="External" Id="rId397"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-4000/" TargetMode="External" Id="rId398"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-4000-tglass/" TargetMode="External" Id="rId399"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-5000/" TargetMode="External" Id="rId400"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-5000-tglass/" TargetMode="External" Id="rId401"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-6000/" TargetMode="External" Id="rId402"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/l145-6000-tglass/" TargetMode="External" Id="rId403"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-3000/" TargetMode="External" Id="rId404"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-3000-tglass/" TargetMode="External" Id="rId405"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-4000/" TargetMode="External" Id="rId406"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-4000-tglass/" TargetMode="External" Id="rId407"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-5000/" TargetMode="External" Id="rId408"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-5000-tglass/" TargetMode="External" Id="rId409"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-6000/" TargetMode="External" Id="rId410"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-140/sh155-6000-tglass/" TargetMode="External" Id="rId411"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/" TargetMode="External" Id="rId412"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-3000/" TargetMode="External" Id="rId413"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-3000-tglass/" TargetMode="External" Id="rId414"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-4000/" TargetMode="External" Id="rId415"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-4000-tglass/" TargetMode="External" Id="rId416"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-5000/" TargetMode="External" Id="rId417"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-5000-tglass/" TargetMode="External" Id="rId418"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-6000/" TargetMode="External" Id="rId419"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g60-6000-tglass/" TargetMode="External" Id="rId420"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-3000/" TargetMode="External" Id="rId421"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-3000-tglass/" TargetMode="External" Id="rId422"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-4000/" TargetMode="External" Id="rId423"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-4000-tglass/" TargetMode="External" Id="rId424"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-5000/" TargetMode="External" Id="rId425"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-5000-tglass/" TargetMode="External" Id="rId426"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-6000/" TargetMode="External" Id="rId427"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/g90-6000-tglass/" TargetMode="External" Id="rId428"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/3000k/" TargetMode="External" Id="rId429"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/3000-tglass/" TargetMode="External" Id="rId430"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/4000k/" TargetMode="External" Id="rId431"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/4000-tglass/" TargetMode="External" Id="rId432"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/5000-tglass/" TargetMode="External" Id="rId433"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/6000k/" TargetMode="External" Id="rId434"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/6000-tglass/" TargetMode="External" Id="rId435"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-3000/" TargetMode="External" Id="rId436"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-3000-tglass/" TargetMode="External" Id="rId437"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-4000/" TargetMode="External" Id="rId438"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-4000-tglass/" TargetMode="External" Id="rId439"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-5000/" TargetMode="External" Id="rId440"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-5000-tglass/" TargetMode="External" Id="rId441"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-6000/" TargetMode="External" Id="rId442"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/k25-6000-tglass/" TargetMode="External" Id="rId443"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-3000/" TargetMode="External" Id="rId444"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-3000-tglass/" TargetMode="External" Id="rId445"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-4000/" TargetMode="External" Id="rId446"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-4000-tglass/" TargetMode="External" Id="rId447"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-5000/" TargetMode="External" Id="rId448"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-5000-tglass/" TargetMode="External" Id="rId449"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-6000/" TargetMode="External" Id="rId450"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/l145-6000-tglass/" TargetMode="External" Id="rId451"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-3000/" TargetMode="External" Id="rId452"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-3000-tglass/" TargetMode="External" Id="rId453"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-4000/" TargetMode="External" Id="rId454"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-4000-tglass/" TargetMode="External" Id="rId455"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-5000/" TargetMode="External" Id="rId456"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-5000-tglass/" TargetMode="External" Id="rId457"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-6000/" TargetMode="External" Id="rId458"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-150/sh155-6000-tglass/" TargetMode="External" Id="rId459"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/" TargetMode="External" Id="rId460"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-3000/" TargetMode="External" Id="rId461"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-3000-tglass/" TargetMode="External" Id="rId462"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-4000/" TargetMode="External" Id="rId463"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-4000-tglass/" TargetMode="External" Id="rId464"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-5000/" TargetMode="External" Id="rId465"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-5000-tglass/" TargetMode="External" Id="rId466"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-6000/" TargetMode="External" Id="rId467"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g60-6000-tglass/" TargetMode="External" Id="rId468"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-3000/" TargetMode="External" Id="rId469"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-3000-tglass/" TargetMode="External" Id="rId470"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-4000/" TargetMode="External" Id="rId471"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-4000-tglass/" TargetMode="External" Id="rId472"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-5000/" TargetMode="External" Id="rId473"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-5000-tglass/" TargetMode="External" Id="rId474"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-6000/" TargetMode="External" Id="rId475"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/g90-6000-tglass/" TargetMode="External" Id="rId476"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/3000k/" TargetMode="External" Id="rId477"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/3000-tglass/" TargetMode="External" Id="rId478"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/4000k/" TargetMode="External" Id="rId479"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/4000-tglass/" TargetMode="External" Id="rId480"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/5000-tglass/" TargetMode="External" Id="rId481"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/6000k/" TargetMode="External" Id="rId482"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/6000-tglass/" TargetMode="External" Id="rId483"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-3000/" TargetMode="External" Id="rId484"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-3000-tglass/" TargetMode="External" Id="rId485"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-4000/" TargetMode="External" Id="rId486"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-4000-tglass/" TargetMode="External" Id="rId487"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-5000/" TargetMode="External" Id="rId488"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-5000-tglass/" TargetMode="External" Id="rId489"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-6000/" TargetMode="External" Id="rId490"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/k25-6000-tglass/" TargetMode="External" Id="rId491"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-3000/" TargetMode="External" Id="rId492"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-3000-tglass/" TargetMode="External" Id="rId493"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-4000/" TargetMode="External" Id="rId494"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-4000-tglass/" TargetMode="External" Id="rId495"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-6000/" TargetMode="External" Id="rId496"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-5000/" TargetMode="External" Id="rId497"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-5000-tglass/" TargetMode="External" Id="rId498"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/l145-6000-tglass/" TargetMode="External" Id="rId499"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-3000/" TargetMode="External" Id="rId500"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-3000-tglass/" TargetMode="External" Id="rId501"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-4000/" TargetMode="External" Id="rId502"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-4000-tglass/" TargetMode="External" Id="rId503"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-5000/" TargetMode="External" Id="rId504"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-5000-tglass/" TargetMode="External" Id="rId505"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-6000/" TargetMode="External" Id="rId506"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-160/sh155-6000-tglass/" TargetMode="External" Id="rId507"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/" TargetMode="External" Id="rId508"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-3000/" TargetMode="External" Id="rId509"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-3000-tglass/" TargetMode="External" Id="rId510"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-4000/" TargetMode="External" Id="rId511"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-4000-tglass/" TargetMode="External" Id="rId512"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-5000/" TargetMode="External" Id="rId513"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-5000-tglass/" TargetMode="External" Id="rId514"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-6000/" TargetMode="External" Id="rId515"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g60-6000-tglass/" TargetMode="External" Id="rId516"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-3000/" TargetMode="External" Id="rId517"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-3000-tglass/" TargetMode="External" Id="rId518"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-4000/" TargetMode="External" Id="rId519"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-4000-tglass/" TargetMode="External" Id="rId520"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-5000/" TargetMode="External" Id="rId521"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-5000-tglass/" TargetMode="External" Id="rId522"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-6000/" TargetMode="External" Id="rId523"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/g90-6000-tglass/" TargetMode="External" Id="rId524"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/3000k/" TargetMode="External" Id="rId525"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/3000-tglass/" TargetMode="External" Id="rId526"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/4000k/" TargetMode="External" Id="rId527"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/4000-tglass/" TargetMode="External" Id="rId528"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/5000-tglass/" TargetMode="External" Id="rId529"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/6000k/" TargetMode="External" Id="rId530"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/6000-tglass/" TargetMode="External" Id="rId531"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-3000/" TargetMode="External" Id="rId532"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-3000-tglass/" TargetMode="External" Id="rId533"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-4000/" TargetMode="External" Id="rId534"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-4000-tglass/" TargetMode="External" Id="rId535"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-5000/" TargetMode="External" Id="rId536"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-5000-tglass/" TargetMode="External" Id="rId537"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-6000/" TargetMode="External" Id="rId538"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/k25-6000-tglass/" TargetMode="External" Id="rId539"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-3000/" TargetMode="External" Id="rId540"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-3000-tglass/" TargetMode="External" Id="rId541"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-4000/" TargetMode="External" Id="rId542"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-4000-tglass/" TargetMode="External" Id="rId543"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-5000/" TargetMode="External" Id="rId544"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-6000/" TargetMode="External" Id="rId545"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-5000-tglass/" TargetMode="External" Id="rId546"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/l145-6000-tglass/" TargetMode="External" Id="rId547"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-3000/" TargetMode="External" Id="rId548"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-3000-tglass/" TargetMode="External" Id="rId549"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-4000/" TargetMode="External" Id="rId550"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-4000-tglass/" TargetMode="External" Id="rId551"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-5000/" TargetMode="External" Id="rId552"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-5000-tglass/" TargetMode="External" Id="rId553"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-6000/" TargetMode="External" Id="rId554"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-180/sh155-6000-tglass/" TargetMode="External" Id="rId555"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/" TargetMode="External" Id="rId556"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-3000/" TargetMode="External" Id="rId557"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-3000-tglass/" TargetMode="External" Id="rId558"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-4000/" TargetMode="External" Id="rId559"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-4000-tglass/" TargetMode="External" Id="rId560"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-5000/" TargetMode="External" Id="rId561"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-5000-tglass/" TargetMode="External" Id="rId562"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-6000/" TargetMode="External" Id="rId563"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g60-6000-tglass/" TargetMode="External" Id="rId564"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-3000/" TargetMode="External" Id="rId565"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-3000-tglass/" TargetMode="External" Id="rId566"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-4000/" TargetMode="External" Id="rId567"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-4000-tglass/" TargetMode="External" Id="rId568"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-5000/" TargetMode="External" Id="rId569"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-5000-tglass/" TargetMode="External" Id="rId570"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-6000/" TargetMode="External" Id="rId571"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/g90-6000-tglass/" TargetMode="External" Id="rId572"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/3000k/" TargetMode="External" Id="rId573"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/3000-tglass/" TargetMode="External" Id="rId574"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/4000k/" TargetMode="External" Id="rId575"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/4000-tglass/" TargetMode="External" Id="rId576"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/5000-tglass/" TargetMode="External" Id="rId577"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/6000k/" TargetMode="External" Id="rId578"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/6000-tglass/" TargetMode="External" Id="rId579"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-3000/" TargetMode="External" Id="rId580"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-3000-tglass/" TargetMode="External" Id="rId581"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-4000/" TargetMode="External" Id="rId582"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-4000-tglass/" TargetMode="External" Id="rId583"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-5000/" TargetMode="External" Id="rId584"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-5000-tglass/" TargetMode="External" Id="rId585"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-6000/" TargetMode="External" Id="rId586"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/k25-6000-tglass/" TargetMode="External" Id="rId587"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-3000/" TargetMode="External" Id="rId588"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-3000-tglass/" TargetMode="External" Id="rId589"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-4000/" TargetMode="External" Id="rId590"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-4000-tglass/" TargetMode="External" Id="rId591"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-5000/" TargetMode="External" Id="rId592"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-5000-tglass/" TargetMode="External" Id="rId593"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-6000/" TargetMode="External" Id="rId594"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/l145-6000-tglass/" TargetMode="External" Id="rId595"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-3000/" TargetMode="External" Id="rId596"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-3000-tglass/" TargetMode="External" Id="rId597"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-4000/" TargetMode="External" Id="rId598"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-4000-tglass/" TargetMode="External" Id="rId599"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-5000/" TargetMode="External" Id="rId600"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-5000-tglass/" TargetMode="External" Id="rId601"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-6000/" TargetMode="External" Id="rId602"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-200/sh155-6000-tglass/" TargetMode="External" Id="rId603"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/" TargetMode="External" Id="rId604"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-3000/" TargetMode="External" Id="rId605"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-3000-tglass/" TargetMode="External" Id="rId606"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-4000/" TargetMode="External" Id="rId607"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-4000-tglass/" TargetMode="External" Id="rId608"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-5000/" TargetMode="External" Id="rId609"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-5000-tglass/" TargetMode="External" Id="rId610"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-6000/" TargetMode="External" Id="rId611"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g60-6000-tglass/" TargetMode="External" Id="rId612"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-3000/" TargetMode="External" Id="rId613"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-3000-tglass/" TargetMode="External" Id="rId614"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-4000/" TargetMode="External" Id="rId615"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-4000-tglass/" TargetMode="External" Id="rId616"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-5000/" TargetMode="External" Id="rId617"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-5000-tglass/" TargetMode="External" Id="rId618"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-6000/" TargetMode="External" Id="rId619"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/g90-6000-tglass/" TargetMode="External" Id="rId620"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/3000k/" TargetMode="External" Id="rId621"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/3000-tglass/" TargetMode="External" Id="rId622"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/4000k/" TargetMode="External" Id="rId623"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/4000-tglass/" TargetMode="External" Id="rId624"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/5000-tglass/" TargetMode="External" Id="rId625"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/6000k/" TargetMode="External" Id="rId626"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/6000-tglass/" TargetMode="External" Id="rId627"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-3000/" TargetMode="External" Id="rId628"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-3000-tglass/" TargetMode="External" Id="rId629"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-4000/" TargetMode="External" Id="rId630"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-4000-tglass/" TargetMode="External" Id="rId631"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-5000/" TargetMode="External" Id="rId632"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-5000-tglass/" TargetMode="External" Id="rId633"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-6000/" TargetMode="External" Id="rId634"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/k25-6000-tglass/" TargetMode="External" Id="rId635"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-3000/" TargetMode="External" Id="rId636"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-3000-tglass/" TargetMode="External" Id="rId637"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-4000/" TargetMode="External" Id="rId638"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-4000-tglass/" TargetMode="External" Id="rId639"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-5000/" TargetMode="External" Id="rId640"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-5000-tglass/" TargetMode="External" Id="rId641"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-6000/" TargetMode="External" Id="rId642"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/l145-6000-tglass/" TargetMode="External" Id="rId643"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-3000/" TargetMode="External" Id="rId644"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-3000-tglass/" TargetMode="External" Id="rId645"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-4000/" TargetMode="External" Id="rId646"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-4000-tglass/" TargetMode="External" Id="rId647"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-5000/" TargetMode="External" Id="rId648"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-5000-tglass/" TargetMode="External" Id="rId649"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-6000/" TargetMode="External" Id="rId650"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-20/sh155-6000-tglass/" TargetMode="External" Id="rId651"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/" TargetMode="External" Id="rId652"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-3000/" TargetMode="External" Id="rId653"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-3000-tglass/" TargetMode="External" Id="rId654"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-4000/" TargetMode="External" Id="rId655"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-4000-tglass/" TargetMode="External" Id="rId656"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-5000/" TargetMode="External" Id="rId657"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-5000-tglass/" TargetMode="External" Id="rId658"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-6000/" TargetMode="External" Id="rId659"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g60-6000-tglass/" TargetMode="External" Id="rId660"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-3000/" TargetMode="External" Id="rId661"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-3000-tglass/" TargetMode="External" Id="rId662"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-4000/" TargetMode="External" Id="rId663"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-4000-tglass/" TargetMode="External" Id="rId664"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-5000/" TargetMode="External" Id="rId665"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-5000-tglass/" TargetMode="External" Id="rId666"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-6000/" TargetMode="External" Id="rId667"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/g90-6000-tglass/" TargetMode="External" Id="rId668"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/3000k/" TargetMode="External" Id="rId669"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/3000-tglass/" TargetMode="External" Id="rId670"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/4000k/" TargetMode="External" Id="rId671"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/4000-tglass/" TargetMode="External" Id="rId672"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/5000-tglass/" TargetMode="External" Id="rId673"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/6000k/" TargetMode="External" Id="rId674"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/6000-tglass/" TargetMode="External" Id="rId675"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-3000/" TargetMode="External" Id="rId676"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-3000-tglass/" TargetMode="External" Id="rId677"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-4000/" TargetMode="External" Id="rId678"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-4000-tglass/" TargetMode="External" Id="rId679"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-5000/" TargetMode="External" Id="rId680"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-5000-tglass/" TargetMode="External" Id="rId681"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-6000/" TargetMode="External" Id="rId682"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/k25-6000-tglass/" TargetMode="External" Id="rId683"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-3000/" TargetMode="External" Id="rId684"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-3000-tglass/" TargetMode="External" Id="rId685"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-4000/" TargetMode="External" Id="rId686"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-4000-tglass/" TargetMode="External" Id="rId687"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-5000/" TargetMode="External" Id="rId688"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-5000-tglass/" TargetMode="External" Id="rId689"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-6000/" TargetMode="External" Id="rId690"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/l145-6000-tglass/" TargetMode="External" Id="rId691"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-3000/" TargetMode="External" Id="rId692"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-3000-tglass/" TargetMode="External" Id="rId693"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-4000/" TargetMode="External" Id="rId694"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-4000-tglass/" TargetMode="External" Id="rId695"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-5000/" TargetMode="External" Id="rId696"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-5000-tglass/" TargetMode="External" Id="rId697"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-6000/" TargetMode="External" Id="rId698"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-240/sh155-6000-tglass/" TargetMode="External" Id="rId699"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/" TargetMode="External" Id="rId700"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-3000/" TargetMode="External" Id="rId701"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-3000-tglass/" TargetMode="External" Id="rId702"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-4000/" TargetMode="External" Id="rId703"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-4000-tglass/" TargetMode="External" Id="rId704"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-5000/" TargetMode="External" Id="rId705"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-5000-tglass/" TargetMode="External" Id="rId706"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-6000/" TargetMode="External" Id="rId707"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g60-6000-tglass/" TargetMode="External" Id="rId708"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-3000/" TargetMode="External" Id="rId709"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-3000-tglass/" TargetMode="External" Id="rId710"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-4000/" TargetMode="External" Id="rId711"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-4000-tglass/" TargetMode="External" Id="rId712"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-5000/" TargetMode="External" Id="rId713"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-5000-tglass/" TargetMode="External" Id="rId714"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-6000/" TargetMode="External" Id="rId715"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/g90-6000-tglass/" TargetMode="External" Id="rId716"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/3000k/" TargetMode="External" Id="rId717"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/3000-tglass/" TargetMode="External" Id="rId718"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/4000k/" TargetMode="External" Id="rId719"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/4000-tglass/" TargetMode="External" Id="rId720"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/5000-tglass/" TargetMode="External" Id="rId721"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/6000k/" TargetMode="External" Id="rId722"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/6000-tglass/" TargetMode="External" Id="rId723"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-3000/" TargetMode="External" Id="rId724"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-3000-tglass/" TargetMode="External" Id="rId725"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-4000/" TargetMode="External" Id="rId726"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-4000-tglass/" TargetMode="External" Id="rId727"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-5000/" TargetMode="External" Id="rId728"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-5000-tglass/" TargetMode="External" Id="rId729"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-6000/" TargetMode="External" Id="rId730"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/k25-6000-tglass/" TargetMode="External" Id="rId731"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-3000/" TargetMode="External" Id="rId732"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-3000-tglass/" TargetMode="External" Id="rId733"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-4000/" TargetMode="External" Id="rId734"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-4000-tglass/" TargetMode="External" Id="rId735"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-6000/" TargetMode="External" Id="rId736"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-5000/" TargetMode="External" Id="rId737"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-5000-tglass/" TargetMode="External" Id="rId738"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/l145-6000-tglass/" TargetMode="External" Id="rId739"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-3000/" TargetMode="External" Id="rId740"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-3000-tglass/" TargetMode="External" Id="rId741"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-4000/" TargetMode="External" Id="rId742"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-4000-tglass/" TargetMode="External" Id="rId743"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-5000/" TargetMode="External" Id="rId744"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-5000-tglass/" TargetMode="External" Id="rId745"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-6000/" TargetMode="External" Id="rId746"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-300/sh155-6000-tglass/" TargetMode="External" Id="rId747"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/" TargetMode="External" Id="rId748"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-3000/" TargetMode="External" Id="rId749"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-3000-tglass/" TargetMode="External" Id="rId750"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-4000/" TargetMode="External" Id="rId751"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-4000-tglass/" TargetMode="External" Id="rId752"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-5000/" TargetMode="External" Id="rId753"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-5000-tglass/" TargetMode="External" Id="rId754"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-6000/" TargetMode="External" Id="rId755"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g60-6000-tglass/" TargetMode="External" Id="rId756"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-3000/" TargetMode="External" Id="rId757"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-3000-tglass/" TargetMode="External" Id="rId758"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-4000/" TargetMode="External" Id="rId759"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-4000-tglass/" TargetMode="External" Id="rId760"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-5000/" TargetMode="External" Id="rId761"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-5000-tglass/" TargetMode="External" Id="rId762"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-6000/" TargetMode="External" Id="rId763"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/g90-6000-tglass/" TargetMode="External" Id="rId764"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/3000k/" TargetMode="External" Id="rId765"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/3000-tglass/" TargetMode="External" Id="rId766"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/4000k/" TargetMode="External" Id="rId767"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/4000-tglass/" TargetMode="External" Id="rId768"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/5000-tglass/" TargetMode="External" Id="rId769"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/6000k/" TargetMode="External" Id="rId770"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/6000-tglass/" TargetMode="External" Id="rId771"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-3000/" TargetMode="External" Id="rId772"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-3000-tglass/" TargetMode="External" Id="rId773"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-4000/" TargetMode="External" Id="rId774"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-4000-tglass/" TargetMode="External" Id="rId775"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-5000/" TargetMode="External" Id="rId776"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-5000-tglass/" TargetMode="External" Id="rId777"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-6000/" TargetMode="External" Id="rId778"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/k25-6000-tglass/" TargetMode="External" Id="rId779"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-3000/" TargetMode="External" Id="rId780"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-3000-tglass/" TargetMode="External" Id="rId781"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-4000/" TargetMode="External" Id="rId782"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-4000-tglass/" TargetMode="External" Id="rId783"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-5000/" TargetMode="External" Id="rId784"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-5000-tglass/" TargetMode="External" Id="rId785"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-6000/" TargetMode="External" Id="rId786"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/l145-6000-tglass/" TargetMode="External" Id="rId787"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-3000/" TargetMode="External" Id="rId788"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-3000-tglass/" TargetMode="External" Id="rId789"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-4000/" TargetMode="External" Id="rId790"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-4000-tglass/" TargetMode="External" Id="rId791"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-5000/" TargetMode="External" Id="rId792"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-5000-tglass/" TargetMode="External" Id="rId793"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-6000/" TargetMode="External" Id="rId794"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-30/sh155-6000-tglass/" TargetMode="External" Id="rId795"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/" TargetMode="External" Id="rId796"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-3000/" TargetMode="External" Id="rId797"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-3000-tglass/" TargetMode="External" Id="rId798"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-4000/" TargetMode="External" Id="rId799"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-4000-tglass/" TargetMode="External" Id="rId800"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-5000/" TargetMode="External" Id="rId801"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-5000-tglass/" TargetMode="External" Id="rId802"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-6000/" TargetMode="External" Id="rId803"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g60-6000-tglass/" TargetMode="External" Id="rId804"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-3000/" TargetMode="External" Id="rId805"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-3000-tglass/" TargetMode="External" Id="rId806"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-4000/" TargetMode="External" Id="rId807"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-4000-tglass/" TargetMode="External" Id="rId808"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-5000/" TargetMode="External" Id="rId809"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-5000-tglass/" TargetMode="External" Id="rId810"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-6000/" TargetMode="External" Id="rId811"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/g90-6000-tglass/" TargetMode="External" Id="rId812"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/3000k/" TargetMode="External" Id="rId813"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/3000-tglass/" TargetMode="External" Id="rId814"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/4000k/" TargetMode="External" Id="rId815"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/4000-tglass/" TargetMode="External" Id="rId816"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/5000-tglass/" TargetMode="External" Id="rId817"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/6000k/" TargetMode="External" Id="rId818"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/6000-tglass/" TargetMode="External" Id="rId819"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-3000/" TargetMode="External" Id="rId820"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-3000-tglass/" TargetMode="External" Id="rId821"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-4000/" TargetMode="External" Id="rId822"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-4000-tglass/" TargetMode="External" Id="rId823"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-5000/" TargetMode="External" Id="rId824"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-5000-tglass/" TargetMode="External" Id="rId825"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-6000/" TargetMode="External" Id="rId826"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/k25-6000-tglass/" TargetMode="External" Id="rId827"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-3000/" TargetMode="External" Id="rId828"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-3000-tglass/" TargetMode="External" Id="rId829"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-4000/" TargetMode="External" Id="rId830"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-4000-tglass/" TargetMode="External" Id="rId831"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-6000/" TargetMode="External" Id="rId832"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-5000/" TargetMode="External" Id="rId833"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-5000-tglass/" TargetMode="External" Id="rId834"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/l145-6000-tglass/" TargetMode="External" Id="rId835"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-3000/" TargetMode="External" Id="rId836"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-3000-tglass/" TargetMode="External" Id="rId837"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-4000/" TargetMode="External" Id="rId838"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-4000-tglass/" TargetMode="External" Id="rId839"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-5000/" TargetMode="External" Id="rId840"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-5000-tglass/" TargetMode="External" Id="rId841"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-6000/" TargetMode="External" Id="rId842"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-400/sh155-6000-tglass/" TargetMode="External" Id="rId843"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/" TargetMode="External" Id="rId844"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-3000/" TargetMode="External" Id="rId845"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-3000-tglass/" TargetMode="External" Id="rId846"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-4000/" TargetMode="External" Id="rId847"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-4000-tglass/" TargetMode="External" Id="rId848"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-5000/" TargetMode="External" Id="rId849"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-5000-tglass/" TargetMode="External" Id="rId850"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-6000/" TargetMode="External" Id="rId851"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g60-6000-tglass/" TargetMode="External" Id="rId852"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-3000/" TargetMode="External" Id="rId853"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-3000-tglass/" TargetMode="External" Id="rId854"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-4000/" TargetMode="External" Id="rId855"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-4000-tglass/" TargetMode="External" Id="rId856"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-5000/" TargetMode="External" Id="rId857"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-5000-tglass/" TargetMode="External" Id="rId858"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-6000/" TargetMode="External" Id="rId859"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/g90-6000-tglass/" TargetMode="External" Id="rId860"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/3000k/" TargetMode="External" Id="rId861"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/3000-tglass/" TargetMode="External" Id="rId862"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/4000k/" TargetMode="External" Id="rId863"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/4000-tglass/" TargetMode="External" Id="rId864"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/5000-tglass/" TargetMode="External" Id="rId865"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/6000k/" TargetMode="External" Id="rId866"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/6000-tglass/" TargetMode="External" Id="rId867"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-3000/" TargetMode="External" Id="rId868"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-3000-tglass/" TargetMode="External" Id="rId869"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-4000/" TargetMode="External" Id="rId870"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-4000-tglass/" TargetMode="External" Id="rId871"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-5000/" TargetMode="External" Id="rId872"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-5000-tglass/" TargetMode="External" Id="rId873"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-6000/" TargetMode="External" Id="rId874"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/k25-6000-tglass/" TargetMode="External" Id="rId875"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-3000/" TargetMode="External" Id="rId876"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-3000-tglass/" TargetMode="External" Id="rId877"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-4000/" TargetMode="External" Id="rId878"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-4000-tglass/" TargetMode="External" Id="rId879"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-5000/" TargetMode="External" Id="rId880"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-5000-tglass/" TargetMode="External" Id="rId881"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-6000/" TargetMode="External" Id="rId882"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/l145-6000-tglass/" TargetMode="External" Id="rId883"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-3000/" TargetMode="External" Id="rId884"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-3000-tglass/" TargetMode="External" Id="rId885"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-4000/" TargetMode="External" Id="rId886"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-4000-tglass/" TargetMode="External" Id="rId887"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-5000/" TargetMode="External" Id="rId888"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-5000-tglass/" TargetMode="External" Id="rId889"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-6000/" TargetMode="External" Id="rId890"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-40/sh155-6000-tglass/" TargetMode="External" Id="rId891"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/" TargetMode="External" Id="rId892"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-3000/" TargetMode="External" Id="rId893"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-3000-tglass/" TargetMode="External" Id="rId894"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-4000/" TargetMode="External" Id="rId895"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-4000-tglass/" TargetMode="External" Id="rId896"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-5000/" TargetMode="External" Id="rId897"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-5000-tglass/" TargetMode="External" Id="rId898"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-6000/" TargetMode="External" Id="rId899"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g60-6000-tglass/" TargetMode="External" Id="rId900"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-3000/" TargetMode="External" Id="rId901"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-3000-tglass/" TargetMode="External" Id="rId902"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-4000/" TargetMode="External" Id="rId903"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-4000-tglass/" TargetMode="External" Id="rId904"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-5000/" TargetMode="External" Id="rId905"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-5000-tglass/" TargetMode="External" Id="rId906"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-6000/" TargetMode="External" Id="rId907"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/g90-6000-tglass/" TargetMode="External" Id="rId908"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/3000k/" TargetMode="External" Id="rId909"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/3000-tglass/" TargetMode="External" Id="rId910"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/4000k/" TargetMode="External" Id="rId911"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/4000-tglass/" TargetMode="External" Id="rId912"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/5000-tglass/" TargetMode="External" Id="rId913"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/6000k/" TargetMode="External" Id="rId914"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/6000-tglass/" TargetMode="External" Id="rId915"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-3000/" TargetMode="External" Id="rId916"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-3000-tglass/" TargetMode="External" Id="rId917"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-4000/" TargetMode="External" Id="rId918"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-4000-tglass/" TargetMode="External" Id="rId919"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-5000/" TargetMode="External" Id="rId920"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-5000-tglass/" TargetMode="External" Id="rId921"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-6000/" TargetMode="External" Id="rId922"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/k25-6000-tglass/" TargetMode="External" Id="rId923"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-3000/" TargetMode="External" Id="rId924"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-3000-tglass/" TargetMode="External" Id="rId925"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-4000/" TargetMode="External" Id="rId926"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-4000-tglass/" TargetMode="External" Id="rId927"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-5000/" TargetMode="External" Id="rId928"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-5000-tglass/" TargetMode="External" Id="rId929"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-6000/" TargetMode="External" Id="rId930"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/l145-6000-tglass/" TargetMode="External" Id="rId931"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-3000/" TargetMode="External" Id="rId932"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-3000-tglass/" TargetMode="External" Id="rId933"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-4000/" TargetMode="External" Id="rId934"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-4000-tglass/" TargetMode="External" Id="rId935"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-5000/" TargetMode="External" Id="rId936"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-5000-tglass/" TargetMode="External" Id="rId937"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-6000/" TargetMode="External" Id="rId938"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-50/sh155-6000-tglass/" TargetMode="External" Id="rId939"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/" TargetMode="External" Id="rId940"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-3000/" TargetMode="External" Id="rId941"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-3000-tglass/" TargetMode="External" Id="rId942"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-4000/" TargetMode="External" Id="rId943"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-4000-tglass/" TargetMode="External" Id="rId944"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-5000/" TargetMode="External" Id="rId945"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-5000-tglass/" TargetMode="External" Id="rId946"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-6000/" TargetMode="External" Id="rId947"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g60-6000-tglass/" TargetMode="External" Id="rId948"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-3000/" TargetMode="External" Id="rId949"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-3000-tglass/" TargetMode="External" Id="rId950"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-4000/" TargetMode="External" Id="rId951"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-4000-tglass/" TargetMode="External" Id="rId952"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-5000/" TargetMode="External" Id="rId953"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-5000-tglass/" TargetMode="External" Id="rId954"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-6000/" TargetMode="External" Id="rId955"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/g90-6000-tglass/" TargetMode="External" Id="rId956"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/3000k/" TargetMode="External" Id="rId957"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/3000-tglass/" TargetMode="External" Id="rId958"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/4000k/" TargetMode="External" Id="rId959"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/4000-tglass/" TargetMode="External" Id="rId960"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/5000-tglass/" TargetMode="External" Id="rId961"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/6000k/" TargetMode="External" Id="rId962"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/6000-tglass/" TargetMode="External" Id="rId963"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-3000/" TargetMode="External" Id="rId964"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-3000-tglass/" TargetMode="External" Id="rId965"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-4000/" TargetMode="External" Id="rId966"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-4000-tglass/" TargetMode="External" Id="rId967"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-5000/" TargetMode="External" Id="rId968"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-5000-tglass/" TargetMode="External" Id="rId969"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-6000/" TargetMode="External" Id="rId970"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/k25-6000-tglass/" TargetMode="External" Id="rId971"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-3000/" TargetMode="External" Id="rId972"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-3000-tglass/" TargetMode="External" Id="rId973"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-4000/" TargetMode="External" Id="rId974"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-4000-tglass/" TargetMode="External" Id="rId975"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-5000/" TargetMode="External" Id="rId976"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-5000-tglass/" TargetMode="External" Id="rId977"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-6000/" TargetMode="External" Id="rId978"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/l145-6000-tglass/" TargetMode="External" Id="rId979"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-3000/" TargetMode="External" Id="rId980"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-3000-tglass/" TargetMode="External" Id="rId981"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-4000/" TargetMode="External" Id="rId982"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-4000-tglass/" TargetMode="External" Id="rId983"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-5000/" TargetMode="External" Id="rId984"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-5000-tglass/" TargetMode="External" Id="rId985"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-6000/" TargetMode="External" Id="rId986"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-60/sh155-6000-tglass/" TargetMode="External" Id="rId987"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/" TargetMode="External" Id="rId988"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-3000/" TargetMode="External" Id="rId989"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-3000-tglass/" TargetMode="External" Id="rId990"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-4000/" TargetMode="External" Id="rId991"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-4000-tglass/" TargetMode="External" Id="rId992"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-5000/" TargetMode="External" Id="rId993"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-5000-tglass/" TargetMode="External" Id="rId994"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-6000/" TargetMode="External" Id="rId995"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g60-6000-tglass/" TargetMode="External" Id="rId996"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-3000/" TargetMode="External" Id="rId997"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-3000-tglass/" TargetMode="External" Id="rId998"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-4000/" TargetMode="External" Id="rId999"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-4000-tglass/" TargetMode="External" Id="rId1000"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-5000/" TargetMode="External" Id="rId1001"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-5000-tglass/" TargetMode="External" Id="rId1002"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-6000/" TargetMode="External" Id="rId1003"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/g90-6000-tglass/" TargetMode="External" Id="rId1004"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/3000k/" TargetMode="External" Id="rId1005"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/3000-tglass/" TargetMode="External" Id="rId1006"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/4000k/" TargetMode="External" Id="rId1007"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/4000-tglass/" TargetMode="External" Id="rId1008"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/5000-tglass/" TargetMode="External" Id="rId1009"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/6000k/" TargetMode="External" Id="rId1010"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/6000-tglass/" TargetMode="External" Id="rId1011"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-3000/" TargetMode="External" Id="rId1012"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-3000-tglass/" TargetMode="External" Id="rId1013"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-4000/" TargetMode="External" Id="rId1014"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-4000-tglass/" TargetMode="External" Id="rId1015"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-5000/" TargetMode="External" Id="rId1016"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-5000-tglass/" TargetMode="External" Id="rId1017"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-6000/" TargetMode="External" Id="rId1018"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/k25-6000-tglass/" TargetMode="External" Id="rId1019"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-3000/" TargetMode="External" Id="rId1020"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-3000-tglass/" TargetMode="External" Id="rId1021"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-4000/" TargetMode="External" Id="rId1022"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-4000-tglass/" TargetMode="External" Id="rId1023"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-5000/" TargetMode="External" Id="rId1024"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-5000-tglass/" TargetMode="External" Id="rId1025"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-6000/" TargetMode="External" Id="rId1026"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/l145-6000-tglass/" TargetMode="External" Id="rId1027"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-3000/" TargetMode="External" Id="rId1028"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-3000-tglass/" TargetMode="External" Id="rId1029"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-4000/" TargetMode="External" Id="rId1030"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-4000-tglass/" TargetMode="External" Id="rId1031"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-5000/" TargetMode="External" Id="rId1032"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-5000-tglass/" TargetMode="External" Id="rId1033"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-6000/" TargetMode="External" Id="rId1034"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-70/sh155-6000-tglass/" TargetMode="External" Id="rId1035"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/" TargetMode="External" Id="rId1036"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-3000/" TargetMode="External" Id="rId1037"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-3000-tglass/" TargetMode="External" Id="rId1038"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-4000/" TargetMode="External" Id="rId1039"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-4000-tglass/" TargetMode="External" Id="rId1040"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-5000/" TargetMode="External" Id="rId1041"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-5000-tglass/" TargetMode="External" Id="rId1042"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-6000/" TargetMode="External" Id="rId1043"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g60-6000-tglass/" TargetMode="External" Id="rId1044"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-3000/" TargetMode="External" Id="rId1045"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-3000-tglass/" TargetMode="External" Id="rId1046"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-4000/" TargetMode="External" Id="rId1047"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-4000-tglass/" TargetMode="External" Id="rId1048"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-5000/" TargetMode="External" Id="rId1049"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-5000-tglass/" TargetMode="External" Id="rId1050"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-6000/" TargetMode="External" Id="rId1051"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/g90-6000-tglass/" TargetMode="External" Id="rId1052"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/3000k/" TargetMode="External" Id="rId1053"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/3000-tglass/" TargetMode="External" Id="rId1054"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/4000k/" TargetMode="External" Id="rId1055"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/4000-tglass/" TargetMode="External" Id="rId1056"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/5000-tglass/" TargetMode="External" Id="rId1057"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/6000k/" TargetMode="External" Id="rId1058"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/6000-tglass/" TargetMode="External" Id="rId1059"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-3000/" TargetMode="External" Id="rId1060"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-3000-tglass/" TargetMode="External" Id="rId1061"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-4000/" TargetMode="External" Id="rId1062"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-4000-tglass/" TargetMode="External" Id="rId1063"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-5000/" TargetMode="External" Id="rId1064"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-5000-tglass/" TargetMode="External" Id="rId1065"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-6000/" TargetMode="External" Id="rId1066"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/k25-6000-tglass/" TargetMode="External" Id="rId1067"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-3000/" TargetMode="External" Id="rId1068"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-3000-tglass/" TargetMode="External" Id="rId1069"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-4000/" TargetMode="External" Id="rId1070"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-4000-tglass/" TargetMode="External" Id="rId1071"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-5000/" TargetMode="External" Id="rId1072"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-6000/" TargetMode="External" Id="rId1073"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-5000-tglass/" TargetMode="External" Id="rId1074"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/l145-6000-tglass/" TargetMode="External" Id="rId1075"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-3000/" TargetMode="External" Id="rId1076"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-3000-tglass/" TargetMode="External" Id="rId1077"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-4000/" TargetMode="External" Id="rId1078"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-4000-tglass/" TargetMode="External" Id="rId1079"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-5000/" TargetMode="External" Id="rId1080"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-5000-tglass/" TargetMode="External" Id="rId1081"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-6000/" TargetMode="External" Id="rId1082"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-80/sh155-6000-tglass/" TargetMode="External" Id="rId1083"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/" TargetMode="External" Id="rId1084"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-3000/" TargetMode="External" Id="rId1085"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-3000-tglass/" TargetMode="External" Id="rId1086"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-4000/" TargetMode="External" Id="rId1087"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-4000-tglass/" TargetMode="External" Id="rId1088"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-5000/" TargetMode="External" Id="rId1089"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-5000-tglass/" TargetMode="External" Id="rId1090"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-6000/" TargetMode="External" Id="rId1091"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g60-6000-tglass/" TargetMode="External" Id="rId1092"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-3000/" TargetMode="External" Id="rId1093"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-3000-tglass/" TargetMode="External" Id="rId1094"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-4000/" TargetMode="External" Id="rId1095"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-4000-tglass/" TargetMode="External" Id="rId1096"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-5000/" TargetMode="External" Id="rId1097"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-5000-tglass/" TargetMode="External" Id="rId1098"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-6000/" TargetMode="External" Id="rId1099"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/g90-6000-tglass/" TargetMode="External" Id="rId1100"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/3000k/" TargetMode="External" Id="rId1101"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/3000-tglass/" TargetMode="External" Id="rId1102"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/4000k/" TargetMode="External" Id="rId1103"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/4000-tglass/" TargetMode="External" Id="rId1104"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/5000-tglass/" TargetMode="External" Id="rId1105"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/6000k/" TargetMode="External" Id="rId1106"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/6000-tglass/" TargetMode="External" Id="rId1107"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-3000/" TargetMode="External" Id="rId1108"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-3000-tglass/" TargetMode="External" Id="rId1109"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-4000/" TargetMode="External" Id="rId1110"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-4000-tglass/" TargetMode="External" Id="rId1111"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-5000/" TargetMode="External" Id="rId1112"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-5000-tglass/" TargetMode="External" Id="rId1113"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-6000/" TargetMode="External" Id="rId1114"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/k25-6000-tglass/" TargetMode="External" Id="rId1115"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-3000/" TargetMode="External" Id="rId1116"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-3000-tglass/" TargetMode="External" Id="rId1117"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-4000/" TargetMode="External" Id="rId1118"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-4000-tglass/" TargetMode="External" Id="rId1119"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-5000/" TargetMode="External" Id="rId1120"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-5000-tglass/" TargetMode="External" Id="rId1121"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-6000/" TargetMode="External" Id="rId1122"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/l145-6000-tglass/" TargetMode="External" Id="rId1123"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-3000/" TargetMode="External" Id="rId1124"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-3000-tglass/" TargetMode="External" Id="rId1125"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-4000/" TargetMode="External" Id="rId1126"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-4000-tglass/" TargetMode="External" Id="rId1127"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-5000/" TargetMode="External" Id="rId1128"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-5000-tglass/" TargetMode="External" Id="rId1129"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-6000/" TargetMode="External" Id="rId1130"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-90/sh155-6000-tglass/" TargetMode="External" Id="rId1131"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-okta-50/" TargetMode="External" Id="rId1132"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-30/" TargetMode="External" Id="rId1133"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-50/" TargetMode="External" Id="rId1134"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-70/" TargetMode="External" Id="rId1135"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-liniya-90/" TargetMode="External" Id="rId1136"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-220/" TargetMode="External" Id="rId1137"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-01-flagman-360/" TargetMode="External" Id="rId1138"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-deka-120/" TargetMode="External" Id="rId1139"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-deka-140/" TargetMode="External" Id="rId1140"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-deka-150/" TargetMode="External" Id="rId1141"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-deka-160/" TargetMode="External" Id="rId1142"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/5svet-nn-ssdp-03-deka-180/" TargetMode="External" Id="rId1143"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-deka-200/" TargetMode="External" Id="rId1144"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-okta-100/" TargetMode="External" Id="rId1145"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-okta-70/" TargetMode="External" Id="rId1146"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-okta-80/" TargetMode="External" Id="rId1147"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-okta-90/" TargetMode="External" Id="rId1148"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-sota-10/" TargetMode="External" Id="rId1149"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-sota-20/" TargetMode="External" Id="rId1150"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-sota-30/" TargetMode="External" Id="rId1151"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdp-03-sota-40/" TargetMode="External" Id="rId1152"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/promyshlennyj-svetodiodnyj-svetilnik-ssdp-03-040-014-ip65-segment-40/" TargetMode="External" Id="rId1153"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/promyshlennyj-svetodiodnyj-svetilnik-ssdp-03-050-014-ip65-segment-50/" TargetMode="External" Id="rId1154"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/promyshlennyj-svetodiodnyj-svetilnik-ssdp-03-100-014-ip65-segment-100/" TargetMode="External" Id="rId1155"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/promyshlennyj-svetodiodnyj-svetilnik-ssdp-03-150-014-ip65-segment-150/" TargetMode="External" Id="rId1156"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/promyshlennyj-svetodiodnyj-svetilnik-ssdp-03-200-014-ip65-segment-200/" TargetMode="External" Id="rId1157"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-010-001-ip65-praktik-10/" TargetMode="External" Id="rId1158"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-020-001-ip65-praktik-20/" TargetMode="External" Id="rId1159"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-030-001-ip65-praktik-30/" TargetMode="External" Id="rId1160"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-040-001-ip65-praktik-40/" TargetMode="External" Id="rId1161"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-050-001-ip65-praktik-50/" TargetMode="External" Id="rId1162"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-060-001-ip65-praktik-60/" TargetMode="External" Id="rId1163"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-070-001-ip65-praktik-70/" TargetMode="External" Id="rId1164"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-080-001-ip65-praktik-80/" TargetMode="External" Id="rId1165"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-090-001-ip65-praktik-90/" TargetMode="External" Id="rId1166"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-100-001-ip65-praktik-100/" TargetMode="External" Id="rId1167"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-110-001-ip65-praktik-110/" TargetMode="External" Id="rId1168"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-120-001-ip65-praktik-120/" TargetMode="External" Id="rId1169"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-130-001-ip65-praktik-130/" TargetMode="External" Id="rId1170"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-140-001-ip65-praktik-140/" TargetMode="External" Id="rId1171"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-150-001-ip65-praktik-150/" TargetMode="External" Id="rId1172"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-160-001-ip65-praktik-160/" TargetMode="External" Id="rId1173"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-170-001-ip65-praktik-170/" TargetMode="External" Id="rId1174"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-180-001-ip65-praktik-180/" TargetMode="External" Id="rId1175"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-190-001-ip65-praktik-190/" TargetMode="External" Id="rId1176"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svetodiodnyj-promyshlennyj-svetilnik-ssdp-03-200-001-ip65-praktik-200/" TargetMode="External" Id="rId1177"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-20/" TargetMode="External" Id="rId1178"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-30/" TargetMode="External" Id="rId1179"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-35/" TargetMode="External" Id="rId1180"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-40/" TargetMode="External" Id="rId1181"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-45/" TargetMode="External" Id="rId1182"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-50/" TargetMode="External" Id="rId1183"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-60/" TargetMode="External" Id="rId1184"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-70/" TargetMode="External" Id="rId1185"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-promishlenniy-80/" TargetMode="External" Id="rId1186"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-opal-20/" TargetMode="External" Id="rId1187"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-opal-30/" TargetMode="External" Id="rId1188"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-opal-40/" TargetMode="External" Id="rId1189"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-opal-50/" TargetMode="External" Id="rId1190"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://top-svet.ru/catalog/industrial-lights/svet-nn-ssdo-02-opal-10/" TargetMode="External" Id="rId1191"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1192"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:G1195"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="8" customWidth="1" min="1" max="1"/>
     <col width="30" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
     <col width="40" customWidth="1" min="4" max="4"/>
     <col width="10" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
     <col width="20" customWidth="1" min="7" max="7"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-19 02:51</t>
+          <t>2026-02-21 15:35</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Показаны только результаты, подходящие под установленные во время скачивания фильтры. Для скачивания прайс-листа на все товары категории - щёлкните на этот текст.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>ПРОМЫШЛЕННЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="5" t="inlineStr">
         <is>
@@ -3616,95 +3616,95 @@
       </c>
       <c r="D100" s="8" t="inlineStr">
         <is>
           <t>30 Вт, 4568 лм, Л, 4000 К, IP65</t>
         </is>
       </c>
       <c r="E100" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F100" s="9" t="inlineStr">
         <is>
           <t>9 027,00 ₽</t>
         </is>
       </c>
       <c r="G100" s="9" t="inlineStr">
         <is>
           <t>8 576,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="6" t="inlineStr">
         <is>
-          <t>113799</t>
+          <t>113798</t>
         </is>
       </c>
       <c r="B101" s="6" t="inlineStr"/>
       <c r="C101" s="7" t="inlineStr">
         <is>
           <t>Промышленный светильник Свет НН ССдП 01 Бриз 30, КСС Л 145°, 5000 К</t>
         </is>
       </c>
       <c r="D101" s="8" t="inlineStr">
         <is>
-          <t>30 Вт, 4568 лм, Л, 6000 К, IP65</t>
+          <t>30 Вт, 4568 лм, Л, 5000 К, IP65</t>
         </is>
       </c>
       <c r="E101" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F101" s="9" t="inlineStr">
         <is>
           <t>6 652,00 ₽</t>
         </is>
       </c>
       <c r="G101" s="9" t="inlineStr">
         <is>
           <t>6 320,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="6" t="inlineStr">
         <is>
-          <t>113798</t>
+          <t>113799</t>
         </is>
       </c>
       <c r="B102" s="6" t="inlineStr"/>
       <c r="C102" s="7" t="inlineStr">
         <is>
           <t>Промышленный светильник Свет НН ССдП 01 Бриз 30, КСС Л 145°, 5000 К</t>
         </is>
       </c>
       <c r="D102" s="8" t="inlineStr">
         <is>
-          <t>30 Вт, 4568 лм, Л, 5000 К, IP65</t>
+          <t>30 Вт, 4568 лм, Л, 6000 К, IP65</t>
         </is>
       </c>
       <c r="E102" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F102" s="9" t="inlineStr">
         <is>
           <t>6 652,00 ₽</t>
         </is>
       </c>
       <c r="G102" s="9" t="inlineStr">
         <is>
           <t>6 320,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="6" t="inlineStr">
         <is>
           <t>115533</t>
         </is>
       </c>
       <c r="B103" s="6" t="inlineStr"/>
@@ -16855,95 +16855,95 @@
       </c>
       <c r="D499" s="8" t="inlineStr">
         <is>
           <t>160 Вт, 24360 лм, Л, 4000 К, IP65</t>
         </is>
       </c>
       <c r="E499" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F499" s="9" t="inlineStr">
         <is>
           <t>31 397,00 ₽</t>
         </is>
       </c>
       <c r="G499" s="9" t="inlineStr">
         <is>
           <t>30 778,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="6" t="inlineStr">
         <is>
-          <t>111227</t>
+          <t>111228</t>
         </is>
       </c>
       <c r="B500" s="6" t="inlineStr"/>
       <c r="C500" s="7" t="inlineStr">
         <is>
           <t>Промышленный светильник Свет НН ССдП 01 Флагман 160, КСС Л 145°, 5000 К</t>
         </is>
       </c>
       <c r="D500" s="8" t="inlineStr">
         <is>
-          <t>160 Вт, 24360 лм, Л, 5000 К, IP65</t>
+          <t>160 Вт, 24360 лм, Л, 6000 К, IP65</t>
         </is>
       </c>
       <c r="E500" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F500" s="9" t="inlineStr">
         <is>
           <t>24 397,00 ₽</t>
         </is>
       </c>
       <c r="G500" s="9" t="inlineStr">
         <is>
           <t>23 178,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="6" t="inlineStr">
         <is>
-          <t>111228</t>
+          <t>111227</t>
         </is>
       </c>
       <c r="B501" s="6" t="inlineStr"/>
       <c r="C501" s="7" t="inlineStr">
         <is>
           <t>Промышленный светильник Свет НН ССдП 01 Флагман 160, КСС Л 145°, 5000 К</t>
         </is>
       </c>
       <c r="D501" s="8" t="inlineStr">
         <is>
-          <t>160 Вт, 24360 лм, Л, 6000 К, IP65</t>
+          <t>160 Вт, 24360 лм, Л, 5000 К, IP65</t>
         </is>
       </c>
       <c r="E501" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F501" s="9" t="inlineStr">
         <is>
           <t>24 397,00 ₽</t>
         </is>
       </c>
       <c r="G501" s="9" t="inlineStr">
         <is>
           <t>23 178,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="6" t="inlineStr">
         <is>
           <t>115365</t>
         </is>
       </c>
       <c r="B502" s="6" t="inlineStr"/>
@@ -24795,95 +24795,95 @@
       </c>
       <c r="D739" s="8" t="inlineStr">
         <is>
           <t>300 Вт, 45675 лм, Л, 4000 К, IP65</t>
         </is>
       </c>
       <c r="E739" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F739" s="9" t="inlineStr">
         <is>
           <t>60 999,00 ₽</t>
         </is>
       </c>
       <c r="G739" s="9" t="inlineStr">
         <is>
           <t>57 950,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="6" t="inlineStr">
         <is>
-          <t>111287</t>
+          <t>111288</t>
         </is>
       </c>
       <c r="B740" s="6" t="inlineStr"/>
       <c r="C740" s="7" t="inlineStr">
         <is>
           <t>Промышленный светильник Свет НН ССдП 01 Флагман 300, КСС Л 145°, 5000 К</t>
         </is>
       </c>
       <c r="D740" s="8" t="inlineStr">
         <is>
-          <t>300 Вт, 45675 лм, Л, 5000 К, IP65</t>
+          <t>300 Вт, 45675 лм, Л, 6000 К, IP65</t>
         </is>
       </c>
       <c r="E740" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F740" s="9" t="inlineStr">
         <is>
           <t>46 749,00 ₽</t>
         </is>
       </c>
       <c r="G740" s="9" t="inlineStr">
         <is>
           <t>44 412,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="6" t="inlineStr">
         <is>
-          <t>111288</t>
+          <t>111287</t>
         </is>
       </c>
       <c r="B741" s="6" t="inlineStr"/>
       <c r="C741" s="7" t="inlineStr">
         <is>
           <t>Промышленный светильник Свет НН ССдП 01 Флагман 300, КСС Л 145°, 5000 К</t>
         </is>
       </c>
       <c r="D741" s="8" t="inlineStr">
         <is>
-          <t>300 Вт, 45675 лм, Л, 6000 К, IP65</t>
+          <t>300 Вт, 45675 лм, Л, 5000 К, IP65</t>
         </is>
       </c>
       <c r="E741" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F741" s="9" t="inlineStr">
         <is>
           <t>46 749,00 ₽</t>
         </is>
       </c>
       <c r="G741" s="9" t="inlineStr">
         <is>
           <t>44 412,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="6" t="inlineStr">
         <is>
           <t>115461</t>
         </is>
       </c>
       <c r="B742" s="6" t="inlineStr"/>
@@ -27971,95 +27971,95 @@
       </c>
       <c r="D835" s="8" t="inlineStr">
         <is>
           <t>400 Вт, 60900 лм, Л, 4000 К, IP65</t>
         </is>
       </c>
       <c r="E835" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F835" s="9" t="inlineStr">
         <is>
           <t>69 939,00 ₽</t>
         </is>
       </c>
       <c r="G835" s="9" t="inlineStr">
         <is>
           <t>66 443,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="6" t="inlineStr">
         <is>
-          <t>113778</t>
+          <t>113779</t>
         </is>
       </c>
       <c r="B836" s="6" t="inlineStr"/>
       <c r="C836" s="7" t="inlineStr">
         <is>
           <t>Промышленный светильник Свет НН ССдП 01 Флагман 400, КСС Л 145°, 5000 К</t>
         </is>
       </c>
       <c r="D836" s="8" t="inlineStr">
         <is>
-          <t>400 Вт, 60900 лм, Л, 5000 К, IP65</t>
+          <t>400 Вт, 60900 лм, Л, 6000 К, IP65</t>
         </is>
       </c>
       <c r="E836" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F836" s="9" t="inlineStr">
         <is>
           <t>60 439,00 ₽</t>
         </is>
       </c>
       <c r="G836" s="9" t="inlineStr">
         <is>
           <t>57 418,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="6" t="inlineStr">
         <is>
-          <t>113779</t>
+          <t>113778</t>
         </is>
       </c>
       <c r="B837" s="6" t="inlineStr"/>
       <c r="C837" s="7" t="inlineStr">
         <is>
           <t>Промышленный светильник Свет НН ССдП 01 Флагман 400, КСС Л 145°, 5000 К</t>
         </is>
       </c>
       <c r="D837" s="8" t="inlineStr">
         <is>
-          <t>400 Вт, 60900 лм, Л, 6000 К, IP65</t>
+          <t>400 Вт, 60900 лм, Л, 5000 К, IP65</t>
         </is>
       </c>
       <c r="E837" s="6" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F837" s="9" t="inlineStr">
         <is>
           <t>60 439,00 ₽</t>
         </is>
       </c>
       <c r="G837" s="9" t="inlineStr">
         <is>
           <t>57 418,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="6" t="inlineStr">
         <is>
           <t>115485</t>
         </is>
       </c>
       <c r="B838" s="6" t="inlineStr"/>