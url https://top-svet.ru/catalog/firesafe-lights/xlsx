--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-19 08:56</t>
+          <t>2025-12-03 17:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>ПОЖАРОБЕЗОПАСНЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>