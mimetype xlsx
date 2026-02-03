--- v1 (2025-12-03)
+++ v2 (2026-02-03)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-12-03 17:56</t>
+          <t>2026-02-03 04:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>ПОЖАРОБЕЗОПАСНЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>