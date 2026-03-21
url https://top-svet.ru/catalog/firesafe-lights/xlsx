--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2026-02-03 04:56</t>
+          <t>2026-03-21 04:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>ПОЖАРОБЕЗОПАСНЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>