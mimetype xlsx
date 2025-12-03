--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-19 08:56</t>
+          <t>2025-12-03 17:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>ВЗРЫВОЗАЩИЩЁННЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>