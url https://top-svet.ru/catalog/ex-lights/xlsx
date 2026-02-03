--- v1 (2025-12-03)
+++ v2 (2026-02-03)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2025-12-03 17:56</t>
+          <t>2026-02-03 04:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>ВЗРЫВОЗАЩИЩЁННЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>
@@ -12428,1070 +12428,1070 @@
     </row>
     <row r="357">
       <c r="A357" s="5" t="inlineStr">
         <is>
           <t>100294</t>
         </is>
       </c>
       <c r="B357" s="5" t="inlineStr"/>
       <c r="C357" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник для АЗС Фокус УСС 42 АЗС 2Ex</t>
         </is>
       </c>
       <c r="D357" s="7" t="inlineStr">
         <is>
           <t>40 Вт, 4900 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E357" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F357" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G357" s="8" t="inlineStr">
+        <is>
           <t>18 234,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>17 323,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="5" t="inlineStr">
         <is>
           <t>100295</t>
         </is>
       </c>
       <c r="B358" s="5" t="inlineStr"/>
       <c r="C358" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник для АЗС Фокус УСС 84 АЗС 2Ex</t>
         </is>
       </c>
       <c r="D358" s="7" t="inlineStr">
         <is>
           <t>80 Вт, 9800 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E358" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F358" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G358" s="8" t="inlineStr">
+        <is>
           <t>23 923,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>22 727,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="5" t="inlineStr">
         <is>
           <t>100421</t>
         </is>
       </c>
       <c r="B359" s="5" t="inlineStr"/>
       <c r="C359" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус ПСС 30 Колобок 1Ex, с креплением на трубу</t>
         </is>
       </c>
       <c r="D359" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 2600 лм, Д, 4000 К, IP65, 1Ex mb IIC T6 Gb X / Ex tb III</t>
         </is>
       </c>
       <c r="E359" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F359" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G359" s="8" t="inlineStr">
+        <is>
           <t>31 915,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>30 320,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="5" t="inlineStr">
         <is>
           <t>100420</t>
         </is>
       </c>
       <c r="B360" s="5" t="inlineStr"/>
       <c r="C360" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус ПСС 30 Колобок 1Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D360" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 2600 лм, Д, 4000 К, IP65, 1Ex mb IIC T6 Gb X / Ex tb III</t>
         </is>
       </c>
       <c r="E360" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F360" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G360" s="8" t="inlineStr">
+        <is>
           <t>31 915,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>30 320,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="5" t="inlineStr">
         <is>
           <t>100422</t>
         </is>
       </c>
       <c r="B361" s="5" t="inlineStr"/>
       <c r="C361" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус ПСС 30 Колобок 1Ex, с креплением скобой и проходной коробкой</t>
         </is>
       </c>
       <c r="D361" s="7" t="inlineStr">
         <is>
           <t>30 Вт, 2600 лм, Д, 4000 К, IP65, 1Ex mb IIC T6 Gb X / Ex tb III</t>
         </is>
       </c>
       <c r="E361" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F361" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G361" s="8" t="inlineStr">
+        <is>
           <t>33 124,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>31 467,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="5" t="inlineStr">
         <is>
           <t>100630</t>
         </is>
       </c>
       <c r="B362" s="5" t="inlineStr"/>
       <c r="C362" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус ПСС 50 Колобок 1Ex, с креплением на трубу</t>
         </is>
       </c>
       <c r="D362" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 5250 лм, Д, 4000 К, IP65, 1Ex mb IIC T6 Gb X / Ex tb III</t>
         </is>
       </c>
       <c r="E362" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F362" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G362" s="8" t="inlineStr">
+        <is>
           <t>38 258,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>36 345,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="5" t="inlineStr">
         <is>
           <t>100629</t>
         </is>
       </c>
       <c r="B363" s="5" t="inlineStr"/>
       <c r="C363" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус ПСС 50 Колобок 1Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D363" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 5250 лм, Д, 4000 К, IP65, 1Ex mb IIC T6 Gb X / Ex tb III</t>
         </is>
       </c>
       <c r="E363" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F363" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G363" s="8" t="inlineStr">
+        <is>
           <t>38 258,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>36 345,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="5" t="inlineStr">
         <is>
           <t>100631</t>
         </is>
       </c>
       <c r="B364" s="5" t="inlineStr"/>
       <c r="C364" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус ПСС 50 Колобок 1Ex, с креплением скобой и проходной коробкой</t>
         </is>
       </c>
       <c r="D364" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 5250 лм, Д, 4000 К, IP65, 1Ex mb IIC T6 Gb X / Ex tb III</t>
         </is>
       </c>
       <c r="E364" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F364" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G364" s="8" t="inlineStr">
+        <is>
           <t>39 668,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>37 684,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="5" t="inlineStr">
         <is>
           <t>100633</t>
         </is>
       </c>
       <c r="B365" s="5" t="inlineStr"/>
       <c r="C365" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус ПСС 70 Колобок 1Ex, с креплением на трубу</t>
         </is>
       </c>
       <c r="D365" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 7350 лм, Д, 4000 К, IP65, 1Ex mb IIC T6 Gb X / Ex tb III</t>
         </is>
       </c>
       <c r="E365" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F365" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G365" s="8" t="inlineStr">
+        <is>
           <t>42 081,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>39 977,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="5" t="inlineStr">
         <is>
           <t>100632</t>
         </is>
       </c>
       <c r="B366" s="5" t="inlineStr"/>
       <c r="C366" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус ПСС 70 Колобок 1Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D366" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 7350 лм, Д, 4000 К, IP65, 1Ex mb IIC T6 Gb X / Ex tb III</t>
         </is>
       </c>
       <c r="E366" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F366" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G366" s="8" t="inlineStr">
+        <is>
           <t>42 081,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>39 977,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="5" t="inlineStr">
         <is>
           <t>100634</t>
         </is>
       </c>
       <c r="B367" s="5" t="inlineStr"/>
       <c r="C367" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус ПСС 70 Колобок 1Ex, с креплением скобой и проходной коробкой</t>
         </is>
       </c>
       <c r="D367" s="7" t="inlineStr">
         <is>
           <t>70 Вт, 7350 лм, Д, 4000 К, IP65, 1Ex mb IIC T6 Gb X / Ex tb III</t>
         </is>
       </c>
       <c r="E367" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F367" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G367" s="8" t="inlineStr">
+        <is>
           <t>43 344,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>41 177,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="5" t="inlineStr">
         <is>
           <t>100676</t>
         </is>
       </c>
       <c r="B368" s="5" t="inlineStr">
         <is>
           <t>УСС-100 2ExnRІІT6X</t>
         </is>
       </c>
       <c r="C368" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС-100 2ExnRІІT6X, 5000K</t>
         </is>
       </c>
       <c r="D368" s="7" t="inlineStr">
         <is>
           <t>100 Вт, 13700 лм, Д, 5000 К, IP67, 2Ex nR IIС T6 Gc X/Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E368" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F368" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G368" s="8" t="inlineStr">
+        <is>
           <t>27 968,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>26 570,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="5" t="inlineStr">
         <is>
           <t>100677</t>
         </is>
       </c>
       <c r="B369" s="5" t="inlineStr">
         <is>
           <t>УСС-110 2ExnRІІT6X</t>
         </is>
       </c>
       <c r="C369" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС-110 2ExnRІІT6X, 5000K</t>
         </is>
       </c>
       <c r="D369" s="7" t="inlineStr">
         <is>
           <t>110 Вт, 15800 лм, Д, 5000 К, IP67, 2Ex nR IIС T6 Gc X/Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E369" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F369" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G369" s="8" t="inlineStr">
+        <is>
           <t>29 257,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>27 795,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="5" t="inlineStr">
         <is>
           <t>100678</t>
         </is>
       </c>
       <c r="B370" s="5" t="inlineStr">
         <is>
           <t>УСС-120 2ExnRІІT6X</t>
         </is>
       </c>
       <c r="C370" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС-120 2ExnRІІT6X, 5000K</t>
         </is>
       </c>
       <c r="D370" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 16800 лм, Д, 5000 К, IP67, 2Ex nR IIС T6 Gc X/Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E370" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F370" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G370" s="8" t="inlineStr">
+        <is>
           <t>30 164,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>28 656,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="5" t="inlineStr">
         <is>
           <t>100288</t>
         </is>
       </c>
       <c r="B371" s="5" t="inlineStr">
         <is>
           <t>УСС-120 2ExnRІІT6X</t>
         </is>
       </c>
       <c r="C371" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС 120 Магистраль 2Ex, с консольным креплением</t>
         </is>
       </c>
       <c r="D371" s="7" t="inlineStr">
         <is>
           <t>120 Вт, 10800 лм, Ш, 5000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E371" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F371" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G371" s="8" t="inlineStr">
+        <is>
           <t>30 164,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>28 655,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="5" t="inlineStr">
         <is>
           <t>100237</t>
         </is>
       </c>
       <c r="B372" s="5" t="inlineStr"/>
       <c r="C372" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС 12 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D372" s="7" t="inlineStr">
         <is>
           <t>13 Вт, 1600 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E372" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F372" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G372" s="8" t="inlineStr">
+        <is>
           <t>8 887,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>8 443,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="5" t="inlineStr">
         <is>
           <t>100269</t>
         </is>
       </c>
       <c r="B373" s="5" t="inlineStr"/>
       <c r="C373" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС 130 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D373" s="7" t="inlineStr">
         <is>
           <t>130 Вт, 14000 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E373" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F373" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G373" s="8" t="inlineStr">
+        <is>
           <t>31 281,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>29 717,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="5" t="inlineStr">
         <is>
           <t>100273</t>
         </is>
       </c>
       <c r="B374" s="5" t="inlineStr"/>
       <c r="C374" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС 150 2Ex, с консольным креплением</t>
         </is>
       </c>
       <c r="D374" s="7" t="inlineStr">
         <is>
           <t>150 Вт, 19600 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E374" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F374" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G374" s="8" t="inlineStr">
+        <is>
           <t>43 123,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>40 966,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="5" t="inlineStr">
         <is>
           <t>100241</t>
         </is>
       </c>
       <c r="B375" s="5" t="inlineStr"/>
       <c r="C375" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС 18 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D375" s="7" t="inlineStr">
         <is>
           <t>22 Вт, 2600 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E375" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F375" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G375" s="8" t="inlineStr">
+        <is>
           <t>10 957,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>10 409,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="5" t="inlineStr">
         <is>
           <t>100245</t>
         </is>
       </c>
       <c r="B376" s="5" t="inlineStr"/>
       <c r="C376" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС 24 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D376" s="7" t="inlineStr">
         <is>
           <t>28 Вт, 3300 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E376" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F376" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G376" s="8" t="inlineStr">
+        <is>
           <t>11 841,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>11 249,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="5" t="inlineStr">
         <is>
           <t>100279</t>
         </is>
       </c>
       <c r="B377" s="5" t="inlineStr"/>
       <c r="C377" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС 24 Магистраль 2Ex, с консольным креплением</t>
         </is>
       </c>
       <c r="D377" s="7" t="inlineStr">
         <is>
           <t>25 Вт, 2160 лм, Ш, 5000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E377" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F377" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G377" s="8" t="inlineStr">
+        <is>
           <t>11 468,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>10 894,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="5" t="inlineStr">
         <is>
           <t>100276</t>
         </is>
       </c>
       <c r="B378" s="5" t="inlineStr"/>
       <c r="C378" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС 260 2Ex, с консольным креплением</t>
         </is>
       </c>
       <c r="D378" s="7" t="inlineStr">
         <is>
           <t>240 Вт, 28000 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E378" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F378" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G378" s="8" t="inlineStr">
+        <is>
           <t>53 926,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>51 230,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="5" t="inlineStr">
         <is>
           <t>100249</t>
         </is>
       </c>
       <c r="B379" s="5" t="inlineStr"/>
       <c r="C379" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС 32 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D379" s="7" t="inlineStr">
         <is>
           <t>32 Вт, 3500 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E379" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F379" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G379" s="8" t="inlineStr">
+        <is>
           <t>12 371,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>11 753,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="5" t="inlineStr">
         <is>
           <t>100253</t>
         </is>
       </c>
       <c r="B380" s="5" t="inlineStr"/>
       <c r="C380" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС 36 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D380" s="7" t="inlineStr">
         <is>
           <t>38 Вт, 5000 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E380" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F380" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G380" s="8" t="inlineStr">
+        <is>
           <t>17 143,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>16 286,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="5" t="inlineStr">
         <is>
           <t>100693</t>
         </is>
       </c>
       <c r="B381" s="5" t="inlineStr">
         <is>
           <t>УСС-40 Магистраль Ш1-2 2ExnRІІT6X</t>
         </is>
       </c>
       <c r="C381" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС-40 Магистраль Ш1-2 2ExnRІІT6X, 5000K</t>
         </is>
       </c>
       <c r="D381" s="7" t="inlineStr">
         <is>
           <t>45 Вт, 5500 лм, Ш, 5000 К, IP67, 2Ex nR IIС T6 Gc X/Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E381" s="5" t="inlineStr">
         <is>
           <t>8 лет</t>
         </is>
       </c>
       <c r="F381" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G381" s="8" t="inlineStr">
+        <is>
           <t>14 996,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>14 247,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="5" t="inlineStr">
         <is>
           <t>100257</t>
         </is>
       </c>
       <c r="B382" s="5" t="inlineStr"/>
       <c r="C382" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС 48 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D382" s="7" t="inlineStr">
         <is>
           <t>50 Вт, 6000 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E382" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F382" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G382" s="8" t="inlineStr">
+        <is>
           <t>19 087,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 133,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="5" t="inlineStr">
         <is>
           <t>100261</t>
         </is>
       </c>
       <c r="B383" s="5" t="inlineStr"/>
       <c r="C383" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС 65 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D383" s="7" t="inlineStr">
         <is>
           <t>65 Вт, 7000 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E383" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F383" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G383" s="8" t="inlineStr">
+        <is>
           <t>19 953,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>18 955,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="5" t="inlineStr">
         <is>
           <t>100265</t>
         </is>
       </c>
       <c r="B384" s="5" t="inlineStr"/>
       <c r="C384" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС 70 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D384" s="7" t="inlineStr">
         <is>
           <t>75 Вт, 9800 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E384" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F384" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G384" s="8" t="inlineStr">
+        <is>
           <t>25 626,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>24 345,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="5" t="inlineStr">
         <is>
           <t>100675</t>
         </is>
       </c>
       <c r="B385" s="5" t="inlineStr">
         <is>
           <t>УСС-90 2ExnRІІT6X</t>
         </is>
       </c>
       <c r="C385" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС-90 2ExnRІІT6X, 5000</t>
         </is>
       </c>
       <c r="D385" s="7" t="inlineStr">
         <is>
           <t>90 Вт, 12800 лм, Д, 5000 К, IP67, 2Ex nR IIС T6 Gc X/Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E385" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>
       <c r="F385" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G385" s="8" t="inlineStr">
+        <is>
           <t>26 905,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>25 560,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="5" t="inlineStr">
         <is>
           <t>100285</t>
         </is>
       </c>
       <c r="B386" s="5" t="inlineStr"/>
       <c r="C386" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС 90 Магистраль 2Ex, с консольным креплением</t>
         </is>
       </c>
       <c r="D386" s="7" t="inlineStr">
         <is>
           <t>90 Вт, 8100 лм, Ш, 5000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E386" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F386" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G386" s="8" t="inlineStr">
+        <is>
           <t>23 196,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>22 036,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="5" t="inlineStr">
         <is>
           <t>100233</t>
         </is>
       </c>
       <c r="B387" s="5" t="inlineStr"/>
       <c r="C387" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Фокус УСС 9 2Ex, с креплением скобой</t>
         </is>
       </c>
       <c r="D387" s="7" t="inlineStr">
         <is>
           <t>11 Вт, 1300 лм, Д, 4000 К, IP67, 2Ex nR IIС T6 Gc X / Ex tb IIIC T80°C Db X</t>
         </is>
       </c>
       <c r="E387" s="5" t="inlineStr">
         <is>
           <t>3 года</t>
         </is>
       </c>
       <c r="F387" s="8" t="inlineStr">
         <is>
+          <t>по запросу</t>
+        </is>
+      </c>
+      <c r="G387" s="8" t="inlineStr">
+        <is>
           <t>8 485,00 ₽</t>
-        </is>
-[...3 lines deleted...]
-          <t>8 061,00 ₽</t>
         </is>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="5" t="inlineStr">
         <is>
           <t>102072</t>
         </is>
       </c>
       <c r="B388" s="5" t="inlineStr"/>
       <c r="C388" s="6" t="inlineStr">
         <is>
           <t>Взрывозащищенный светильник Ферекс EX-FBL 07-35-50, КСС Д, 120° (07-35-50-Д120)</t>
         </is>
       </c>
       <c r="D388" s="7" t="inlineStr">
         <is>
           <t>35 Вт, 4952 лм, Д, 5000 К, IP65, 1Ех е mb II T4 Gb X/Ex tb mb IIIС T90 ˚C Db X</t>
         </is>
       </c>
       <c r="E388" s="5" t="inlineStr">
         <is>
           <t>5 лет</t>
         </is>
       </c>