--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -462,51 +462,51 @@
   <sheetData>
     <row r="1">
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>+74957888385</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>https://top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>info@top-svet.ru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2026-02-03 04:56</t>
+          <t>2026-03-21 04:56</t>
         </is>
       </c>
     </row>
     <row r="5"/>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>ВЗРЫВОЗАЩИЩЁННЫЕ СВЕТИЛЬНИКИ</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Артикул</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Код производителя</t>
         </is>
       </c>
       <c r="C7" s="4" t="inlineStr">
         <is>
           <t>Название</t>